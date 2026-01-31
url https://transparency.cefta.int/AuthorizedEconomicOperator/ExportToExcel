--- v0 (2026-01-08)
+++ v1 (2026-01-31)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R974f3e22048545c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8bd6b584a38e4708b16b15500c62195c.psmdcp" Id="Rc83adf84731248d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7c47b5a884d4529" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/30cffb45b9494a5dabb40c3d8d85c899.psmdcp" Id="Rc131ee92eefd408e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet 1" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>ID</x:t>
   </x:si>
   <x:si>
     <x:t>Economy</x:t>
   </x:si>
   <x:si>