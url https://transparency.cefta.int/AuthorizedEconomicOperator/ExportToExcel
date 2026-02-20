--- v1 (2026-01-31)
+++ v2 (2026-02-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7c47b5a884d4529" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/30cffb45b9494a5dabb40c3d8d85c899.psmdcp" Id="Rc131ee92eefd408e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b030c796ed44ff6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/35dab0fa55334473974a004ac6ef090e.psmdcp" Id="Ra6b51d9530f948f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet 1" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>ID</x:t>
   </x:si>
   <x:si>
     <x:t>Economy</x:t>
   </x:si>
   <x:si>