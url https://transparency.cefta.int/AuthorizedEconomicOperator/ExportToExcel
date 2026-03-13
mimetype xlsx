--- v2 (2026-02-20)
+++ v3 (2026-03-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b030c796ed44ff6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/35dab0fa55334473974a004ac6ef090e.psmdcp" Id="Ra6b51d9530f948f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R711a0f531d964ea5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5d2d0c8a4d4a456ab3929e3aeedd5eb5.psmdcp" Id="Rb27a028d9dd84450" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet 1" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>ID</x:t>
   </x:si>
   <x:si>
     <x:t>Economy</x:t>
   </x:si>
   <x:si>