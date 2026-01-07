--- v0 (2025-12-15)
+++ v1 (2026-01-07)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b253f9021134eb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/610b91d98b20451c9969bf755026aa28.psmdcp" Id="R516b92fcd487464d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74298b1d03de4be1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c5933910cac04882a7c95e57c11e69a8.psmdcp" Id="Rc51b7a289fae40c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet 1" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>ID</x:t>
   </x:si>
   <x:si>
     <x:t>Economy</x:t>
   </x:si>
   <x:si>
@@ -46,170 +46,324 @@
   <x:si>
     <x:t>Brand</x:t>
   </x:si>
   <x:si>
     <x:t>Bar code</x:t>
   </x:si>
   <x:si>
     <x:t>Product type</x:t>
   </x:si>
   <x:si>
     <x:t>Product origin</x:t>
   </x:si>
   <x:si>
     <x:t>Risk type category</x:t>
   </x:si>
   <x:si>
     <x:t>Risk type subcategory</x:t>
   </x:si>
   <x:si>
     <x:t>Risk description</x:t>
   </x:si>
   <x:si>
     <x:t>Montenegro</x:t>
   </x:si>
   <x:si>
+    <x:t>Clothing, textiles and fashion items</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kišna kananica za djecu robne marke “EVA”</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EVA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Choking</x:t>
+  </x:si>
+  <x:si>
+    <x:t/>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Izvršena je procjena rizika - Navedeni odjevni predmeti u normalnim ili razumno predvidljivim uslovima upotrebe moraju biti sigurni, odnosno ne smiju predstavljati nikakav rizik spojiv sa upotrebom proizvoda. Djeca kao posebno osjetljiva kategorija potrošača u svojoj igri moraju biti sigurna. Dječja odjeća sa vrpcama i vezicama predstavlja opasnost koja može da se završi smrtnim ishodom. Naime, vezice sa slobodnim krajevima predstavljaju rizik, jer ih dijete može zategnuti sebi oko vrat    
+        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kupaći kostim za djevojčice, bikini, robne marke "Z.Five", N203</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Z.Five</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Izvršena je procjena rizika - Navedeni odjevni predmeti u normalnim ili razumno predvidljivim uslovima upotrebe moraju biti sigurni, odnosno ne smiju predstavljati nikakav rizik spojiv sa upotrebom proizvoda. Djeca kao posebno osjetljiva kategorija potrošača u svojoj igri moraju biti sigurna. Dječja odjeća sa vrpcama i vezicama predstavlja opasnost koja može da se završi smrtnim ishodom. Naime, vezice sa slobodnim krajevima predstavljaju rizik, jer ih dijete može zategnuti sebi oko vrata 
+        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kupaći kostim za djevojčice, bikini, robne marke "Z.Five" 2</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> Izvršena je procjena rizika - Navedeni odjevni predmeti u normalnim ili razumno predvidljivim uslovima upotrebe moraju biti sigurni, odnosno ne smiju predstavljati nikakav rizik spojiv sa upotrebom proizvoda. Djeca kao posebno osjetljiva kategorija potrošača u svojoj igri moraju biti sigurna. Dječja odjeća sa vrpcama i vezicama predstavlja opasnost koja može da se završi smrtnim ishodom. Naime, vezice sa slobodnim krajevima predstavljaju rizik, jer ih dijete može zategnuti sebi oko vrat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Albania</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kitchen/cooking accessories</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Glass mugs</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sinsay</x:t>
+  </x:si>
+  <x:si>
+    <x:t>578ES-MLC-ONE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Health risk / other</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chemical, Health risk / other</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Risk decision-Potentially serious       
+        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Childcare articles and children's equipment</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Silicone plate dalmatian dots</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Elodie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7333222020901</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BR78611</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chemical</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Risk decision: Potential risk
+        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bosnia and Herzegovina</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dječija kolica u 4 boje AD23-0175</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nepoznat.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6432000189564</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AD23-0175</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Injuries</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dječija kolica predstavljaju rizik od ozljede jer sustav za vezivanje ne posjeduje međunožnu vezu.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dječija kolica kišobran Grey Basic Kathie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3852441710508</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Br.modela: 6097014; Šifra artikla: LC 1726</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Laser pointers</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Ласерска играчка пиштољ Airsoft gun 007A </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Airsoft gun 007A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Damage to sight; Injuries</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Damage to sight, Injuries</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ласерски производ представља ризик од повреде ока и оштећења вида јер је измјерена средња снага ласерског снопа већа од дозвољене.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kupaći kostim za djevojčice, bikini, robne marke "Z.Five”</x:t>
+  </x:si>
+  <x:si>
+    <x:t>.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Electrical appliances and equipment</x:t>
   </x:si>
   <x:si>
+    <x:t>Produžni kabal Power Socket</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Power Socket</x:t>
+  </x:si>
+  <x:si>
+    <x:t>petostruka utičnica</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Electric shock</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Burns, Electric shock, Fire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nedostatak zatvarača/zaštitnih poklopaca na utičnicama može izazvati opasnost jer proizvodi ne pružaju zaštitu od kontakta sa naponom, pa po procjeni rizika inspektora ovako konstruisani proizvodi mogu dovesti do strujnog udara, što je naročito opasno za malu djecu, koja istražujući prostor oko sebe mogu da dođu u kontakt sa ovakvom vrstom proizvoda, što može dovesti do strujnog udara, kao i smrti.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Produžni kabal KOTA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KOTA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8961245140659</x:t>
+  </x:si>
+  <x:si>
+    <x:t>trostruka utičnica</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Produžni kabal EkoPriz</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EkoPriz</x:t>
+  </x:si>
+  <x:si>
+    <x:t>/</x:t>
+  </x:si>
+  <x:si>
     <x:t>Podsklop za produžni kabl</x:t>
   </x:si>
   <x:si>
     <x:t>Elmark USA</x:t>
   </x:si>
   <x:si>
     <x:t>3800131225818</x:t>
   </x:si>
   <x:si>
     <x:t>192129/WH PS-13</x:t>
   </x:si>
   <x:si>
     <x:t>Bulgaria</x:t>
   </x:si>
   <x:si>
-    <x:t>Electric shock</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Extension cord set</x:t>
   </x:si>
   <x:si>
     <x:t>unknown</x:t>
   </x:si>
   <x:si>
     <x:t>3G 3x0.7 m</x:t>
   </x:si>
   <x:si>
-    <x:t>China</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Electric shock, Fire</x:t>
   </x:si>
   <x:si>
     <x:t>The extension cord is a risk of electric shock and fire.</x:t>
   </x:si>
   <x:si>
     <x:t>Lighting chains</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Svijetleći niz LED MultiFunction</x:t>
   </x:si>
   <x:si>
     <x:t>MultiFunction</x:t>
   </x:si>
   <x:si>
-    <x:t>-</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Fire</x:t>
   </x:si>
   <x:si>
     <x:t>Visok prelazni otpor između kontakata, uzrokuje visoku temperaturu, što može izazvati požar.</x:t>
   </x:si>
   <x:si>
     <x:t>Svijetleći lanac Sneško</x:t>
   </x:si>
   <x:si>
     <x:t>nepoznat</x:t>
   </x:si>
   <x:si>
-    <x:t>/</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Požar</x:t>
   </x:si>
   <x:si>
     <x:t>Protective equipment</x:t>
   </x:si>
   <x:si>
     <x:t>Mišići za plivanje Intex Dinosaur 56664EU</x:t>
   </x:si>
   <x:si>
     <x:t>Intex</x:t>
   </x:si>
   <x:si>
     <x:t>6941057420264</x:t>
   </x:si>
   <x:si>
     <x:t>Dinosaur 56664EU</x:t>
   </x:si>
   <x:si>
     <x:t>Drowning</x:t>
   </x:si>
   <x:si>
     <x:t>Drowning, Injuries</x:t>
   </x:si>
   <x:si>
     <x:t>The armbands have a protruding part in the shape of a dinosaur. A child wearing the armbands while swimming could drown if the protruding part gets stuck and causes the child to become trapped or immobilised.</x:t>
   </x:si>
   <x:si>
     <x:t>Blenders</x:t>
   </x:si>
   <x:si>
     <x:t>Food blender Vox, type TM-6008</x:t>
   </x:si>
   <x:si>
     <x:t>Vox</x:t>
   </x:si>
   <x:si>
     <x:t>TM-6008</x:t>
   </x:si>
   <x:si>
-    <x:t>Injuries</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Serious risk of injuries</x:t>
   </x:si>
   <x:si>
     <x:t>Serbia</x:t>
   </x:si>
   <x:si>
     <x:t>Motor vehicles</x:t>
   </x:si>
   <x:si>
     <x:t>passenger car</x:t>
   </x:si>
   <x:si>
     <x:t>Toyota</x:t>
   </x:si>
   <x:si>
     <x:t>Proace, Proace Verso</x:t>
   </x:si>
   <x:si>
     <x:t>France</x:t>
   </x:si>
   <x:si>
     <x:t>Environment</x:t>
   </x:si>
   <x:si>
     <x:t>On affected vehicles, there is a bug in certain software calibrations of the engine control unit (ECU), which results in an incorrect IUPR value when reading data from the vehicle. As a result, the vehicle could exceed emission limits before the driver is warned.</x:t>
@@ -247,65 +401,59 @@
   <x:si>
     <x:t>1, 2, 3, 4, 5, 6, 7, X3, X4, X5, X6, X7, Z4, 3Li Limousine</x:t>
   </x:si>
   <x:si>
     <x:t>Due to moisture penetrating the starter relay, it may cause a difficult flow of electricity and overheating of the component, which may prevent the engine from starting, and in extreme cases it may overheat to a level that can cause a flame to appear.</x:t>
   </x:si>
   <x:si>
     <x:t>A6, A7, Q5 Type F2</x:t>
   </x:si>
   <x:si>
     <x:t>Due to a software error, individual battery cells may overheat when charging, which could lead to a fire.</x:t>
   </x:si>
   <x:si>
     <x:t>Hyundai</x:t>
   </x:si>
   <x:si>
     <x:t>I20, Bayon</x:t>
   </x:si>
   <x:si>
     <x:t>Turks and Caicos Islands (the)</x:t>
   </x:si>
   <x:si>
     <x:t>There is a possibility of the fuel pump becoming less efficient or failing, which increases the risk of injury if the vehicle comes to a sudden stop.</x:t>
   </x:si>
   <x:si>
-    <x:t>Childcare articles and children's equipment</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>porcelain plate</x:t>
   </x:si>
   <x:si>
     <x:t>Pepco</x:t>
   </x:si>
   <x:si>
     <x:t>PLU 620736</x:t>
   </x:si>
   <x:si>
-    <x:t>Chemical</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Due to the excess migration of lead, the product does not comply with the requirements relating to ceramic products intended for contact with food, and has a negative impact on the health and safety of users.</x:t>
   </x:si>
   <x:si>
     <x:t>A6, A7 (Typ F2), Q7, Q8 (Typ 4M)</x:t>
   </x:si>
   <x:si>
     <x:t>There is a possibility that the fastening element is not installed in the belt buckle of the front seat belt buckles. In the event of an accident, an inadequately fastened belt buckle cannot apply the required retaining force, which could lead to injuries to the vehicle occupants.</x:t>
   </x:si>
   <x:si>
     <x:t>tractor</x:t>
   </x:si>
   <x:si>
     <x:t>CASE IH</x:t>
   </x:si>
   <x:si>
     <x:t>Puma, Maxxum, Farmall, Quantum</x:t>
   </x:si>
   <x:si>
     <x:t>Austria</x:t>
   </x:si>
   <x:si>
     <x:t>In the affected vehicles, accelerated wear of the teeth on the handbrake mechanism gear may occur, which may lead to loss of function. A malfunction of the handbrake may lead to uncontrolled movement of the vehicle and even injury to the user.</x:t>
   </x:si>
   <x:si>
     <x:t>bowl</x:t>
@@ -539,53 +687,50 @@
     <x:t>Electric shock; Fire; Injuries</x:t>
   </x:si>
   <x:si>
     <x:t>Serious risk of electric shock, fire and injuries</x:t>
   </x:si>
   <x:si>
     <x:t>motorcycle</x:t>
   </x:si>
   <x:si>
     <x:t>Ducati</x:t>
   </x:si>
   <x:si>
     <x:t>Panigale V4 STD-S-R-SL-SP, Streetfighter V4 STD-S-SP</x:t>
   </x:si>
   <x:si>
     <x:t>Italy</x:t>
   </x:si>
   <x:si>
     <x:t>The rear wheel axle may lose its structural integrity and break, which can lead to loss of control of the motorcycle and increase the risk of a crash.</x:t>
   </x:si>
   <x:si>
     <x:t>LBX, LM350h, C-HR, Corolla, Corolla Cross, GR Yaris, Highlander, RAV4, Yaris, Yaris Cross</x:t>
   </x:si>
   <x:si>
     <x:t>Due to improper programming of the combined instrument, unnecessary excessive data writing occurs during the operation of the monitor to the memory device inside the instrument, which leads to its failure. If this occurs, the screen will not be displayed after switching on the ignition (IG-ON) and will remain in that state permanently. Driving without displaying the speedometer and any warnings may lead to an increased risk of a traffic accident in certain driving conditions.</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Clothing, textiles and fashion items</x:t>
   </x:si>
   <x:si>
     <x:t>Children's raincoat</x:t>
   </x:si>
   <x:si>
     <x:t>McKinley</x:t>
   </x:si>
   <x:si>
     <x:t>Lambaol II jrs</x:t>
   </x:si>
   <x:si>
     <x:t>Bangladesh</x:t>
   </x:si>
   <x:si>
     <x:t>Strangulation</x:t>
   </x:si>
   <x:si>
     <x:t>The product - a children's raincoat has drawstrings on the hood that are longer than the values ​​specified in the standard SRPS EN 14682:2016 Safety of children's clothing - Cords and drawstrings for children's clothing - Specifications, which may pose a risk of strangulation to children wearing it.</x:t>
   </x:si>
   <x:si>
     <x:t>Proace, Proace Verso, Proace City, Proace City Verso</x:t>
   </x:si>
   <x:si>
     <x:t>There is a software calibration error in the Electronic Control Unit (ECU) of certain diesel engines (1.5L and 2.0L Euro 6.2). As a result, the Malfunction Indicator Lamp (MIL) may not activate in the event of a malfunction in the Selective Catalytic Reduction (SCR) system and/or Diesel Particulate Filter (DPF), resulting in non-compliance with exhaust emission regulations.</x:t>
   </x:si>
@@ -789,92 +934,83 @@
   <x:si>
     <x:t>MASTER IV</x:t>
   </x:si>
   <x:si>
     <x:t>An improper connection between the platform that supports the steering gear housing and the center steering column can cause the axle to damage the steering gear housing at the torque sensor. This can further lead to internal components of the steering gear housing breaking, reducing steering power and increasing the risk of an accident.</x:t>
   </x:si>
   <x:si>
     <x:t>van</x:t>
   </x:si>
   <x:si>
     <x:t>Kangoo III Van</x:t>
   </x:si>
   <x:si>
     <x:t>There is a possibility of head injury on the roof lock of the rear cargo area door.</x:t>
   </x:si>
   <x:si>
     <x:t>Food blender, type RSD-886</x:t>
   </x:si>
   <x:si>
     <x:t>Unknown</x:t>
   </x:si>
   <x:si>
     <x:t>RSD-886</x:t>
   </x:si>
   <x:si>
-    <x:t>Laser pointers</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Ласерски показивач на привјеску</x:t>
   </x:si>
   <x:si>
-    <x:t>Damage to sight; Injuries</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Ласерски показивач представља ризик од повреде ока и оштећења вида јер је измјерена средња снага ласерског снопа већа од дозвољене</x:t>
   </x:si>
   <x:si>
     <x:t>Ласерски показивач 47</x:t>
   </x:si>
   <x:si>
     <x:t>Ласерски показивач представља ризик од повреде ока и оштећења вида јер измјерена средња снага ласерског снопа већа од дозвољене</x:t>
   </x:si>
   <x:si>
     <x:t>tumble dryer</x:t>
   </x:si>
   <x:si>
     <x:t>Hisense</x:t>
   </x:si>
   <x:si>
     <x:t>DH5S102BB, DH5S102BW</x:t>
   </x:si>
   <x:si>
     <x:t>The compressor wires on these Hisense dryer models may be damaged due to contact with the drum idler wheel, which can lead to overheating and a potential fire hazard.</x:t>
   </x:si>
   <x:si>
     <x:t>jacket</x:t>
   </x:si>
   <x:si>
     <x:t>PEPCO</x:t>
   </x:si>
   <x:si>
     <x:t>PLU 614536</x:t>
   </x:si>
   <x:si>
-    <x:t>Choking</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Due to the possibility of small/small parts detaching from the jacket, which a child could put in the mouth, the use of the product poses a risk of choking.</x:t>
   </x:si>
   <x:si>
     <x:t>off-road vehicles</x:t>
   </x:si>
   <x:si>
     <x:t>Loncin</x:t>
   </x:si>
   <x:si>
     <x:t>LX1000AU/B/T3B</x:t>
   </x:si>
   <x:si>
     <x:t>There is a possibility of deformation or cracking of the front upper A-arms, which could negatively affect driving stability and cause injury to the user.</x:t>
   </x:si>
   <x:si>
     <x:t>Bomber jakna za bebe – dječake PLU 614536</x:t>
   </x:si>
   <x:si>
     <x:t>Proizvod predstavlja rizik od gušenja zbog mogućnosti odvajanja sitnih dijelova.</x:t>
   </x:si>
   <x:si>
     <x:t>Honda</x:t>
   </x:si>
   <x:si>
     <x:t>NC750</x:t>
@@ -900,53 +1036,50 @@
   <x:si>
     <x:t>According to manufacturer Takata, the airbag inflator in the affected Takata airbags may rupture when deployed during a crash. This is due to the aging of the propellant under the influence of moisture and temperature, which can lead to accelerated combustion of the propellant in the inflator and excessive pressure in the inflator.</x:t>
   </x:si>
   <x:si>
     <x:t>A3, A4 Cabrio</x:t>
   </x:si>
   <x:si>
     <x:t>Due to the aging of the fuel due to extreme environmental influences (humidity, temperature), when the TAKATA airbag is activated, the housing may rupture, which may cause injuries to the passengers.</x:t>
   </x:si>
   <x:si>
     <x:t>Ласерски уређај Laser indoor laser projector</x:t>
   </x:si>
   <x:si>
     <x:t>Ласерски показивач у облику кључа за возило</x:t>
   </x:si>
   <x:si>
     <x:t>KIA</x:t>
   </x:si>
   <x:si>
     <x:t>Sportage</x:t>
   </x:si>
   <x:si>
     <x:t>During the engine start-up phase, a mechanical failure, caused by a high acceleration torque, may lead to damage to the vacuum pump, which may require greater force to be applied to the brake pedal. At the same time, a warning may appear on the instrument panel that the vehicle has a problem.</x:t>
   </x:si>
   <x:si>
-    <x:t>Kitchen/cooking accessories</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Staklene čaše "Villeroy &amp; Boch AD Germany"</x:t>
   </x:si>
   <x:si>
     <x:t>"Villeroy &amp; Boch AD Germany"</x:t>
   </x:si>
   <x:si>
     <x:t>4003686439580</x:t>
   </x:si>
   <x:si>
     <x:t>"Happy as a Bear" i ""Walk like a Elephant" i "Roar like a Lion",</x:t>
   </x:si>
   <x:si>
     <x:t>Cuts</x:t>
   </x:si>
   <x:si>
     <x:t>Cuts, Health risk / other, Injuries</x:t>
   </x:si>
   <x:si>
     <x:t>Proace City, Proace</x:t>
   </x:si>
   <x:si>
     <x:t>On certain vehicles equipped with a 1.5L diesel engine, there is a possibility that the camshaft chain may wear prematurely. Premature wear is primarily due to the design of the chain itself, and can lead to excessive tension at high speeds and high engine loads. As a result, an unusual noise may occur, and there is a risk of the chain breaking. If this occurs, the engine will stall, which increases the risk of injury.</x:t>
   </x:si>
   <x:si>
     <x:t>Volkswagen</x:t>
@@ -1030,53 +1163,50 @@
     <x:t>Pojas za penjanje PETZL SWAN EASYFIT</x:t>
   </x:si>
   <x:si>
     <x:t>Petzl</x:t>
   </x:si>
   <x:si>
     <x:t>SWAN EASYFIT STEEL pojasevi (referenca C062AA00 pojedinačni i C062AA01 – pakovanje od 5 kom) i SWAN EASYFIT STAINLESS pojasevi (referenca C062BA00 – pojedinačni i C062BA01 – pakovanje od 5 kom)</x:t>
   </x:si>
   <x:si>
     <x:t>Injuries, Multiple injuries possible: crushing, fractures, concussion, internal injuries.</x:t>
   </x:si>
   <x:si>
     <x:t>The product has two buckles on the back, which are used to close the harness. These buckles can break during normal use, which may lead to the harness opening and the user falling from a height, leading to serious injuries.</x:t>
   </x:si>
   <x:si>
     <x:t>Pojas za penjanje Petzl NEWTON</x:t>
   </x:si>
   <x:si>
     <x:t>Newton, Newton Fast and Newton Easyfit serije C073EA01, C073AA01, C073AA02, C073CA01, C073CA02, C073EA00 i C073EA02</x:t>
   </x:si>
   <x:si>
     <x:t>The product has a buckle on the chest, which is used to close the harness. This buckle can break during normal use, which may lead to the harness opening and the user falling from a height, resulting in serious injuries.</x:t>
   </x:si>
   <x:si>
     <x:t>Ласерски уређај Laser Stage Lighting</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Damage to sight, Injuries</x:t>
   </x:si>
   <x:si>
     <x:t>Ласерски производ представља ризик од повреде ока и оштећења вида јер измјерена средња снага ласерског снопа износи 36,8 mW, што према класификацији у стандарду BAS EN 60825-1:2016 одговара класи 3B.</x:t>
   </x:si>
   <x:si>
     <x:t>Opreme za penjanje MAMMUT SKYWALKER</x:t>
   </x:si>
   <x:si>
     <x:t>MAMMUT</x:t>
   </x:si>
   <x:si>
     <x:t>7619876216519, 7619876216526</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Skywalker Pro Turn Via Ferrata Set, Skywalker Pro Via Ferrata Package i Skywalker Pro Via Ferrata Set </x:t>
   </x:si>
   <x:si>
     <x:t>The strength of the product is inadequate as the carabiner gate may open with a force below 1kN. This can lead to the climber detaching from the safety line and falling from a height.</x:t>
   </x:si>
   <x:si>
     <x:t>cordless floor cleaner</x:t>
   </x:si>
   <x:si>
     <x:t>Silvercrest</x:t>
   </x:si>
@@ -1186,53 +1316,50 @@
   <x:si>
     <x:t>L61340</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Zahtjevi vezani za ispitivanje na zatezanje za projektil bez pjene nisu u skladu s normom BAS EN 71-1+A1:2019. Proizvod ne posjeduje prateće upozorenje o potencijalnoj opasnosti od ciljanja u oči ili lice: "Upozorenje. Ne ciljajte u oči ili lice." </x:t>
   </x:si>
   <x:si>
     <x:t>L60378 IGRAČKA PIŠTOLJ 2/1 SA MECIMA VACUUM BL.LX0536991</x:t>
   </x:si>
   <x:si>
     <x:t>L60378</x:t>
   </x:si>
   <x:si>
     <x:t>SKU 33042101 MOYA MIA LUTKA</x:t>
   </x:si>
   <x:si>
     <x:t>SKU 33042101</x:t>
   </x:si>
   <x:si>
     <x:t>Kosa s lutke se lako odvaja s glave i predstavlja rizik za djecu od gušenja ili davljenja.</x:t>
   </x:si>
   <x:si>
     <x:t>Baloni u obliku srca PLU 599441</x:t>
   </x:si>
   <x:si>
-    <x:t>Nepoznat.</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Chemical, Injuries</x:t>
   </x:si>
   <x:si>
     <x:t>Utvrđeno je da proizvod nije siguran zbog prekoračenja dopuštenog sadržaja N-nitrozamina u materijalu balona.</x:t>
   </x:si>
   <x:si>
     <x:t>garlic press</x:t>
   </x:si>
   <x:si>
     <x:t>IKEA</x:t>
   </x:si>
   <x:si>
     <x:t>201.521.58</x:t>
   </x:si>
   <x:si>
     <x:t>Due to a manufacturing error, which was discovered during the manufacturer's internal inspection, there is a possibility that small metal parts may detach during use of the product, which could come into contact with food and, thus, endanger the health and safety of consumers and other users.</x:t>
   </x:si>
   <x:si>
     <x:t>passenger vehicles</x:t>
   </x:si>
   <x:si>
     <x:t>Tonale</x:t>
   </x:si>
   <x:si>
     <x:t>On a certain number of vehicles, the infotainment screen remains inactive and completely black after turning on the ignition.</x:t>
@@ -1848,53 +1975,50 @@
     <x:t>Due to a manufacturing defect, there is a possibility of a fracture of the front upper left shoulder, which may lead to difficulty steering the wheels and an increased risk of injury.</x:t>
   </x:si>
   <x:si>
     <x:t>8027501057878</x:t>
   </x:si>
   <x:si>
     <x:t>La Lampada dei Campioni</x:t>
   </x:si>
   <x:si>
     <x:t>The product is hazardous, posing risks of electric shock and fire. Its construction is inadequate and lacks a protective transformer. The cross-sectional area of the conductors in the power cable is below the minimum required standards.</x:t>
   </x:si>
   <x:si>
     <x:t>LED chains and lamps</x:t>
   </x:si>
   <x:si>
     <x:t>Ikea</x:t>
   </x:si>
   <x:si>
     <x:t>LEDLJUS, SOMMARLÅNKE, STRÅLA, SVARTRÅ, UTSUND</x:t>
   </x:si>
   <x:si>
     <x:t>Due to a manufacturing defect, the plug on certain LED chains and outdoor lamps from the LEDLJUS, SOMMARLÅNKE, STRÅLA, SVARTRÅ and UTSUND product families does not meet the safety standard for protection against water penetration, which may lead to a risk of electric shock.</x:t>
   </x:si>
   <x:si>
     <x:t>Mekana igračka Cuddly toy</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Sinsay</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> 5905874866323</x:t>
   </x:si>
   <x:si>
     <x:t>8225P-00X-ONE</x:t>
   </x:si>
   <x:si>
     <x:t>The toy has protruding parts (wooden ring). A small child may put it in the mouth and choke by regurgitation.</x:t>
   </x:si>
   <x:si>
     <x:t>Drvene merdevine, Classic, sa 3 gazišta</x:t>
   </x:si>
   <x:si>
     <x:t>UNIDRVO-STIL DOO</x:t>
   </x:si>
   <x:si>
     <x:t>Cuts; Injuries</x:t>
   </x:si>
   <x:si>
     <x:t>Predmetni proizvodi u normalnim ili razumno predvidljivim uslovima upotrebe moraju biti sigurni, odnosno ne smiju predstavljati nikakav rizik spojiv sa upotrebom proizvoda. Naime, oštre i neobrađene ivice ili djelovi proizvoda, koji su lako dostupni potrošaču prilikom korištenja, sklapanja ili skladištenja, predstavljaju opasnost za korisnika, jer mogu izazvati posjekotine ili druge povrede. Uz proizvode nisu priložena uputstva i upozorenja, posebno o težini korisnika i načinu upotrebe i mogućim rizicima.</x:t>
   </x:si>
   <x:si>
     <x:t>Drvene merdevine, Classic, sa 4 gazišta</x:t>
   </x:si>
@@ -5212,51 +5336,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:K541"/>
+  <x:dimension ref="A1:K553"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="3.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="39.424911" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="117.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="38.853482" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="32.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="184.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="53.853482" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="32.996339" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="75.996339" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="255" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:11">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -5268,17584 +5392,17974 @@
       </x:c>
       <x:c r="E1" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="F1" s="1" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="G1" s="1" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="H1" s="1" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="I1" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="J1" s="1" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="K1" s="1" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:11">
       <x:c r="A2" s="0">
-        <x:v>873</x:v>
+        <x:v>885</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
-      <x:c r="F2" s="0" t="s">
+      <x:c r="G2" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
-      <x:c r="G2" s="0" t="s">
+      <x:c r="I2" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="H2" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="I2" s="0" t="s">
+      <x:c r="J2" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="K2" s="2" t="s">
         <x:v>18</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:11">
       <x:c r="A3" s="0">
-        <x:v>872</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C3" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D3" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="E3" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="F3" s="0" t="s">
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G3" s="0" t="s">
-        <x:v>24</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="I3" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J3" s="0" t="s">
-        <x:v>26</x:v>
-[...2 lines deleted...]
-        <x:v>27</x:v>
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="K3" s="2" t="s">
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:11">
       <x:c r="A4" s="0">
-        <x:v>871</x:v>
+        <x:v>883</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C4" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D4" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="E4" s="0" t="s">
-        <x:v>30</x:v>
-[...2 lines deleted...]
-        <x:v>31</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="G4" s="0" t="s">
-        <x:v>31</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="I4" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J4" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K4" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:11">
       <x:c r="A5" s="0">
-        <x:v>870</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="C5" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="D5" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="E5" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="G5" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
-      <x:c r="D5" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H5" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I5" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="J5" s="0" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="K5" s="2" t="s">
         <x:v>32</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:11">
       <x:c r="A6" s="0">
-        <x:v>869</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="C6" s="0" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="D6" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="E6" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="F6" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="G6" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="I6" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
-      <x:c r="D6" s="0" t="s">
+      <x:c r="J6" s="0" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="K6" s="2" t="s">
         <x:v>39</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:11">
       <x:c r="A7" s="0">
-        <x:v>868</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C7" s="0" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="D7" s="0" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="E7" s="0" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="F7" s="0" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="G7" s="0" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="H7" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="I7" s="0" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="J7" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="K7" s="0" t="s">
         <x:v>46</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:11">
       <x:c r="A8" s="0">
-        <x:v>867</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C8" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="D8" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="E8" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="F8" s="0" t="s">
+        <x:v>48</x:v>
       </x:c>
       <x:c r="G8" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H8" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I8" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J8" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K8" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:11">
       <x:c r="A9" s="0">
-        <x:v>866</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="C9" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="D9" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="E9" s="0" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F9" s="0" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G9" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H9" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="I9" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="C9" s="0" t="s">
+      <x:c r="J9" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="D9" s="0" t="s">
+      <x:c r="K9" s="0" t="s">
         <x:v>55</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:11">
       <x:c r="A10" s="0">
-        <x:v>865</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C10" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D10" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="E10" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="G10" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="H10" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I10" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J10" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K10" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:11">
       <x:c r="A11" s="0">
-        <x:v>864</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C11" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D11" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="E11" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="F11" s="0" t="s">
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
-        <x:v>69</x:v>
-[...1 lines deleted...]
-      <x:c r="H11" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="I11" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="J11" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="I11" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K11" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:11">
       <x:c r="A12" s="0">
-        <x:v>863</x:v>
+        <x:v>875</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C12" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D12" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="E12" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="F12" s="0" t="s">
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G12" s="0" t="s">
-        <x:v>71</x:v>
-[...1 lines deleted...]
-      <x:c r="H12" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="I12" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="J12" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="I12" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K12" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:11">
       <x:c r="A13" s="0">
-        <x:v>862</x:v>
+        <x:v>874</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C13" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D13" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="E13" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="F13" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="G13" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="G13" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H13" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="I13" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="J13" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="I13" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K13" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:11">
       <x:c r="A14" s="0">
-        <x:v>861</x:v>
+        <x:v>873</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C14" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D14" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E14" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="F14" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="G14" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="G14" s="0" t="s">
+      <x:c r="H14" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
-      <x:c r="H14" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I14" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J14" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="K14" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:11">
       <x:c r="A15" s="0">
-        <x:v>860</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C15" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="D15" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="E15" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="G15" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="D15" s="0" t="s">
+      <x:c r="H15" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="I15" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="J15" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="E15" s="0" t="s">
+      <x:c r="K15" s="0" t="s">
         <x:v>81</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:11">
       <x:c r="A16" s="0">
-        <x:v>859</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C16" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D16" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E16" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="F16" s="0" t="s">
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G16" s="0" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="H16" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="I16" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="H16" s="0" t="s">
+      <x:c r="J16" s="0" t="s">
         <x:v>63</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
       <x:c r="K16" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:11">
       <x:c r="A17" s="0">
-        <x:v>858</x:v>
+        <x:v>870</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C17" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D17" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E17" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
+      <x:c r="F17" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
       <x:c r="G17" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="H17" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="I17" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="J17" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="K17" s="0" t="s">
         <x:v>89</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:11">
       <x:c r="A18" s="0">
-        <x:v>857</x:v>
+        <x:v>869</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C18" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D18" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="E18" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="E18" s="0" t="s">
-        <x:v>81</x:v>
+      <x:c r="F18" s="0" t="s">
+        <x:v>93</x:v>
       </x:c>
       <x:c r="G18" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H18" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I18" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="J18" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="K18" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:11">
       <x:c r="A19" s="0">
-        <x:v>856</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C19" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D19" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E19" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I19" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:11">
       <x:c r="A20" s="0">
-        <x:v>855</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C20" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D20" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E20" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="G20" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="H20" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I20" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="J20" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K20" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:11">
       <x:c r="A21" s="0">
-        <x:v>854</x:v>
+        <x:v>866</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C21" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D21" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E21" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I21" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:11">
       <x:c r="A22" s="0">
-        <x:v>850</x:v>
+        <x:v>865</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C22" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D22" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E22" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="G22" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="H22" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="I22" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J22" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K22" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:11">
       <x:c r="A23" s="0">
-        <x:v>849</x:v>
+        <x:v>864</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C23" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D23" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E23" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I23" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:11">
       <x:c r="A24" s="0">
-        <x:v>848</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C24" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D24" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E24" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G24" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H24" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I24" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J24" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K24" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:11">
       <x:c r="A25" s="0">
-        <x:v>847</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C25" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D25" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E25" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I25" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:11">
       <x:c r="A26" s="0">
-        <x:v>846</x:v>
+        <x:v>861</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C26" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D26" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E26" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="G26" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H26" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I26" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J26" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K26" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:11">
       <x:c r="A27" s="0">
-        <x:v>845</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C27" s="0" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="D27" s="0" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="E27" s="0" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="G27" s="0" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="H27" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="I27" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
-      <x:c r="D27" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="J27" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:11">
       <x:c r="A28" s="0">
-        <x:v>844</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C28" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D28" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E28" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="G28" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="H28" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I28" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J28" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K28" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:11">
       <x:c r="A29" s="0">
-        <x:v>843</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C29" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D29" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E29" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I29" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:11">
       <x:c r="A30" s="0">
-        <x:v>842</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C30" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="D30" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="E30" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G30" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="H30" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I30" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J30" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K30" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:11">
       <x:c r="A31" s="0">
-        <x:v>841</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C31" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="D31" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="E31" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="I31" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:11">
       <x:c r="A32" s="0">
-        <x:v>840</x:v>
+        <x:v>855</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C32" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="D32" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="E32" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G32" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H32" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I32" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J32" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K32" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:11">
       <x:c r="A33" s="0">
-        <x:v>839</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C33" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D33" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E33" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I33" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:11">
       <x:c r="A34" s="0">
-        <x:v>838</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C34" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D34" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E34" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="G34" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="H34" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="I34" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J34" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K34" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:11">
       <x:c r="A35" s="0">
-        <x:v>837</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C35" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D35" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E35" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I35" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:11">
       <x:c r="A36" s="0">
-        <x:v>836</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C36" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D36" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E36" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="G36" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="H36" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="I36" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J36" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K36" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:11">
       <x:c r="A37" s="0">
-        <x:v>835</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C37" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D37" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E37" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I37" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:11">
       <x:c r="A38" s="0">
-        <x:v>834</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C38" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D38" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="E38" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="G38" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H38" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I38" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J38" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="K38" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:11">
       <x:c r="A39" s="0">
-        <x:v>833</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C39" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D39" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="E39" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I39" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:11">
       <x:c r="A40" s="0">
-        <x:v>832</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C40" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D40" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E40" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="G40" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H40" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I40" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J40" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K40" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:11">
       <x:c r="A41" s="0">
-        <x:v>831</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C41" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D41" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E41" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I41" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:11">
       <x:c r="A42" s="0">
-        <x:v>830</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C42" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D42" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="E42" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="G42" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H42" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I42" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J42" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K42" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:11">
       <x:c r="A43" s="0">
-        <x:v>829</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C43" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="D43" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="E43" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I43" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:11">
       <x:c r="A44" s="0">
-        <x:v>828</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C44" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D44" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="E44" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="G44" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="H44" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I44" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J44" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K44" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:11">
       <x:c r="A45" s="0">
-        <x:v>827</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C45" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D45" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="E45" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I45" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:11">
       <x:c r="A46" s="0">
-        <x:v>826</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C46" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D46" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E46" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="G46" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="H46" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="I46" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J46" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K46" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:11">
       <x:c r="A47" s="0">
-        <x:v>825</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C47" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D47" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E47" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="I47" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:11">
       <x:c r="A48" s="0">
-        <x:v>824</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C48" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D48" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="E48" s="0" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="G48" s="0" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="H48" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
-      <x:c r="E48" s="0" t="s">
+      <x:c r="I48" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="J48" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="K48" s="0" t="s">
         <x:v>192</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:11">
       <x:c r="A49" s="0">
-        <x:v>823</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C49" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D49" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="E49" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I49" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:11">
       <x:c r="A50" s="0">
-        <x:v>822</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C50" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="D50" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="E50" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="G50" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="H50" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I50" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="J50" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K50" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:11">
       <x:c r="A51" s="0">
-        <x:v>821</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C51" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="D51" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E51" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I51" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:11">
       <x:c r="A52" s="0">
-        <x:v>820</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C52" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D52" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E52" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="G52" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="H52" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I52" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J52" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K52" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:11">
       <x:c r="A53" s="0">
-        <x:v>819</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C53" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D53" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E53" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I53" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:11">
       <x:c r="A54" s="0">
-        <x:v>818</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C54" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D54" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="E54" s="0" t="s">
-        <x:v>206</x:v>
-[...2 lines deleted...]
-        <x:v>207</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="G54" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="H54" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="I54" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J54" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K54" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:11">
       <x:c r="A55" s="0">
-        <x:v>817</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C55" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D55" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E55" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="I55" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:11">
       <x:c r="A56" s="0">
-        <x:v>816</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C56" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D56" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="E56" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="G56" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="H56" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="I56" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="J56" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K56" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:11">
       <x:c r="A57" s="0">
-        <x:v>815</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C57" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D57" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E57" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I57" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
-        <x:v>26</x:v>
-[...2 lines deleted...]
-        <x:v>216</x:v>
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="K57" s="0" t="s">
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:11">
       <x:c r="A58" s="0">
-        <x:v>814</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C58" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D58" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E58" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="G58" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="H58" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I58" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J58" s="0" t="s">
-        <x:v>26</x:v>
-[...2 lines deleted...]
-        <x:v>219</x:v>
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="K58" s="0" t="s">
+        <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:11">
       <x:c r="A59" s="0">
-        <x:v>813</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C59" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D59" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="E59" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I59" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:11">
       <x:c r="A60" s="0">
-        <x:v>812</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C60" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D60" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="E60" s="0" t="s">
-        <x:v>23</x:v>
-[...2 lines deleted...]
-        <x:v>226</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="G60" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="H60" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I60" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J60" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K60" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:11">
       <x:c r="A61" s="0">
-        <x:v>811</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C61" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D61" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E61" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I61" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:11">
       <x:c r="A62" s="0">
-        <x:v>810</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C62" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D62" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E62" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="G62" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H62" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I62" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="J62" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K62" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:11">
       <x:c r="A63" s="0">
-        <x:v>809</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C63" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D63" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E63" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I63" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
-        <x:v>51</x:v>
-[...2 lines deleted...]
-        <x:v>238</x:v>
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="K63" s="0" t="s">
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:11">
       <x:c r="A64" s="0">
-        <x:v>808</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C64" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D64" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="E64" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="G64" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="H64" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="I64" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J64" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K64" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:11">
       <x:c r="A65" s="0">
-        <x:v>805</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C65" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D65" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E65" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I65" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:11">
       <x:c r="A66" s="0">
-        <x:v>804</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C66" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D66" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="E66" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="F66" s="0" t="s">
+        <x:v>254</x:v>
       </x:c>
       <x:c r="G66" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="H66" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I66" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J66" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K66" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:11">
       <x:c r="A67" s="0">
-        <x:v>803</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C67" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D67" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E67" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I67" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:11">
       <x:c r="A68" s="0">
-        <x:v>802</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C68" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D68" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E68" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="G68" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="H68" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I68" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J68" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K68" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:11">
       <x:c r="A69" s="0">
-        <x:v>801</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C69" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D69" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E69" s="0" t="s">
-        <x:v>254</x:v>
-[...2 lines deleted...]
-        <x:v>31</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I69" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
-        <x:v>51</x:v>
-[...2 lines deleted...]
-        <x:v>169</x:v>
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="K69" s="2" t="s">
+        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:11">
       <x:c r="A70" s="0">
-        <x:v>800</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C70" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D70" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E70" s="0" t="s">
-        <x:v>31</x:v>
-[...2 lines deleted...]
-        <x:v>31</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="G70" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="H70" s="0" t="s">
+        <x:v>265</x:v>
       </x:c>
       <x:c r="I70" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J70" s="0" t="s">
-        <x:v>51</x:v>
-[...2 lines deleted...]
-        <x:v>259</x:v>
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="K70" s="2" t="s">
+        <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:11">
       <x:c r="A71" s="0">
-        <x:v>799</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C71" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D71" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="E71" s="0" t="s">
-        <x:v>31</x:v>
-[...2 lines deleted...]
-        <x:v>31</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I71" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:11">
       <x:c r="A72" s="0">
-        <x:v>798</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C72" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="D72" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="E72" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="F72" s="0" t="s">
+        <x:v>273</x:v>
       </x:c>
       <x:c r="G72" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="H72" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I72" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J72" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K72" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:11">
       <x:c r="A73" s="0">
-        <x:v>797</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C73" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="D73" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="E73" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="H73" s="0" t="s">
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I73" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:11">
       <x:c r="A74" s="0">
-        <x:v>796</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C74" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="D74" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="E74" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="G74" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="H74" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I74" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="J74" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K74" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:11">
       <x:c r="A75" s="0">
-        <x:v>795</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C75" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D75" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="E75" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I75" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
-        <x:v>51</x:v>
-[...2 lines deleted...]
-        <x:v>276</x:v>
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="K75" s="2" t="s">
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:11">
       <x:c r="A76" s="0">
-        <x:v>794</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C76" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D76" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E76" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="G76" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="H76" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I76" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="J76" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K76" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:11">
       <x:c r="A77" s="0">
-        <x:v>793</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C77" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D77" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E77" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I77" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:11">
       <x:c r="A78" s="0">
-        <x:v>792</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C78" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D78" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E78" s="0" t="s">
-        <x:v>68</x:v>
-[...2 lines deleted...]
-        <x:v>283</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="G78" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="H78" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I78" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J78" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K78" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:11">
       <x:c r="A79" s="0">
-        <x:v>791</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C79" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D79" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="E79" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I79" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:11">
       <x:c r="A80" s="0">
-        <x:v>790</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C80" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D80" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="E80" s="0" t="s">
-        <x:v>31</x:v>
-[...2 lines deleted...]
-        <x:v>31</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="G80" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="H80" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I80" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J80" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K80" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:11">
       <x:c r="A81" s="0">
-        <x:v>789</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C81" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D81" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="E81" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="F81" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H81" s="0" t="s">
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I81" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:11">
       <x:c r="A82" s="0">
-        <x:v>788</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="C82" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="D82" s="0" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="E82" s="0" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F82" s="0" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G82" s="0" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="I82" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="C82" s="0" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="J82" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K82" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:11">
       <x:c r="A83" s="0">
-        <x:v>787</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C83" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="D83" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="E83" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="F83" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I83" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:11">
       <x:c r="A84" s="0">
-        <x:v>786</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C84" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D84" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="E84" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="G84" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="H84" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I84" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J84" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K84" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:11">
       <x:c r="A85" s="0">
-        <x:v>785</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C85" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D85" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="E85" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
-        <x:v>303</x:v>
-[...2 lines deleted...]
-        <x:v>63</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="I85" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:11">
       <x:c r="A86" s="0">
-        <x:v>784</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C86" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D86" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="E86" s="0" t="s">
-        <x:v>306</x:v>
-[...2 lines deleted...]
-        <x:v>307</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="G86" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="H86" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I86" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J86" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K86" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:11">
       <x:c r="A87" s="0">
-        <x:v>783</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C87" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D87" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="E87" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I87" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:11">
       <x:c r="A88" s="0">
-        <x:v>782</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C88" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D88" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="E88" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="G88" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="H88" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="I88" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J88" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K88" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:11">
       <x:c r="A89" s="0">
-        <x:v>781</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C89" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D89" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E89" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="I89" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:11">
       <x:c r="A90" s="0">
-        <x:v>780</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C90" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D90" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E90" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="F90" s="0" t="s">
+        <x:v>327</x:v>
       </x:c>
       <x:c r="G90" s="0" t="s">
-        <x:v>322</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="H90" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I90" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J90" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K90" s="0" t="s">
-        <x:v>323</x:v>
+        <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:11">
       <x:c r="A91" s="0">
-        <x:v>779</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C91" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D91" s="0" t="s">
-        <x:v>324</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E91" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
-        <x:v>326</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I91" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:11">
       <x:c r="A92" s="0">
-        <x:v>778</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C92" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="D92" s="0" t="s">
-        <x:v>328</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="E92" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F92" s="0" t="s">
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G92" s="0" t="s">
-        <x:v>330</x:v>
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="H92" s="0" t="s">
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I92" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J92" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K92" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:11">
       <x:c r="A93" s="0">
-        <x:v>777</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C93" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="D93" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="E93" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F93" s="0" t="s">
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
-        <x:v>334</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="I93" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:11">
       <x:c r="A94" s="0">
-        <x:v>776</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C94" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D94" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="E94" s="0" t="s">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="G94" s="0" t="s">
+        <x:v>335</x:v>
+      </x:c>
+      <x:c r="H94" s="0" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="I94" s="0" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="J94" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="K94" s="0" t="s">
         <x:v>336</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:11">
       <x:c r="A95" s="0">
-        <x:v>775</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C95" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="D95" s="0" t="s">
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="E95" s="0" t="s">
+        <x:v>338</x:v>
+      </x:c>
+      <x:c r="F95" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
-      <x:c r="E95" s="0" t="s">
+      <x:c r="G95" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
-      <x:c r="F95" s="0" t="s">
+      <x:c r="H95" s="0" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="I95" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
-      <x:c r="G95" s="0" t="s">
+      <x:c r="J95" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
-      <x:c r="H95" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K95" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:11">
       <x:c r="A96" s="0">
-        <x:v>774</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C96" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D96" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="E96" s="0" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="G96" s="0" t="s">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="H96" s="0" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="I96" s="0" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="J96" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="K96" s="0" t="s">
         <x:v>344</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:11">
       <x:c r="A97" s="0">
-        <x:v>773</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C97" s="0" t="s">
-        <x:v>348</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D97" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E97" s="0" t="s">
-        <x:v>350</x:v>
-[...2 lines deleted...]
-        <x:v>351</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I97" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
-        <x:v>353</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:11">
       <x:c r="A98" s="0">
-        <x:v>772</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C98" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="D98" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="E98" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="F98" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="G98" s="0" t="s">
-        <x:v>356</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="H98" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I98" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="J98" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K98" s="0" t="s">
-        <x:v>357</x:v>
+        <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:11">
       <x:c r="A99" s="0">
-        <x:v>771</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C99" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D99" s="0" t="s">
-        <x:v>358</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="E99" s="0" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="G99" s="0" t="s">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="H99" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="I99" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J99" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="K99" s="0" t="s">
         <x:v>355</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:11">
       <x:c r="A100" s="0">
-        <x:v>770</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C100" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D100" s="0" t="s">
-        <x:v>361</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E100" s="0" t="s">
-        <x:v>355</x:v>
-[...2 lines deleted...]
-        <x:v>362</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="G100" s="0" t="s">
-        <x:v>363</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="H100" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="I100" s="0" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="J100" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="K100" s="0" t="s">
         <x:v>359</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:11">
       <x:c r="A101" s="0">
-        <x:v>769</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C101" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="D101" s="0" t="s">
-        <x:v>365</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="E101" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I101" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
-        <x:v>367</x:v>
+        <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:11">
       <x:c r="A102" s="0">
-        <x:v>768</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C102" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D102" s="0" t="s">
-        <x:v>368</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="E102" s="0" t="s">
-        <x:v>369</x:v>
-[...2 lines deleted...]
-        <x:v>370</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="G102" s="0" t="s">
-        <x:v>371</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="H102" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="I102" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J102" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K102" s="0" t="s">
-        <x:v>367</x:v>
+        <x:v>366</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:11">
       <x:c r="A103" s="0">
-        <x:v>767</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C103" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D103" s="0" t="s">
-        <x:v>372</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="E103" s="0" t="s">
-        <x:v>373</x:v>
-[...2 lines deleted...]
-        <x:v>374</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
-        <x:v>375</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I103" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
-        <x:v>376</x:v>
+        <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:11">
       <x:c r="A104" s="0">
-        <x:v>766</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C104" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D104" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="E104" s="0" t="s">
-        <x:v>355</x:v>
-[...2 lines deleted...]
-        <x:v>379</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="G104" s="0" t="s">
-        <x:v>380</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="I104" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J104" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="K104" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:11">
       <x:c r="A105" s="0">
-        <x:v>765</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C105" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="D105" s="0" t="s">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="E105" s="0" t="s">
+        <x:v>372</x:v>
+      </x:c>
+      <x:c r="G105" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
-      <x:c r="D105" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I105" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:11">
       <x:c r="A106" s="0">
-        <x:v>764</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C106" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="D106" s="0" t="s">
-        <x:v>384</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="E106" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F106" s="0" t="s">
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G106" s="0" t="s">
-        <x:v>385</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="I106" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J106" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="K106" s="0" t="s">
-        <x:v>386</x:v>
+        <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:11">
       <x:c r="A107" s="0">
-        <x:v>763</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C107" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D107" s="0" t="s">
-        <x:v>387</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="E107" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="F107" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I107" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>385</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:11">
       <x:c r="A108" s="0">
-        <x:v>762</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C108" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D108" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="E108" s="0" t="s">
-        <x:v>392</x:v>
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="F108" s="0" t="s">
+        <x:v>388</x:v>
       </x:c>
       <x:c r="G108" s="0" t="s">
-        <x:v>393</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H108" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I108" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J108" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K108" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>389</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:11">
       <x:c r="A109" s="0">
-        <x:v>761</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C109" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="D109" s="0" t="s">
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="E109" s="0" t="s">
+        <x:v>392</x:v>
+      </x:c>
+      <x:c r="F109" s="0" t="s">
+        <x:v>393</x:v>
+      </x:c>
+      <x:c r="G109" s="0" t="s">
+        <x:v>394</x:v>
+      </x:c>
+      <x:c r="H109" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="I109" s="0" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="J109" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="K109" s="0" t="s">
         <x:v>395</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:11">
       <x:c r="A110" s="0">
-        <x:v>760</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C110" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="D110" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="E110" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>397</x:v>
+      </x:c>
+      <x:c r="F110" s="0" t="s">
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G110" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="H110" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I110" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="J110" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K110" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:11">
       <x:c r="A111" s="0">
-        <x:v>759</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C111" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="D111" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="E111" s="0" t="s">
+        <x:v>397</x:v>
+      </x:c>
+      <x:c r="G111" s="0" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="H111" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="I111" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
-      <x:c r="G111" s="0" t="s">
+      <x:c r="J111" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="K111" s="0" t="s">
         <x:v>402</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:11">
       <x:c r="A112" s="0">
-        <x:v>758</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C112" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="D112" s="0" t="s">
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="E112" s="0" t="s">
+        <x:v>397</x:v>
+      </x:c>
+      <x:c r="F112" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
-      <x:c r="E112" s="0" t="s">
+      <x:c r="G112" s="0" t="s">
         <x:v>405</x:v>
       </x:c>
-      <x:c r="G112" s="0" t="s">
+      <x:c r="H112" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="I112" s="0" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="J112" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="K112" s="2" t="s">
         <x:v>406</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>407</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:11">
       <x:c r="A113" s="0">
-        <x:v>757</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C113" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D113" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="E113" s="0" t="s">
+        <x:v>397</x:v>
+      </x:c>
+      <x:c r="G113" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
-      <x:c r="G113" s="0" t="s">
+      <x:c r="H113" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="I113" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J113" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="K113" s="0" t="s">
         <x:v>409</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:11">
       <x:c r="A114" s="0">
-        <x:v>756</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C114" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D114" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="E114" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="F114" s="0" t="s">
+        <x:v>412</x:v>
       </x:c>
       <x:c r="G114" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="H114" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I114" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J114" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K114" s="0" t="s">
-        <x:v>414</x:v>
+        <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:11">
       <x:c r="A115" s="0">
-        <x:v>755</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C115" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D115" s="0" t="s">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="E115" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
-      <x:c r="E115" s="0" t="s">
-        <x:v>31</x:v>
+      <x:c r="F115" s="0" t="s">
+        <x:v>416</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
-        <x:v>416</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I115" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
-        <x:v>417</x:v>
+        <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:11">
       <x:c r="A116" s="0">
-        <x:v>754</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C116" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="D116" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="E116" s="0" t="s">
-        <x:v>418</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="F116" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="G116" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="H116" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I116" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J116" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K116" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>423</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:11">
       <x:c r="A117" s="0">
-        <x:v>753</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C117" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="D117" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="E117" s="0" t="s">
-        <x:v>422</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="H117" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="I117" s="0" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="J117" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="K117" s="0" t="s">
         <x:v>423</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:11">
       <x:c r="A118" s="0">
-        <x:v>752</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C118" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="D118" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="E118" s="0" t="s">
-        <x:v>425</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G118" s="0" t="s">
-        <x:v>426</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="H118" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I118" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J118" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K118" s="0" t="s">
-        <x:v>427</x:v>
+        <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:11">
       <x:c r="A119" s="0">
-        <x:v>751</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C119" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="D119" s="0" t="s">
-        <x:v>428</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="E119" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="F119" s="0" t="s">
+        <x:v>42</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="H119" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="I119" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="J119" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
-      <x:c r="H119" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="J119" s="0" t="s">
+      <x:c r="K119" s="0" t="s">
         <x:v>431</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:11">
       <x:c r="A120" s="0">
-        <x:v>750</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C120" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="D120" s="0" t="s">
-        <x:v>428</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="E120" s="0" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="G120" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="H120" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I120" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="J120" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K120" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:11">
       <x:c r="A121" s="0">
-        <x:v>749</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C121" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D121" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="E121" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="I121" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>438</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:11">
       <x:c r="A122" s="0">
-        <x:v>748</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C122" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D122" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="E122" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="G122" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="H122" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I122" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J122" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K122" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:11">
       <x:c r="A123" s="0">
-        <x:v>747</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C123" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D123" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="E123" s="0" t="s">
-        <x:v>437</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I123" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>444</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:11">
       <x:c r="A124" s="0">
-        <x:v>746</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C124" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D124" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="E124" s="0" t="s">
-        <x:v>440</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="G124" s="0" t="s">
-        <x:v>441</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="H124" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I124" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J124" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K124" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:11">
       <x:c r="A125" s="0">
-        <x:v>745</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C125" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D125" s="0" t="s">
-        <x:v>428</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="E125" s="0" t="s">
-        <x:v>408</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I125" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
-        <x:v>444</x:v>
+        <x:v>453</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:11">
       <x:c r="A126" s="0">
-        <x:v>744</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C126" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D126" s="0" t="s">
-        <x:v>428</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="E126" s="0" t="s">
-        <x:v>445</x:v>
-[...2 lines deleted...]
-        <x:v>446</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="G126" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="H126" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I126" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J126" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K126" s="0" t="s">
-        <x:v>448</x:v>
+        <x:v>455</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:11">
       <x:c r="A127" s="0">
-        <x:v>743</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="C127" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="D127" s="0" t="s">
+        <x:v>456</x:v>
+      </x:c>
+      <x:c r="E127" s="0" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G127" s="0" t="s">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="H127" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="I127" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="C127" s="0" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="J127" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
-        <x:v>451</x:v>
+        <x:v>458</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:11">
       <x:c r="A128" s="0">
-        <x:v>742</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C128" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D128" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="E128" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="F128" s="0" t="s">
+        <x:v>460</x:v>
       </x:c>
       <x:c r="G128" s="0" t="s">
-        <x:v>452</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="H128" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I128" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J128" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K128" s="0" t="s">
-        <x:v>453</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:11">
       <x:c r="A129" s="0">
-        <x:v>741</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C129" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D129" s="0" t="s">
-        <x:v>455</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="E129" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
-        <x:v>457</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
-        <x:v>458</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I129" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
-        <x:v>459</x:v>
+        <x:v>465</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:11">
       <x:c r="A130" s="0">
-        <x:v>740</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C130" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D130" s="0" t="s">
-        <x:v>460</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="E130" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="G130" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="H130" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="I130" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J130" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K130" s="0" t="s">
-        <x:v>462</x:v>
+        <x:v>468</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:11">
       <x:c r="A131" s="0">
-        <x:v>739</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C131" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D131" s="0" t="s">
-        <x:v>463</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="E131" s="0" t="s">
-        <x:v>464</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
-        <x:v>465</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="I131" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
-        <x:v>466</x:v>
+        <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:11">
       <x:c r="A132" s="0">
-        <x:v>738</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C132" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D132" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="E132" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="G132" s="0" t="s">
-        <x:v>467</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="H132" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I132" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J132" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K132" s="0" t="s">
-        <x:v>468</x:v>
+        <x:v>476</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:11">
       <x:c r="A133" s="0">
-        <x:v>737</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C133" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="D133" s="0" t="s">
+        <x:v>477</x:v>
+      </x:c>
+      <x:c r="E133" s="0" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G133" s="0" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="H133" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="I133" s="0" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="J133" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="D133" s="0" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K133" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:11">
       <x:c r="A134" s="0">
-        <x:v>731</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C134" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="D134" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="E134" s="0" t="s">
-        <x:v>473</x:v>
-[...2 lines deleted...]
-        <x:v>474</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G134" s="0" t="s">
-        <x:v>475</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="H134" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I134" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="J134" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="K134" s="0" t="s">
-        <x:v>476</x:v>
+        <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:11">
       <x:c r="A135" s="0">
-        <x:v>730</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C135" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D135" s="0" t="s">
-        <x:v>477</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="E135" s="0" t="s">
-        <x:v>473</x:v>
-[...1 lines deleted...]
-      <x:c r="F135" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I135" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
-        <x:v>476</x:v>
+        <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:11">
       <x:c r="A136" s="0">
-        <x:v>729</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C136" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D136" s="0" t="s">
-        <x:v>480</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="E136" s="0" t="s">
-        <x:v>473</x:v>
-[...1 lines deleted...]
-      <x:c r="F136" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="G136" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="H136" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I136" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J136" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="K136" s="0" t="s">
-        <x:v>476</x:v>
+        <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:11">
       <x:c r="A137" s="0">
-        <x:v>728</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C137" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D137" s="0" t="s">
-        <x:v>483</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="E137" s="0" t="s">
-        <x:v>473</x:v>
-[...2 lines deleted...]
-        <x:v>481</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I137" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
-        <x:v>19</x:v>
-[...1 lines deleted...]
-      <x:c r="K137" s="2" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="K137" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:11">
       <x:c r="A138" s="0">
-        <x:v>727</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C138" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D138" s="0" t="s">
+        <x:v>469</x:v>
+      </x:c>
+      <x:c r="E138" s="0" t="s">
         <x:v>486</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>473</x:v>
       </x:c>
       <x:c r="F138" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="G138" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="H138" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I138" s="0" t="s">
+        <x:v>451</x:v>
+      </x:c>
+      <x:c r="J138" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="K138" s="0" t="s">
         <x:v>489</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>476</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:11">
       <x:c r="A139" s="0">
-        <x:v>726</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C139" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D139" s="0" t="s">
+        <x:v>445</x:v>
+      </x:c>
+      <x:c r="E139" s="0" t="s">
         <x:v>490</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>31</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="H139" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I139" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:11">
       <x:c r="A140" s="0">
-        <x:v>725</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C140" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D140" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="E140" s="0" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="G140" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
-      <x:c r="E140" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H140" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I140" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J140" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K140" s="0" t="s">
         <x:v>494</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:11">
       <x:c r="A141" s="0">
-        <x:v>724</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C141" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="D141" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="E141" s="0" t="s">
-        <x:v>496</x:v>
-[...2 lines deleted...]
-        <x:v>31</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="I141" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
-        <x:v>494</x:v>
+        <x:v>500</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:11">
       <x:c r="A142" s="0">
-        <x:v>723</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C142" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D142" s="0" t="s">
-        <x:v>497</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="E142" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="G142" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H142" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I142" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="J142" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K142" s="0" t="s">
-        <x:v>498</x:v>
+        <x:v>503</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:11">
       <x:c r="A143" s="0">
-        <x:v>722</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C143" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="D143" s="0" t="s">
-        <x:v>499</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="E143" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I143" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
-        <x:v>498</x:v>
+        <x:v>507</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:11">
       <x:c r="A144" s="0">
-        <x:v>719</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C144" s="0" t="s">
-        <x:v>500</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D144" s="0" t="s">
-        <x:v>501</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E144" s="0" t="s">
-        <x:v>502</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="G144" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>508</x:v>
+      </x:c>
+      <x:c r="H144" s="0" t="s">
+        <x:v>358</x:v>
       </x:c>
       <x:c r="I144" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J144" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K144" s="0" t="s">
-        <x:v>503</x:v>
+        <x:v>509</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:11">
       <x:c r="A145" s="0">
-        <x:v>718</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C145" s="0" t="s">
-        <x:v>500</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D145" s="0" t="s">
-        <x:v>504</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E145" s="0" t="s">
-        <x:v>502</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="H145" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="I145" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
-        <x:v>503</x:v>
+        <x:v>512</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:11">
       <x:c r="A146" s="0">
-        <x:v>717</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C146" s="0" t="s">
-        <x:v>500</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D146" s="0" t="s">
-        <x:v>505</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="E146" s="0" t="s">
-        <x:v>502</x:v>
+        <x:v>514</x:v>
+      </x:c>
+      <x:c r="F146" s="0" t="s">
+        <x:v>515</x:v>
       </x:c>
       <x:c r="G146" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="H146" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I146" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J146" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="K146" s="0" t="s">
-        <x:v>506</x:v>
+        <x:v>517</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:11">
       <x:c r="A147" s="0">
-        <x:v>716</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C147" s="0" t="s">
-        <x:v>500</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D147" s="0" t="s">
-        <x:v>507</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="E147" s="0" t="s">
-        <x:v>502</x:v>
+        <x:v>514</x:v>
+      </x:c>
+      <x:c r="F147" s="0" t="s">
+        <x:v>519</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I147" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
-        <x:v>506</x:v>
+        <x:v>517</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:11">
       <x:c r="A148" s="0">
-        <x:v>715</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C148" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D148" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="E148" s="0" t="s">
+        <x:v>514</x:v>
+      </x:c>
+      <x:c r="F148" s="0" t="s">
+        <x:v>522</x:v>
+      </x:c>
+      <x:c r="G148" s="0" t="s">
+        <x:v>523</x:v>
+      </x:c>
+      <x:c r="H148" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
-      <x:c r="G148" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="I148" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J148" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="K148" s="0" t="s">
-        <x:v>509</x:v>
+        <x:v>517</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:11">
       <x:c r="A149" s="0">
-        <x:v>714</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C149" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D149" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="E149" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>514</x:v>
+      </x:c>
+      <x:c r="F149" s="0" t="s">
+        <x:v>522</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
-        <x:v>510</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I149" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
-        <x:v>51</x:v>
-[...2 lines deleted...]
-        <x:v>511</x:v>
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="K149" s="2" t="s">
+        <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:11">
       <x:c r="A150" s="0">
-        <x:v>713</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C150" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D150" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="E150" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>514</x:v>
+      </x:c>
+      <x:c r="F150" s="0" t="s">
+        <x:v>528</x:v>
       </x:c>
       <x:c r="G150" s="0" t="s">
-        <x:v>512</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="H150" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I150" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="J150" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="K150" s="0" t="s">
-        <x:v>513</x:v>
+        <x:v>517</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:11">
       <x:c r="A151" s="0">
-        <x:v>712</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C151" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D151" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="E151" s="0" t="s">
-        <x:v>514</x:v>
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F151" s="0" t="s">
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
-        <x:v>515</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
-        <x:v>516</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I151" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
-        <x:v>517</x:v>
+        <x:v>533</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:11">
       <x:c r="A152" s="0">
-        <x:v>711</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C152" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D152" s="0" t="s">
-        <x:v>518</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="E152" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F152" s="0" t="s">
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G152" s="0" t="s">
-        <x:v>519</x:v>
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="H152" s="0" t="s">
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I152" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J152" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K152" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>535</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:11">
       <x:c r="A153" s="0">
-        <x:v>710</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C153" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D153" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="E153" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>537</x:v>
+      </x:c>
+      <x:c r="F153" s="0" t="s">
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
-        <x:v>521</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="H153" s="0" t="s">
-        <x:v>470</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I153" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
-        <x:v>522</x:v>
+        <x:v>535</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:11">
       <x:c r="A154" s="0">
-        <x:v>709</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C154" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="D154" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="E154" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="G154" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="H154" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I154" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="J154" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K154" s="0" t="s">
-        <x:v>523</x:v>
+        <x:v>539</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:11">
       <x:c r="A155" s="0">
-        <x:v>708</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C155" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="D155" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="E155" s="0" t="s">
-        <x:v>524</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
-        <x:v>525</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I155" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
-        <x:v>526</x:v>
+        <x:v>539</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:11">
       <x:c r="A156" s="0">
-        <x:v>707</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C156" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="D156" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="E156" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="G156" s="0" t="s">
-        <x:v>527</x:v>
-[...2 lines deleted...]
-        <x:v>66</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="I156" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J156" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K156" s="0" t="s">
-        <x:v>528</x:v>
+        <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:11">
       <x:c r="A157" s="0">
-        <x:v>706</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C157" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="D157" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="E157" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I157" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
-        <x:v>530</x:v>
+        <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:11">
       <x:c r="A158" s="0">
-        <x:v>705</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C158" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="D158" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="E158" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="G158" s="0" t="s">
-        <x:v>531</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="H158" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I158" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J158" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K158" s="0" t="s">
-        <x:v>532</x:v>
+        <x:v>547</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:11">
       <x:c r="A159" s="0">
-        <x:v>703</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C159" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="D159" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="E159" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
-        <x:v>533</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I159" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
-        <x:v>534</x:v>
+        <x:v>547</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:11">
       <x:c r="A160" s="0">
-        <x:v>702</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C160" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D160" s="0" t="s">
-        <x:v>460</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E160" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="G160" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="H160" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I160" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J160" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K160" s="0" t="s">
-        <x:v>462</x:v>
+        <x:v>550</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:11">
       <x:c r="A161" s="0">
-        <x:v>701</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C161" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D161" s="0" t="s">
-        <x:v>460</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E161" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I161" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
-        <x:v>462</x:v>
+        <x:v>552</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:11">
       <x:c r="A162" s="0">
-        <x:v>700</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C162" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D162" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E162" s="0" t="s">
-        <x:v>535</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="G162" s="0" t="s">
-        <x:v>536</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="H162" s="0" t="s">
-        <x:v>537</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="I162" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J162" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K162" s="0" t="s">
-        <x:v>538</x:v>
+        <x:v>554</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:11">
       <x:c r="A163" s="0">
-        <x:v>699</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C163" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D163" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E163" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
-        <x:v>539</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="H163" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="I163" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
-        <x:v>540</x:v>
+        <x:v>558</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:11">
       <x:c r="A164" s="0">
-        <x:v>698</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C164" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D164" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="E164" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="G164" s="0" t="s">
-        <x:v>541</x:v>
-[...2 lines deleted...]
-        <x:v>58</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="I164" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J164" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K164" s="0" t="s">
-        <x:v>542</x:v>
+        <x:v>561</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:11">
       <x:c r="A165" s="0">
-        <x:v>697</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C165" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D165" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E165" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="H165" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="I165" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
-        <x:v>544</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
-        <x:v>545</x:v>
+        <x:v>563</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:11">
       <x:c r="A166" s="0">
-        <x:v>696</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C166" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D166" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E166" s="0" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="G166" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="H166" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
-      <x:c r="G166" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="I166" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J166" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K166" s="0" t="s">
-        <x:v>547</x:v>
+        <x:v>564</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:11">
       <x:c r="A167" s="0">
-        <x:v>695</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C167" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D167" s="0" t="s">
-        <x:v>460</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E167" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="H167" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="I167" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
-        <x:v>548</x:v>
+        <x:v>567</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:11">
       <x:c r="A168" s="0">
-        <x:v>694</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C168" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D168" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E168" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="G168" s="0" t="s">
-        <x:v>398</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="H168" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="I168" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J168" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K168" s="0" t="s">
-        <x:v>549</x:v>
+        <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:11">
       <x:c r="A169" s="0">
-        <x:v>693</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C169" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D169" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E169" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
-        <x:v>550</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="H169" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I169" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
-        <x:v>551</x:v>
+        <x:v>571</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:11">
       <x:c r="A170" s="0">
-        <x:v>692</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C170" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D170" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E170" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="G170" s="0" t="s">
-        <x:v>552</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="H170" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I170" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J170" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K170" s="0" t="s">
-        <x:v>553</x:v>
+        <x:v>573</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:11">
       <x:c r="A171" s="0">
-        <x:v>691</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C171" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D171" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E171" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
-        <x:v>554</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I171" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
-        <x:v>555</x:v>
+        <x:v>575</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:11">
       <x:c r="A172" s="0">
-        <x:v>690</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C172" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D172" s="0" t="s">
-        <x:v>556</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="E172" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="G172" s="0" t="s">
-        <x:v>557</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H172" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I172" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="J172" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K172" s="0" t="s">
-        <x:v>558</x:v>
+        <x:v>503</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:11">
       <x:c r="A173" s="0">
-        <x:v>689</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C173" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D173" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="E173" s="0" t="s">
-        <x:v>559</x:v>
-[...2 lines deleted...]
-        <x:v>560</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
-        <x:v>561</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
-        <x:v>470</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I173" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
-        <x:v>562</x:v>
+        <x:v>503</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:11">
       <x:c r="A174" s="0">
-        <x:v>688</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C174" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D174" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="E174" s="0" t="s">
-        <x:v>563</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="G174" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="H174" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="I174" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="J174" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K174" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>579</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:11">
       <x:c r="A175" s="0">
-        <x:v>687</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C175" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D175" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E175" s="0" t="s">
-        <x:v>535</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
-        <x:v>564</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="H175" s="0" t="s">
-        <x:v>537</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I175" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
-        <x:v>565</x:v>
+        <x:v>581</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:11">
       <x:c r="A176" s="0">
-        <x:v>686</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C176" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D176" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E176" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="G176" s="0" t="s">
-        <x:v>566</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="H176" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I176" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J176" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K176" s="0" t="s">
-        <x:v>567</x:v>
+        <x:v>583</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:11">
       <x:c r="A177" s="0">
-        <x:v>685</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C177" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D177" s="0" t="s">
-        <x:v>518</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E177" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
-        <x:v>568</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I177" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
-        <x:v>569</x:v>
+        <x:v>586</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:11">
       <x:c r="A178" s="0">
-        <x:v>684</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C178" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D178" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E178" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="G178" s="0" t="s">
-        <x:v>570</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="H178" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I178" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J178" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K178" s="0" t="s">
-        <x:v>571</x:v>
+        <x:v>588</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:11">
       <x:c r="A179" s="0">
-        <x:v>683</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C179" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D179" s="0" t="s">
-        <x:v>518</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="E179" s="0" t="s">
-        <x:v>572</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
-        <x:v>573</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I179" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
-        <x:v>574</x:v>
+        <x:v>589</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:11">
       <x:c r="A180" s="0">
-        <x:v>682</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C180" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D180" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E180" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="G180" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="H180" s="0" t="s">
-        <x:v>575</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I180" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J180" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K180" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:11">
       <x:c r="A181" s="0">
-        <x:v>680</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C181" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D181" s="0" t="s">
-        <x:v>577</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E181" s="0" t="s">
-        <x:v>578</x:v>
-[...2 lines deleted...]
-        <x:v>579</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="H181" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I181" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>592</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:11">
       <x:c r="A182" s="0">
-        <x:v>679</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C182" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D182" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E182" s="0" t="s">
-        <x:v>582</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="G182" s="0" t="s">
-        <x:v>583</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="H182" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I182" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="J182" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K182" s="0" t="s">
-        <x:v>584</x:v>
+        <x:v>594</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:11">
       <x:c r="A183" s="0">
-        <x:v>678</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C183" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D183" s="0" t="s">
-        <x:v>585</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E183" s="0" t="s">
-        <x:v>586</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>595</x:v>
+      </x:c>
+      <x:c r="H183" s="0" t="s">
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I183" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
-        <x:v>587</x:v>
+        <x:v>596</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:11">
       <x:c r="A184" s="0">
-        <x:v>677</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C184" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D184" s="0" t="s">
-        <x:v>588</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="E184" s="0" t="s">
-        <x:v>31</x:v>
-[...2 lines deleted...]
-        <x:v>31</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G184" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="H184" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I184" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J184" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="K184" s="0" t="s">
-        <x:v>587</x:v>
+        <x:v>599</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:11">
       <x:c r="A185" s="0">
-        <x:v>676</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C185" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D185" s="0" t="s">
-        <x:v>589</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E185" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>600</x:v>
+      </x:c>
+      <x:c r="F185" s="0" t="s">
+        <x:v>601</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="H185" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="I185" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
-        <x:v>587</x:v>
+        <x:v>603</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:11">
       <x:c r="A186" s="0">
-        <x:v>675</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C186" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D186" s="0" t="s">
-        <x:v>590</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="E186" s="0" t="s">
-        <x:v>591</x:v>
-[...2 lines deleted...]
-        <x:v>592</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="G186" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H186" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="I186" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="J186" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K186" s="0" t="s">
-        <x:v>587</x:v>
+        <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:11">
       <x:c r="A187" s="0">
-        <x:v>674</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C187" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D187" s="0" t="s">
-        <x:v>593</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E187" s="0" t="s">
-        <x:v>594</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="I187" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
-        <x:v>587</x:v>
+        <x:v>606</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:11">
       <x:c r="A188" s="0">
-        <x:v>673</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C188" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D188" s="0" t="s">
-        <x:v>595</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E188" s="0" t="s">
-        <x:v>594</x:v>
-[...2 lines deleted...]
-        <x:v>596</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="G188" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="H188" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="I188" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J188" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K188" s="0" t="s">
-        <x:v>597</x:v>
+        <x:v>608</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:11">
       <x:c r="A189" s="0">
-        <x:v>672</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C189" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D189" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="E189" s="0" t="s">
-        <x:v>598</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
-        <x:v>599</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="H189" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I189" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
-        <x:v>600</x:v>
+        <x:v>610</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:11">
       <x:c r="A190" s="0">
-        <x:v>671</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C190" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D190" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E190" s="0" t="s">
-        <x:v>23</x:v>
-[...2 lines deleted...]
-        <x:v>601</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="G190" s="0" t="s">
-        <x:v>602</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="H190" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I190" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J190" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K190" s="0" t="s">
-        <x:v>603</x:v>
+        <x:v>612</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:11">
       <x:c r="A191" s="0">
-        <x:v>670</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C191" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D191" s="0" t="s">
-        <x:v>604</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="E191" s="0" t="s">
-        <x:v>605</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
-        <x:v>606</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I191" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
-        <x:v>607</x:v>
+        <x:v>615</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:11">
       <x:c r="A192" s="0">
-        <x:v>667</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C192" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D192" s="0" t="s">
-        <x:v>608</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E192" s="0" t="s">
-        <x:v>609</x:v>
-[...2 lines deleted...]
-        <x:v>610</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="G192" s="0" t="s">
-        <x:v>611</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="H192" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="I192" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J192" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K192" s="0" t="s">
-        <x:v>612</x:v>
+        <x:v>617</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:11">
       <x:c r="A193" s="0">
-        <x:v>666</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C193" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="D193" s="0" t="s">
-        <x:v>613</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="E193" s="0" t="s">
-        <x:v>614</x:v>
+        <x:v>619</x:v>
+      </x:c>
+      <x:c r="F193" s="0" t="s">
+        <x:v>620</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I193" s="0" t="s">
-        <x:v>615</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>622</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:11">
       <x:c r="A194" s="0">
-        <x:v>665</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C194" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D194" s="0" t="s">
-        <x:v>617</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E194" s="0" t="s">
-        <x:v>614</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="G194" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="H194" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I194" s="0" t="s">
-        <x:v>615</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J194" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K194" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>625</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:11">
       <x:c r="A195" s="0">
-        <x:v>664</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C195" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D195" s="0" t="s">
-        <x:v>618</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="E195" s="0" t="s">
-        <x:v>614</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
-        <x:v>31</x:v>
-[...2 lines deleted...]
-        <x:v>53</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="I195" s="0" t="s">
-        <x:v>615</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
-        <x:v>619</x:v>
+        <x:v>628</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:11">
       <x:c r="A196" s="0">
-        <x:v>663</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C196" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D196" s="0" t="s">
-        <x:v>620</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="E196" s="0" t="s">
-        <x:v>621</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="F196" s="0" t="s">
-        <x:v>622</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G196" s="0" t="s">
-        <x:v>623</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="H196" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I196" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J196" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K196" s="0" t="s">
-        <x:v>624</x:v>
+        <x:v>628</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:11">
       <x:c r="A197" s="0">
-        <x:v>662</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C197" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D197" s="0" t="s">
-        <x:v>625</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="E197" s="0" t="s">
-        <x:v>626</x:v>
-[...2 lines deleted...]
-        <x:v>627</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="H197" s="0" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="I197" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J197" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="K197" s="0" t="s">
         <x:v>628</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>624</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:11">
       <x:c r="A198" s="0">
-        <x:v>661</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C198" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D198" s="0" t="s">
-        <x:v>629</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="E198" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>632</x:v>
+      </x:c>
+      <x:c r="F198" s="0" t="s">
+        <x:v>633</x:v>
       </x:c>
       <x:c r="G198" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="H198" s="0" t="s">
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I198" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J198" s="0" t="s">
-        <x:v>51</x:v>
-[...2 lines deleted...]
-        <x:v>630</x:v>
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="K198" s="0" t="s">
+        <x:v>628</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:11">
       <x:c r="A199" s="0">
-        <x:v>660</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C199" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D199" s="0" t="s">
-        <x:v>631</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="E199" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="H199" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I199" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
-        <x:v>51</x:v>
-[...2 lines deleted...]
-        <x:v>630</x:v>
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="K199" s="0" t="s">
+        <x:v>628</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:11">
       <x:c r="A200" s="0">
-        <x:v>659</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C200" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D200" s="0" t="s">
-        <x:v>632</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="E200" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>635</x:v>
+      </x:c>
+      <x:c r="F200" s="0" t="s">
+        <x:v>637</x:v>
       </x:c>
       <x:c r="G200" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="H200" s="0" t="s">
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I200" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J200" s="0" t="s">
-        <x:v>51</x:v>
-[...2 lines deleted...]
-        <x:v>630</x:v>
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="K200" s="0" t="s">
+        <x:v>638</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:11">
       <x:c r="A201" s="0">
-        <x:v>658</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C201" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D201" s="0" t="s">
-        <x:v>633</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E201" s="0" t="s">
-        <x:v>634</x:v>
-[...2 lines deleted...]
-        <x:v>635</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
-        <x:v>636</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I201" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
-        <x:v>637</x:v>
+        <x:v>641</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:11">
       <x:c r="A202" s="0">
-        <x:v>657</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C202" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="D202" s="0" t="s">
-        <x:v>638</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="E202" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="F202" s="0" t="s">
+        <x:v>642</x:v>
       </x:c>
       <x:c r="G202" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="H202" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I202" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="J202" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K202" s="0" t="s">
-        <x:v>640</x:v>
+        <x:v>644</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:11">
       <x:c r="A203" s="0">
-        <x:v>656</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C203" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D203" s="0" t="s">
-        <x:v>638</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="E203" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I203" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
-        <x:v>640</x:v>
+        <x:v>648</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:11">
       <x:c r="A204" s="0">
-        <x:v>655</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C204" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="D204" s="0" t="s">
-        <x:v>641</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="E204" s="0" t="s">
-        <x:v>642</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="F204" s="0" t="s">
-        <x:v>643</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="G204" s="0" t="s">
-        <x:v>644</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="H204" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I204" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J204" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K204" s="0" t="s">
-        <x:v>645</x:v>
+        <x:v>652</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:11">
       <x:c r="A205" s="0">
+        <x:v>666</x:v>
+      </x:c>
+      <x:c r="B205" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="C205" s="0" t="s">
+        <x:v>360</x:v>
+      </x:c>
+      <x:c r="D205" s="0" t="s">
+        <x:v>653</x:v>
+      </x:c>
+      <x:c r="E205" s="0" t="s">
         <x:v>654</x:v>
       </x:c>
-      <x:c r="B205" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G205" s="0" t="s">
-        <x:v>647</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="H205" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I205" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
-        <x:v>648</x:v>
+        <x:v>656</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:11">
       <x:c r="A206" s="0">
-        <x:v>653</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C206" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="D206" s="0" t="s">
-        <x:v>460</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="E206" s="0" t="s">
-        <x:v>649</x:v>
-[...2 lines deleted...]
-        <x:v>650</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="G206" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="H206" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I206" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="J206" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K206" s="0" t="s">
-        <x:v>651</x:v>
+        <x:v>656</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:11">
       <x:c r="A207" s="0">
-        <x:v>652</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C207" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="D207" s="0" t="s">
-        <x:v>460</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="E207" s="0" t="s">
-        <x:v>652</x:v>
-[...2 lines deleted...]
-        <x:v>653</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="H207" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I207" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
-        <x:v>651</x:v>
+        <x:v>659</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:11">
       <x:c r="A208" s="0">
-        <x:v>651</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C208" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D208" s="0" t="s">
-        <x:v>460</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="E208" s="0" t="s">
-        <x:v>654</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="F208" s="0" t="s">
-        <x:v>655</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="G208" s="0" t="s">
-        <x:v>656</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="H208" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I208" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J208" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K208" s="0" t="s">
-        <x:v>651</x:v>
+        <x:v>664</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:11">
       <x:c r="A209" s="0">
-        <x:v>650</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C209" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D209" s="0" t="s">
-        <x:v>657</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="E209" s="0" t="s">
-        <x:v>658</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="F209" s="0" t="s">
-        <x:v>659</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
-        <x:v>660</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="H209" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I209" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
-        <x:v>661</x:v>
+        <x:v>664</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:11">
       <x:c r="A210" s="0">
-        <x:v>649</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C210" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D210" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="E210" s="0" t="s">
-        <x:v>535</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G210" s="0" t="s">
-        <x:v>536</x:v>
-[...2 lines deleted...]
-        <x:v>537</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="I210" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J210" s="0" t="s">
-        <x:v>51</x:v>
-[...2 lines deleted...]
-        <x:v>662</x:v>
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="K210" s="2" t="s">
+        <x:v>670</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:11">
       <x:c r="A211" s="0">
-        <x:v>648</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C211" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D211" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="E211" s="0" t="s">
-        <x:v>663</x:v>
-[...2 lines deleted...]
-        <x:v>664</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
-        <x:v>665</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="H211" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I211" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
-        <x:v>51</x:v>
-[...2 lines deleted...]
-        <x:v>666</x:v>
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="K211" s="2" t="s">
+        <x:v>670</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:11">
       <x:c r="A212" s="0">
-        <x:v>647</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C212" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D212" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="E212" s="0" t="s">
-        <x:v>667</x:v>
-[...2 lines deleted...]
-        <x:v>668</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G212" s="0" t="s">
-        <x:v>669</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="I212" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J212" s="0" t="s">
-        <x:v>51</x:v>
-[...1 lines deleted...]
-      <x:c r="K212" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="K212" s="2" t="s">
         <x:v>670</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:11">
       <x:c r="A213" s="0">
-        <x:v>646</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C213" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D213" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="E213" s="0" t="s">
-        <x:v>437</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="F213" s="0" t="s">
-        <x:v>671</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="G213" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="H213" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I213" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
-        <x:v>672</x:v>
+        <x:v>677</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:11">
       <x:c r="A214" s="0">
-        <x:v>645</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C214" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D214" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="E214" s="0" t="s">
-        <x:v>673</x:v>
-[...2 lines deleted...]
-        <x:v>674</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="G214" s="0" t="s">
-        <x:v>675</x:v>
+        <x:v>397</x:v>
+      </x:c>
+      <x:c r="H214" s="0" t="s">
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I214" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J214" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="K214" s="0" t="s">
-        <x:v>603</x:v>
+        <x:v>680</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:11">
       <x:c r="A215" s="0">
-        <x:v>644</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C215" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D215" s="0" t="s">
-        <x:v>676</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="E215" s="0" t="s">
-        <x:v>677</x:v>
-[...2 lines deleted...]
-        <x:v>678</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
+        <x:v>397</x:v>
+      </x:c>
+      <x:c r="H215" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="I215" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J215" s="0" t="s">
         <x:v>679</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>26</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>680</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:11">
       <x:c r="A216" s="0">
-        <x:v>643</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C216" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="D216" s="0" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="E216" s="0" t="s">
         <x:v>682</x:v>
       </x:c>
+      <x:c r="F216" s="0" t="s">
+        <x:v>683</x:v>
+      </x:c>
       <x:c r="G216" s="0" t="s">
-        <x:v>683</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="H216" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I216" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J216" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K216" s="0" t="s">
-        <x:v>684</x:v>
+        <x:v>685</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:11">
       <x:c r="A217" s="0">
-        <x:v>642</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C217" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D217" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E217" s="0" t="s">
-        <x:v>685</x:v>
-[...1 lines deleted...]
-      <x:c r="F217" s="0" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="I217" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
-        <x:v>684</x:v>
+        <x:v>688</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:11">
       <x:c r="A218" s="0">
-        <x:v>641</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C218" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D218" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="E218" s="0" t="s">
-        <x:v>688</x:v>
+        <x:v>689</x:v>
+      </x:c>
+      <x:c r="F218" s="0" t="s">
+        <x:v>690</x:v>
       </x:c>
       <x:c r="G218" s="0" t="s">
-        <x:v>689</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H218" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I218" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="J218" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K218" s="0" t="s">
-        <x:v>690</x:v>
+        <x:v>691</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:11">
       <x:c r="A219" s="0">
-        <x:v>640</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C219" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D219" s="0" t="s">
+        <x:v>501</x:v>
+      </x:c>
+      <x:c r="E219" s="0" t="s">
+        <x:v>692</x:v>
+      </x:c>
+      <x:c r="F219" s="0" t="s">
+        <x:v>693</x:v>
+      </x:c>
+      <x:c r="G219" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="H219" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="I219" s="0" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="J219" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="K219" s="0" t="s">
         <x:v>691</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>692</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:11">
       <x:c r="A220" s="0">
-        <x:v>639</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C220" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D220" s="0" t="s">
-        <x:v>693</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="E220" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>694</x:v>
+      </x:c>
+      <x:c r="F220" s="0" t="s">
+        <x:v>695</x:v>
       </x:c>
       <x:c r="G220" s="0" t="s">
-        <x:v>694</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="H220" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="I220" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="J220" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K220" s="0" t="s">
-        <x:v>692</x:v>
+        <x:v>691</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:11">
       <x:c r="A221" s="0">
-        <x:v>638</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C221" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="D221" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="E221" s="0" t="s">
-        <x:v>695</x:v>
+        <x:v>698</x:v>
+      </x:c>
+      <x:c r="F221" s="0" t="s">
+        <x:v>699</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
-        <x:v>696</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="H221" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="I221" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
-        <x:v>680</x:v>
+        <x:v>701</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:11">
       <x:c r="A222" s="0">
-        <x:v>637</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C222" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D222" s="0" t="s">
-        <x:v>697</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="E222" s="0" t="s">
-        <x:v>698</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="G222" s="0" t="s">
-        <x:v>699</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="H222" s="0" t="s">
-        <x:v>470</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="I222" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J222" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K222" s="0" t="s">
-        <x:v>700</x:v>
+        <x:v>702</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:11">
       <x:c r="A223" s="0">
-        <x:v>636</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C223" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="D223" s="0" t="s">
-        <x:v>701</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="E223" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="F223" s="0" t="s">
-        <x:v>702</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
-        <x:v>703</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I223" s="0" t="s">
-        <x:v>704</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
-        <x:v>705</x:v>
+        <x:v>706</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:11">
       <x:c r="A224" s="0">
-        <x:v>635</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C224" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="D224" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="E224" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>707</x:v>
+      </x:c>
+      <x:c r="F224" s="0" t="s">
+        <x:v>708</x:v>
       </x:c>
       <x:c r="G224" s="0" t="s">
-        <x:v>706</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="H224" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I224" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="J224" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K224" s="0" t="s">
-        <x:v>707</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:11">
       <x:c r="A225" s="0">
-        <x:v>634</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C225" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="D225" s="0" t="s">
-        <x:v>708</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="E225" s="0" t="s">
-        <x:v>709</x:v>
+        <x:v>478</x:v>
+      </x:c>
+      <x:c r="F225" s="0" t="s">
+        <x:v>711</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
-        <x:v>709</x:v>
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="H225" s="0" t="s">
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I225" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
-        <x:v>710</x:v>
+        <x:v>712</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:11">
       <x:c r="A226" s="0">
-        <x:v>633</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C226" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="D226" s="0" t="s">
-        <x:v>711</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="E226" s="0" t="s">
-        <x:v>642</x:v>
+        <x:v>713</x:v>
+      </x:c>
+      <x:c r="F226" s="0" t="s">
+        <x:v>714</x:v>
       </x:c>
       <x:c r="G226" s="0" t="s">
-        <x:v>712</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="I226" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="J226" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K226" s="0" t="s">
-        <x:v>713</x:v>
+        <x:v>644</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:11">
       <x:c r="A227" s="0">
-        <x:v>632</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C227" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D227" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="E227" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>717</x:v>
+      </x:c>
+      <x:c r="F227" s="0" t="s">
+        <x:v>718</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
-        <x:v>714</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="H227" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I227" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
-        <x:v>715</x:v>
+        <x:v>720</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:11">
       <x:c r="A228" s="0">
-        <x:v>631</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C228" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D228" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="E228" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="G228" s="0" t="s">
-        <x:v>716</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="H228" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I228" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="J228" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K228" s="0" t="s">
-        <x:v>717</x:v>
+        <x:v>724</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:11">
       <x:c r="A229" s="0">
-        <x:v>630</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C229" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D229" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="E229" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>725</x:v>
+      </x:c>
+      <x:c r="F229" s="0" t="s">
+        <x:v>726</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="H229" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I229" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
-        <x:v>718</x:v>
+        <x:v>724</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:11">
       <x:c r="A230" s="0">
-        <x:v>629</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C230" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D230" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="E230" s="0" t="s">
-        <x:v>634</x:v>
-[...2 lines deleted...]
-        <x:v>635</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="G230" s="0" t="s">
-        <x:v>636</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="H230" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I230" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="J230" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K230" s="0" t="s">
-        <x:v>719</x:v>
+        <x:v>730</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:11">
       <x:c r="A231" s="0">
-        <x:v>628</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C231" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D231" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="E231" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
-        <x:v>720</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="H231" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I231" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
-        <x:v>721</x:v>
+        <x:v>732</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:11">
       <x:c r="A232" s="0">
-        <x:v>627</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C232" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D232" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="E232" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="G232" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="H232" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I232" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="J232" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K232" s="0" t="s">
-        <x:v>718</x:v>
+        <x:v>732</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:11">
       <x:c r="A233" s="0">
-        <x:v>626</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C233" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D233" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="E233" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
-        <x:v>722</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="H233" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I233" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
-        <x:v>723</x:v>
+        <x:v>720</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:11">
       <x:c r="A234" s="0">
-        <x:v>625</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C234" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="D234" s="0" t="s">
-        <x:v>724</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="E234" s="0" t="s">
-        <x:v>725</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="G234" s="0" t="s">
-        <x:v>726</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="H234" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="I234" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J234" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K234" s="0" t="s">
-        <x:v>727</x:v>
+        <x:v>740</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:11">
       <x:c r="A235" s="0">
-        <x:v>624</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C235" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="D235" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="E235" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="F235" s="0" t="s">
+        <x:v>742</x:v>
       </x:c>
       <x:c r="G235" s="0" t="s">
-        <x:v>728</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="H235" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I235" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
-        <x:v>729</x:v>
+        <x:v>745</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:11">
       <x:c r="A236" s="0">
-        <x:v>623</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C236" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D236" s="0" t="s">
-        <x:v>730</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="E236" s="0" t="s">
-        <x:v>731</x:v>
-[...2 lines deleted...]
-        <x:v>732</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="G236" s="0" t="s">
-        <x:v>733</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="H236" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="I236" s="0" t="s">
-        <x:v>734</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J236" s="0" t="s">
-        <x:v>735</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K236" s="0" t="s">
-        <x:v>736</x:v>
+        <x:v>747</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:11">
       <x:c r="A237" s="0">
-        <x:v>622</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C237" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="D237" s="0" t="s">
-        <x:v>737</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="E237" s="0" t="s">
-        <x:v>81</x:v>
-[...2 lines deleted...]
-        <x:v>702</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
-        <x:v>738</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="I237" s="0" t="s">
-        <x:v>739</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
-        <x:v>740</x:v>
+        <x:v>750</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:11">
       <x:c r="A238" s="0">
-        <x:v>621</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C238" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="D238" s="0" t="s">
-        <x:v>741</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="E238" s="0" t="s">
-        <x:v>742</x:v>
-[...2 lines deleted...]
-        <x:v>31</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="G238" s="0" t="s">
-        <x:v>743</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="H238" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I238" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J238" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K238" s="0" t="s">
-        <x:v>744</x:v>
+        <x:v>753</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:11">
       <x:c r="A239" s="0">
-        <x:v>620</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C239" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D239" s="0" t="s">
-        <x:v>745</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E239" s="0" t="s">
-        <x:v>746</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
-        <x:v>747</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="H239" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I239" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
-        <x:v>744</x:v>
+        <x:v>755</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:11">
       <x:c r="A240" s="0">
-        <x:v>619</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C240" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D240" s="0" t="s">
-        <x:v>748</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E240" s="0" t="s">
-        <x:v>731</x:v>
-[...2 lines deleted...]
-        <x:v>732</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="G240" s="0" t="s">
-        <x:v>749</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="H240" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="I240" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J240" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K240" s="0" t="s">
-        <x:v>750</x:v>
+        <x:v>757</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:11">
       <x:c r="A241" s="0">
-        <x:v>618</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C241" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D241" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E241" s="0" t="s">
-        <x:v>751</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
-        <x:v>752</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="H241" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I241" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
-        <x:v>680</x:v>
+        <x:v>758</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:11">
       <x:c r="A242" s="0">
-        <x:v>617</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C242" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D242" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="E242" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>674</x:v>
+      </x:c>
+      <x:c r="F242" s="0" t="s">
+        <x:v>675</x:v>
       </x:c>
       <x:c r="G242" s="0" t="s">
-        <x:v>753</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="H242" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I242" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J242" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K242" s="0" t="s">
-        <x:v>754</x:v>
+        <x:v>759</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:11">
       <x:c r="A243" s="0">
-        <x:v>616</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C243" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D243" s="0" t="s">
-        <x:v>755</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E243" s="0" t="s">
-        <x:v>388</x:v>
-[...2 lines deleted...]
-        <x:v>388</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
-        <x:v>756</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="H243" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I243" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
-        <x:v>757</x:v>
+        <x:v>761</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:11">
       <x:c r="A244" s="0">
-        <x:v>615</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C244" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D244" s="0" t="s">
-        <x:v>518</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E244" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="G244" s="0" t="s">
+        <x:v>584</x:v>
+      </x:c>
+      <x:c r="H244" s="0" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="I244" s="0" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="J244" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="K244" s="0" t="s">
         <x:v>758</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>759</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:11">
       <x:c r="A245" s="0">
-        <x:v>614</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C245" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D245" s="0" t="s">
-        <x:v>760</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E245" s="0" t="s">
-        <x:v>634</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
-        <x:v>761</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="H245" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I245" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
-        <x:v>762</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:11">
       <x:c r="A246" s="0">
-        <x:v>613</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C246" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="D246" s="0" t="s">
-        <x:v>763</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="E246" s="0" t="s">
-        <x:v>254</x:v>
-[...2 lines deleted...]
-        <x:v>764</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="G246" s="0" t="s">
-        <x:v>765</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="H246" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I246" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J246" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K246" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>767</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:11">
       <x:c r="A247" s="0">
-        <x:v>612</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C247" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D247" s="0" t="s">
-        <x:v>691</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E247" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="H247" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="I247" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
-        <x:v>692</x:v>
+        <x:v>769</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:11">
       <x:c r="A248" s="0">
-        <x:v>611</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C248" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="D248" s="0" t="s">
-        <x:v>766</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="E248" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>771</x:v>
+      </x:c>
+      <x:c r="F248" s="0" t="s">
+        <x:v>772</x:v>
       </x:c>
       <x:c r="G248" s="0" t="s">
-        <x:v>767</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="H248" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="I248" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="J248" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="K248" s="0" t="s">
-        <x:v>692</x:v>
+        <x:v>776</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:11">
       <x:c r="A249" s="0">
-        <x:v>610</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C249" s="0" t="s">
-        <x:v>768</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="D249" s="0" t="s">
-        <x:v>769</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="E249" s="0" t="s">
-        <x:v>770</x:v>
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="F249" s="0" t="s">
+        <x:v>742</x:v>
       </x:c>
       <x:c r="G249" s="0" t="s">
-        <x:v>771</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="H249" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I249" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
-        <x:v>772</x:v>
+        <x:v>780</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:11">
       <x:c r="A250" s="0">
-        <x:v>609</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C250" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D250" s="0" t="s">
-        <x:v>773</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="E250" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>782</x:v>
+      </x:c>
+      <x:c r="F250" s="0" t="s">
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G250" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="H250" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I250" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J250" s="0" t="s">
-        <x:v>774</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K250" s="0" t="s">
-        <x:v>775</x:v>
+        <x:v>784</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:11">
       <x:c r="A251" s="0">
-        <x:v>607</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C251" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D251" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="E251" s="0" t="s">
-        <x:v>535</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
-        <x:v>776</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="H251" s="0" t="s">
-        <x:v>537</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I251" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
-        <x:v>777</x:v>
+        <x:v>784</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:11">
       <x:c r="A252" s="0">
-        <x:v>606</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C252" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="D252" s="0" t="s">
-        <x:v>518</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="E252" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>771</x:v>
+      </x:c>
+      <x:c r="F252" s="0" t="s">
+        <x:v>772</x:v>
       </x:c>
       <x:c r="G252" s="0" t="s">
-        <x:v>778</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="H252" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="I252" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J252" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K252" s="0" t="s">
-        <x:v>779</x:v>
+        <x:v>790</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:11">
       <x:c r="A253" s="0">
-        <x:v>605</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C253" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D253" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="E253" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
-        <x:v>780</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="H253" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I253" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
-        <x:v>781</x:v>
+        <x:v>720</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:11">
       <x:c r="A254" s="0">
-        <x:v>604</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C254" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D254" s="0" t="s">
-        <x:v>518</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E254" s="0" t="s">
-        <x:v>782</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="G254" s="0" t="s">
-        <x:v>783</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="H254" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="I254" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J254" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K254" s="0" t="s">
-        <x:v>784</x:v>
+        <x:v>794</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:11">
       <x:c r="A255" s="0">
-        <x:v>603</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C255" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="D255" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="E255" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="F255" s="0" t="s">
+        <x:v>42</x:v>
       </x:c>
       <x:c r="G255" s="0" t="s">
-        <x:v>785</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="H255" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I255" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J255" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
-        <x:v>781</x:v>
+        <x:v>797</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:11">
       <x:c r="A256" s="0">
-        <x:v>601</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C256" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D256" s="0" t="s">
-        <x:v>518</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="E256" s="0" t="s">
-        <x:v>786</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="G256" s="0" t="s">
-        <x:v>787</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="H256" s="0" t="s">
-        <x:v>516</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="I256" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J256" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K256" s="0" t="s">
-        <x:v>788</x:v>
+        <x:v>799</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:11">
       <x:c r="A257" s="0">
-        <x:v>600</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C257" s="0" t="s">
-        <x:v>789</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D257" s="0" t="s">
-        <x:v>790</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="E257" s="0" t="s">
-        <x:v>791</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
-        <x:v>792</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="H257" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I257" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
-        <x:v>793</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
-        <x:v>794</x:v>
+        <x:v>802</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:11">
       <x:c r="A258" s="0">
-        <x:v>599</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C258" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D258" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="E258" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="F258" s="0" t="s">
+        <x:v>804</x:v>
       </x:c>
       <x:c r="G258" s="0" t="s">
-        <x:v>795</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="H258" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I258" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J258" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K258" s="0" t="s">
-        <x:v>796</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:11">
       <x:c r="A259" s="0">
-        <x:v>598</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C259" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D259" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="E259" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
-        <x:v>797</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="H259" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I259" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
-        <x:v>798</x:v>
+        <x:v>732</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:11">
       <x:c r="A260" s="0">
-        <x:v>597</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C260" s="0" t="s">
-        <x:v>789</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D260" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="E260" s="0" t="s">
-        <x:v>800</x:v>
-[...2 lines deleted...]
-        <x:v>801</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="G260" s="0" t="s">
-        <x:v>802</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="H260" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I260" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J260" s="0" t="s">
-        <x:v>793</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K260" s="0" t="s">
-        <x:v>803</x:v>
+        <x:v>732</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:11">
       <x:c r="A261" s="0">
-        <x:v>596</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C261" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="D261" s="0" t="s">
-        <x:v>804</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="E261" s="0" t="s">
-        <x:v>23</x:v>
-[...2 lines deleted...]
-        <x:v>805</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
-        <x:v>806</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="H261" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I261" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
-        <x:v>807</x:v>
+        <x:v>812</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:11">
       <x:c r="A262" s="0">
-        <x:v>595</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C262" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D262" s="0" t="s">
-        <x:v>808</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="E262" s="0" t="s">
-        <x:v>809</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="G262" s="0" t="s">
-        <x:v>810</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="H262" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I262" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J262" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="K262" s="0" t="s">
-        <x:v>811</x:v>
+        <x:v>815</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:11">
       <x:c r="A263" s="0">
-        <x:v>594</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C263" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D263" s="0" t="s">
-        <x:v>812</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E263" s="0" t="s">
-        <x:v>813</x:v>
-[...2 lines deleted...]
-        <x:v>814</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="G263" s="0" t="s">
-        <x:v>815</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="H263" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="I263" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
-        <x:v>816</x:v>
+        <x:v>817</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:11">
       <x:c r="A264" s="0">
-        <x:v>593</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C264" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D264" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="E264" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="G264" s="0" t="s">
-        <x:v>817</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="H264" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="I264" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J264" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K264" s="0" t="s">
-        <x:v>818</x:v>
+        <x:v>819</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:11">
       <x:c r="A265" s="0">
-        <x:v>592</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C265" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D265" s="0" t="s">
-        <x:v>518</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E265" s="0" t="s">
-        <x:v>819</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
         <x:v>820</x:v>
       </x:c>
+      <x:c r="H265" s="0" t="s">
+        <x:v>108</x:v>
+      </x:c>
       <x:c r="I265" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>821</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:11">
       <x:c r="A266" s="0">
-        <x:v>591</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C266" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D266" s="0" t="s">
+        <x:v>559</x:v>
+      </x:c>
+      <x:c r="E266" s="0" t="s">
         <x:v>822</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>81</x:v>
       </x:c>
       <x:c r="G266" s="0" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="H266" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="I266" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J266" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K266" s="0" t="s">
         <x:v>824</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:11">
       <x:c r="A267" s="0">
-        <x:v>590</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C267" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D267" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E267" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
         <x:v>825</x:v>
       </x:c>
       <x:c r="H267" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I267" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
-        <x:v>826</x:v>
+        <x:v>821</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:11">
       <x:c r="A268" s="0">
-        <x:v>589</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C268" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D268" s="0" t="s">
-        <x:v>518</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="E268" s="0" t="s">
-        <x:v>819</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="G268" s="0" t="s">
         <x:v>827</x:v>
       </x:c>
       <x:c r="H268" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="I268" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J268" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K268" s="0" t="s">
-        <x:v>821</x:v>
+        <x:v>828</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:11">
       <x:c r="A269" s="0">
-        <x:v>588</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C269" s="0" t="s">
-        <x:v>348</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="D269" s="0" t="s">
-        <x:v>828</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="E269" s="0" t="s">
-        <x:v>829</x:v>
-[...2 lines deleted...]
-        <x:v>388</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
-        <x:v>830</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="H269" s="0" t="s">
-        <x:v>831</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I269" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
-        <x:v>832</x:v>
+        <x:v>834</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:11">
       <x:c r="A270" s="0">
-        <x:v>587</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C270" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D270" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E270" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="G270" s="0" t="s">
-        <x:v>833</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="H270" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I270" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J270" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K270" s="0" t="s">
-        <x:v>834</x:v>
+        <x:v>836</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:11">
       <x:c r="A271" s="0">
-        <x:v>586</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C271" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D271" s="0" t="s">
-        <x:v>518</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E271" s="0" t="s">
-        <x:v>819</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
-        <x:v>835</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="H271" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I271" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
-        <x:v>836</x:v>
+        <x:v>838</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:11">
       <x:c r="A272" s="0">
-        <x:v>585</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C272" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="D272" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="E272" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>840</x:v>
+      </x:c>
+      <x:c r="F272" s="0" t="s">
+        <x:v>841</x:v>
       </x:c>
       <x:c r="G272" s="0" t="s">
-        <x:v>837</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="H272" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I272" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J272" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="K272" s="0" t="s">
-        <x:v>838</x:v>
+        <x:v>843</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:11">
       <x:c r="A273" s="0">
-        <x:v>584</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C273" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="D273" s="0" t="s">
-        <x:v>839</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="E273" s="0" t="s">
-        <x:v>840</x:v>
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="F273" s="0" t="s">
+        <x:v>845</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
-        <x:v>841</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="H273" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I273" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
-        <x:v>842</x:v>
+        <x:v>847</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:11">
       <x:c r="A274" s="0">
-        <x:v>583</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C274" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="D274" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="E274" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="G274" s="0" t="s">
-        <x:v>843</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="H274" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I274" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J274" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K274" s="0" t="s">
-        <x:v>844</x:v>
+        <x:v>851</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:11">
       <x:c r="A275" s="0">
-        <x:v>582</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C275" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="D275" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="E275" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>853</x:v>
+      </x:c>
+      <x:c r="F275" s="0" t="s">
+        <x:v>854</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
-        <x:v>845</x:v>
+        <x:v>855</x:v>
       </x:c>
       <x:c r="H275" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I275" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
-        <x:v>846</x:v>
+        <x:v>856</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:11">
       <x:c r="A276" s="0">
-        <x:v>581</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C276" s="0" t="s">
-        <x:v>789</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D276" s="0" t="s">
-        <x:v>847</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E276" s="0" t="s">
-        <x:v>848</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="G276" s="0" t="s">
-        <x:v>849</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="H276" s="0" t="s">
-        <x:v>850</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="I276" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J276" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K276" s="0" t="s">
-        <x:v>851</x:v>
+        <x:v>858</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:11">
       <x:c r="A277" s="0">
-        <x:v>580</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C277" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D277" s="0" t="s">
-        <x:v>852</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="E277" s="0" t="s">
-        <x:v>853</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
-        <x:v>854</x:v>
-[...2 lines deleted...]
-        <x:v>855</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="I277" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J277" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
-        <x:v>856</x:v>
+        <x:v>861</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:11">
       <x:c r="A278" s="0">
-        <x:v>578</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C278" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="D278" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="E278" s="0" t="s">
-        <x:v>857</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G278" s="0" t="s">
-        <x:v>858</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="H278" s="0" t="s">
-        <x:v>458</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I278" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J278" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K278" s="0" t="s">
-        <x:v>859</x:v>
+        <x:v>864</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:11">
       <x:c r="A279" s="0">
-        <x:v>577</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C279" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D279" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E279" s="0" t="s">
-        <x:v>535</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="G279" s="0" t="s">
-        <x:v>860</x:v>
+        <x:v>865</x:v>
       </x:c>
       <x:c r="H279" s="0" t="s">
-        <x:v>537</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="I279" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J279" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
-        <x:v>861</x:v>
+        <x:v>866</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:11">
       <x:c r="A280" s="0">
-        <x:v>576</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C280" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D280" s="0" t="s">
-        <x:v>862</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="E280" s="0" t="s">
-        <x:v>863</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="G280" s="0" t="s">
-        <x:v>864</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="H280" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="I280" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J280" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K280" s="0" t="s">
-        <x:v>865</x:v>
+        <x:v>861</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:11">
       <x:c r="A281" s="0">
-        <x:v>575</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C281" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="D281" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="E281" s="0" t="s">
-        <x:v>866</x:v>
+        <x:v>869</x:v>
+      </x:c>
+      <x:c r="F281" s="0" t="s">
+        <x:v>42</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
-        <x:v>867</x:v>
+        <x:v>870</x:v>
       </x:c>
       <x:c r="H281" s="0" t="s">
-        <x:v>516</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="I281" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J281" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
-        <x:v>868</x:v>
+        <x:v>872</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:11">
       <x:c r="A282" s="0">
-        <x:v>573</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C282" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D282" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E282" s="0" t="s">
-        <x:v>869</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="G282" s="0" t="s">
-        <x:v>825</x:v>
+        <x:v>873</x:v>
       </x:c>
       <x:c r="H282" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="I282" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J282" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K282" s="0" t="s">
-        <x:v>870</x:v>
+        <x:v>874</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:11">
       <x:c r="A283" s="0">
-        <x:v>572</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C283" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D283" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="E283" s="0" t="s">
-        <x:v>709</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="G283" s="0" t="s">
-        <x:v>871</x:v>
+        <x:v>875</x:v>
       </x:c>
       <x:c r="H283" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I283" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J283" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
-        <x:v>872</x:v>
+        <x:v>876</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:11">
       <x:c r="A284" s="0">
-        <x:v>571</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C284" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D284" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E284" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="G284" s="0" t="s">
-        <x:v>873</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H284" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I284" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J284" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K284" s="0" t="s">
-        <x:v>874</x:v>
+        <x:v>878</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:11">
       <x:c r="A285" s="0">
-        <x:v>570</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C285" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D285" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="E285" s="0" t="s">
-        <x:v>866</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="G285" s="0" t="s">
-        <x:v>875</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="H285" s="0" t="s">
-        <x:v>516</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="I285" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J285" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
-        <x:v>876</x:v>
+        <x:v>882</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:11">
       <x:c r="A286" s="0">
-        <x:v>569</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C286" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D286" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E286" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="G286" s="0" t="s">
-        <x:v>877</x:v>
+        <x:v>883</x:v>
       </x:c>
       <x:c r="H286" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I286" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J286" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K286" s="0" t="s">
-        <x:v>878</x:v>
+        <x:v>884</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:11">
       <x:c r="A287" s="0">
-        <x:v>568</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C287" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D287" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E287" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="G287" s="0" t="s">
-        <x:v>879</x:v>
+        <x:v>885</x:v>
       </x:c>
       <x:c r="H287" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I287" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J287" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
-        <x:v>880</x:v>
+        <x:v>886</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:11">
       <x:c r="A288" s="0">
-        <x:v>567</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C288" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="D288" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="E288" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>888</x:v>
       </x:c>
       <x:c r="G288" s="0" t="s">
-        <x:v>881</x:v>
+        <x:v>889</x:v>
       </x:c>
       <x:c r="H288" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>890</x:v>
       </x:c>
       <x:c r="I288" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J288" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K288" s="0" t="s">
-        <x:v>882</x:v>
+        <x:v>891</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:11">
       <x:c r="A289" s="0">
-        <x:v>565</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C289" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D289" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>892</x:v>
       </x:c>
       <x:c r="E289" s="0" t="s">
-        <x:v>883</x:v>
+        <x:v>893</x:v>
       </x:c>
       <x:c r="G289" s="0" t="s">
-        <x:v>884</x:v>
+        <x:v>894</x:v>
       </x:c>
       <x:c r="H289" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>895</x:v>
       </x:c>
       <x:c r="I289" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
-        <x:v>885</x:v>
+        <x:v>896</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:11">
       <x:c r="A290" s="0">
-        <x:v>563</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C290" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D290" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E290" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>897</x:v>
       </x:c>
       <x:c r="G290" s="0" t="s">
-        <x:v>886</x:v>
+        <x:v>898</x:v>
       </x:c>
       <x:c r="H290" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="I290" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J290" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K290" s="0" t="s">
-        <x:v>887</x:v>
+        <x:v>899</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:11">
       <x:c r="A291" s="0">
-        <x:v>562</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C291" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D291" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="E291" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="G291" s="0" t="s">
-        <x:v>888</x:v>
+        <x:v>900</x:v>
       </x:c>
       <x:c r="H291" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="I291" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J291" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
-        <x:v>889</x:v>
+        <x:v>901</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:11">
       <x:c r="A292" s="0">
-        <x:v>561</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C292" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="D292" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>902</x:v>
       </x:c>
       <x:c r="E292" s="0" t="s">
-        <x:v>890</x:v>
+        <x:v>903</x:v>
       </x:c>
       <x:c r="G292" s="0" t="s">
-        <x:v>891</x:v>
+        <x:v>904</x:v>
       </x:c>
       <x:c r="H292" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I292" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J292" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K292" s="0" t="s">
-        <x:v>892</x:v>
+        <x:v>905</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:11">
       <x:c r="A293" s="0">
-        <x:v>560</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C293" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D293" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E293" s="0" t="s">
-        <x:v>646</x:v>
+        <x:v>906</x:v>
       </x:c>
       <x:c r="G293" s="0" t="s">
-        <x:v>893</x:v>
+        <x:v>907</x:v>
       </x:c>
       <x:c r="H293" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="I293" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J293" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
-        <x:v>894</x:v>
+        <x:v>908</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:11">
       <x:c r="A294" s="0">
-        <x:v>559</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C294" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D294" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E294" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>909</x:v>
       </x:c>
       <x:c r="G294" s="0" t="s">
-        <x:v>895</x:v>
+        <x:v>865</x:v>
       </x:c>
       <x:c r="H294" s="0" t="s">
-        <x:v>516</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="I294" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J294" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K294" s="0" t="s">
-        <x:v>896</x:v>
+        <x:v>910</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:11">
       <x:c r="A295" s="0">
-        <x:v>557</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C295" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="D295" s="0" t="s">
+        <x:v>477</x:v>
+      </x:c>
+      <x:c r="E295" s="0" t="s">
+        <x:v>749</x:v>
+      </x:c>
+      <x:c r="G295" s="0" t="s">
+        <x:v>911</x:v>
+      </x:c>
+      <x:c r="H295" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="I295" s="0" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="J295" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="D295" s="0" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K295" s="0" t="s">
-        <x:v>898</x:v>
+        <x:v>912</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:11">
       <x:c r="A296" s="0">
-        <x:v>556</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C296" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D296" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E296" s="0" t="s">
-        <x:v>899</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="G296" s="0" t="s">
-        <x:v>900</x:v>
+        <x:v>913</x:v>
       </x:c>
       <x:c r="H296" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="I296" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J296" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K296" s="0" t="s">
-        <x:v>901</x:v>
+        <x:v>914</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:11">
       <x:c r="A297" s="0">
-        <x:v>552</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C297" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D297" s="0" t="s">
-        <x:v>902</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E297" s="0" t="s">
-        <x:v>903</x:v>
+        <x:v>906</x:v>
       </x:c>
       <x:c r="G297" s="0" t="s">
-        <x:v>904</x:v>
+        <x:v>915</x:v>
       </x:c>
       <x:c r="H297" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="I297" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J297" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
-        <x:v>905</x:v>
+        <x:v>916</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:11">
       <x:c r="A298" s="0">
-        <x:v>551</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C298" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D298" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E298" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="G298" s="0" t="s">
-        <x:v>906</x:v>
+        <x:v>917</x:v>
       </x:c>
       <x:c r="H298" s="0" t="s">
-        <x:v>470</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="I298" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J298" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K298" s="0" t="s">
-        <x:v>907</x:v>
+        <x:v>918</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:11">
       <x:c r="A299" s="0">
-        <x:v>550</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C299" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D299" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E299" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="G299" s="0" t="s">
-        <x:v>908</x:v>
+        <x:v>919</x:v>
       </x:c>
       <x:c r="H299" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="I299" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J299" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
-        <x:v>909</x:v>
+        <x:v>920</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:11">
       <x:c r="A300" s="0">
-        <x:v>549</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C300" s="0" t="s">
-        <x:v>789</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D300" s="0" t="s">
-        <x:v>910</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E300" s="0" t="s">
-        <x:v>911</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="G300" s="0" t="s">
-        <x:v>912</x:v>
+        <x:v>921</x:v>
       </x:c>
       <x:c r="H300" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="I300" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J300" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K300" s="0" t="s">
-        <x:v>913</x:v>
+        <x:v>922</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:11">
       <x:c r="A301" s="0">
-        <x:v>548</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C301" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D301" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E301" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="G301" s="0" t="s">
-        <x:v>914</x:v>
+        <x:v>924</x:v>
       </x:c>
       <x:c r="H301" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I301" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J301" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
-        <x:v>915</x:v>
+        <x:v>925</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:11">
       <x:c r="A302" s="0">
-        <x:v>547</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C302" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D302" s="0" t="s">
-        <x:v>916</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E302" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="G302" s="0" t="s">
-        <x:v>917</x:v>
+        <x:v>926</x:v>
       </x:c>
       <x:c r="H302" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I302" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J302" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K302" s="0" t="s">
-        <x:v>918</x:v>
+        <x:v>927</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:11">
       <x:c r="A303" s="0">
-        <x:v>546</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C303" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D303" s="0" t="s">
-        <x:v>919</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E303" s="0" t="s">
-        <x:v>709</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="G303" s="0" t="s">
-        <x:v>920</x:v>
+        <x:v>928</x:v>
       </x:c>
       <x:c r="H303" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I303" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J303" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
-        <x:v>921</x:v>
+        <x:v>929</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:11">
       <x:c r="A304" s="0">
-        <x:v>545</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C304" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D304" s="0" t="s">
-        <x:v>919</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E304" s="0" t="s">
-        <x:v>709</x:v>
+        <x:v>930</x:v>
       </x:c>
       <x:c r="G304" s="0" t="s">
-        <x:v>922</x:v>
+        <x:v>931</x:v>
       </x:c>
       <x:c r="H304" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I304" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J304" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K304" s="0" t="s">
-        <x:v>872</x:v>
+        <x:v>932</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:11">
       <x:c r="A305" s="0">
-        <x:v>544</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C305" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D305" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E305" s="0" t="s">
-        <x:v>709</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="G305" s="0" t="s">
-        <x:v>923</x:v>
+        <x:v>933</x:v>
+      </x:c>
+      <x:c r="H305" s="0" t="s">
+        <x:v>325</x:v>
       </x:c>
       <x:c r="I305" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J305" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
-        <x:v>872</x:v>
+        <x:v>934</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:11">
       <x:c r="A306" s="0">
-        <x:v>543</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C306" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D306" s="0" t="s">
-        <x:v>919</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E306" s="0" t="s">
-        <x:v>709</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="G306" s="0" t="s">
-        <x:v>924</x:v>
+        <x:v>935</x:v>
       </x:c>
       <x:c r="H306" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="I306" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J306" s="0" t="s">
-        <x:v>337</x:v>
-[...2 lines deleted...]
-        <x:v>925</x:v>
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="K306" s="0" t="s">
+        <x:v>936</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:11">
       <x:c r="A307" s="0">
-        <x:v>542</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C307" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D307" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E307" s="0" t="s">
-        <x:v>709</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="G307" s="0" t="s">
-        <x:v>926</x:v>
+        <x:v>937</x:v>
       </x:c>
       <x:c r="H307" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I307" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J307" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
-        <x:v>872</x:v>
+        <x:v>938</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:11">
       <x:c r="A308" s="0">
-        <x:v>541</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C308" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D308" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E308" s="0" t="s">
-        <x:v>927</x:v>
+        <x:v>939</x:v>
       </x:c>
       <x:c r="G308" s="0" t="s">
-        <x:v>928</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="H308" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="I308" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J308" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K308" s="0" t="s">
-        <x:v>929</x:v>
+        <x:v>941</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:11">
       <x:c r="A309" s="0">
-        <x:v>540</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C309" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D309" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>942</x:v>
       </x:c>
       <x:c r="E309" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>943</x:v>
       </x:c>
       <x:c r="G309" s="0" t="s">
-        <x:v>930</x:v>
+        <x:v>944</x:v>
       </x:c>
       <x:c r="H309" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="I309" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J309" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
-        <x:v>931</x:v>
+        <x:v>945</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:11">
       <x:c r="A310" s="0">
-        <x:v>539</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C310" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D310" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E310" s="0" t="s">
-        <x:v>932</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="G310" s="0" t="s">
-        <x:v>933</x:v>
+        <x:v>946</x:v>
       </x:c>
       <x:c r="H310" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="I310" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J310" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K310" s="0" t="s">
-        <x:v>934</x:v>
+        <x:v>947</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:11">
       <x:c r="A311" s="0">
-        <x:v>538</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C311" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D311" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="E311" s="0" t="s">
-        <x:v>935</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="G311" s="0" t="s">
-        <x:v>936</x:v>
+        <x:v>948</x:v>
       </x:c>
       <x:c r="H311" s="0" t="s">
-        <x:v>537</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I311" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J311" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
-        <x:v>937</x:v>
+        <x:v>949</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:11">
       <x:c r="A312" s="0">
-        <x:v>537</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C312" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="D312" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>950</x:v>
       </x:c>
       <x:c r="E312" s="0" t="s">
-        <x:v>938</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="G312" s="0" t="s">
-        <x:v>939</x:v>
+        <x:v>952</x:v>
       </x:c>
       <x:c r="H312" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I312" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="J312" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K312" s="0" t="s">
-        <x:v>940</x:v>
+        <x:v>953</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:11">
       <x:c r="A313" s="0">
-        <x:v>536</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C313" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D313" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E313" s="0" t="s">
-        <x:v>941</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="G313" s="0" t="s">
-        <x:v>942</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="H313" s="0" t="s">
-        <x:v>470</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I313" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J313" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
-        <x:v>943</x:v>
+        <x:v>955</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:11">
       <x:c r="A314" s="0">
-        <x:v>535</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C314" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="D314" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>956</x:v>
       </x:c>
       <x:c r="E314" s="0" t="s">
-        <x:v>944</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G314" s="0" t="s">
-        <x:v>945</x:v>
+        <x:v>957</x:v>
       </x:c>
       <x:c r="H314" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I314" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J314" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K314" s="0" t="s">
-        <x:v>946</x:v>
+        <x:v>958</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:11">
       <x:c r="A315" s="0">
-        <x:v>534</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C315" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="D315" s="0" t="s">
-        <x:v>947</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="E315" s="0" t="s">
-        <x:v>948</x:v>
-[...2 lines deleted...]
-        <x:v>949</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="G315" s="0" t="s">
-        <x:v>950</x:v>
+        <x:v>960</x:v>
       </x:c>
       <x:c r="H315" s="0" t="s">
-        <x:v>951</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I315" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="J315" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
-        <x:v>952</x:v>
+        <x:v>961</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:11">
       <x:c r="A316" s="0">
-        <x:v>533</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C316" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="D316" s="0" t="s">
+        <x:v>959</x:v>
+      </x:c>
+      <x:c r="E316" s="0" t="s">
+        <x:v>749</x:v>
+      </x:c>
+      <x:c r="G316" s="0" t="s">
+        <x:v>962</x:v>
+      </x:c>
+      <x:c r="H316" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="I316" s="0" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="J316" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="D316" s="0" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K316" s="0" t="s">
-        <x:v>955</x:v>
+        <x:v>912</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:11">
       <x:c r="A317" s="0">
-        <x:v>532</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C317" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="D317" s="0" t="s">
+        <x:v>477</x:v>
+      </x:c>
+      <x:c r="E317" s="0" t="s">
+        <x:v>749</x:v>
+      </x:c>
+      <x:c r="G317" s="0" t="s">
+        <x:v>963</x:v>
+      </x:c>
+      <x:c r="I317" s="0" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="J317" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="D317" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="K317" s="0" t="s">
-        <x:v>957</x:v>
+        <x:v>912</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:11">
       <x:c r="A318" s="0">
-        <x:v>531</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C318" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="D318" s="0" t="s">
-        <x:v>958</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="E318" s="0" t="s">
-        <x:v>388</x:v>
-[...2 lines deleted...]
-        <x:v>959</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="G318" s="0" t="s">
-        <x:v>960</x:v>
+        <x:v>964</x:v>
       </x:c>
       <x:c r="H318" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I318" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="J318" s="0" t="s">
-        <x:v>331</x:v>
-[...2 lines deleted...]
-        <x:v>961</x:v>
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="K318" s="2" t="s">
+        <x:v>965</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:11">
       <x:c r="A319" s="0">
-        <x:v>530</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C319" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="D319" s="0" t="s">
-        <x:v>962</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="E319" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="G319" s="0" t="s">
-        <x:v>963</x:v>
+        <x:v>966</x:v>
+      </x:c>
+      <x:c r="H319" s="0" t="s">
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I319" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="J319" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
-        <x:v>964</x:v>
+        <x:v>912</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:11">
       <x:c r="A320" s="0">
-        <x:v>529</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C320" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D320" s="0" t="s">
-        <x:v>965</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="E320" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>967</x:v>
       </x:c>
       <x:c r="G320" s="0" t="s">
-        <x:v>966</x:v>
+        <x:v>968</x:v>
+      </x:c>
+      <x:c r="H320" s="0" t="s">
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I320" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J320" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K320" s="0" t="s">
-        <x:v>967</x:v>
+        <x:v>969</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:11">
       <x:c r="A321" s="0">
-        <x:v>528</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C321" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D321" s="0" t="s">
-        <x:v>968</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E321" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="G321" s="0" t="s">
-        <x:v>966</x:v>
+        <x:v>970</x:v>
+      </x:c>
+      <x:c r="H321" s="0" t="s">
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I321" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J321" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
-        <x:v>476</x:v>
+        <x:v>971</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:11">
       <x:c r="A322" s="0">
-        <x:v>527</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="B322" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C322" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D322" s="0" t="s">
-        <x:v>969</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E322" s="0" t="s">
-        <x:v>355</x:v>
-[...2 lines deleted...]
-        <x:v>970</x:v>
+        <x:v>972</x:v>
       </x:c>
       <x:c r="G322" s="0" t="s">
-        <x:v>971</x:v>
+        <x:v>973</x:v>
       </x:c>
       <x:c r="H322" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="I322" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J322" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K322" s="0" t="s">
-        <x:v>972</x:v>
+        <x:v>974</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:11">
       <x:c r="A323" s="0">
-        <x:v>526</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C323" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D323" s="0" t="s">
-        <x:v>973</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E323" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="G323" s="0" t="s">
-        <x:v>974</x:v>
+        <x:v>976</x:v>
+      </x:c>
+      <x:c r="H323" s="0" t="s">
+        <x:v>578</x:v>
       </x:c>
       <x:c r="I323" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J323" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>977</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:11">
       <x:c r="A324" s="0">
-        <x:v>525</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C324" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D324" s="0" t="s">
-        <x:v>975</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E324" s="0" t="s">
-        <x:v>976</x:v>
-[...2 lines deleted...]
-        <x:v>977</x:v>
+        <x:v>978</x:v>
       </x:c>
       <x:c r="G324" s="0" t="s">
-        <x:v>978</x:v>
+        <x:v>979</x:v>
       </x:c>
       <x:c r="H324" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I324" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J324" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K324" s="0" t="s">
-        <x:v>979</x:v>
+        <x:v>980</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:11">
       <x:c r="A325" s="0">
-        <x:v>524</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C325" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D325" s="0" t="s">
-        <x:v>980</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E325" s="0" t="s">
-        <x:v>254</x:v>
-[...1 lines deleted...]
-      <x:c r="F325" s="0" t="s">
         <x:v>981</x:v>
       </x:c>
       <x:c r="G325" s="0" t="s">
         <x:v>982</x:v>
       </x:c>
       <x:c r="H325" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="I325" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J325" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>983</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:11">
       <x:c r="A326" s="0">
-        <x:v>521</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C326" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D326" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="E326" s="0" t="s">
         <x:v>984</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>31</x:v>
       </x:c>
       <x:c r="G326" s="0" t="s">
         <x:v>985</x:v>
       </x:c>
       <x:c r="H326" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I326" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J326" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K326" s="0" t="s">
         <x:v>986</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:11">
       <x:c r="A327" s="0">
-        <x:v>520</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C327" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D327" s="0" t="s">
         <x:v>987</x:v>
       </x:c>
       <x:c r="E327" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>988</x:v>
+      </x:c>
+      <x:c r="F327" s="0" t="s">
+        <x:v>989</x:v>
       </x:c>
       <x:c r="G327" s="0" t="s">
-        <x:v>985</x:v>
+        <x:v>990</x:v>
       </x:c>
       <x:c r="H327" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>991</x:v>
       </x:c>
       <x:c r="I327" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J327" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
-        <x:v>986</x:v>
+        <x:v>992</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:11">
       <x:c r="A328" s="0">
-        <x:v>519</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="B328" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C328" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D328" s="0" t="s">
-        <x:v>988</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E328" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>993</x:v>
       </x:c>
       <x:c r="G328" s="0" t="s">
-        <x:v>985</x:v>
+        <x:v>994</x:v>
       </x:c>
       <x:c r="H328" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="I328" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J328" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K328" s="0" t="s">
-        <x:v>986</x:v>
+        <x:v>995</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:11">
       <x:c r="A329" s="0">
-        <x:v>517</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C329" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D329" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E329" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="G329" s="0" t="s">
-        <x:v>956</x:v>
-[...2 lines deleted...]
-        <x:v>115</x:v>
+        <x:v>996</x:v>
       </x:c>
       <x:c r="I329" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J329" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
-        <x:v>989</x:v>
+        <x:v>997</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:11">
       <x:c r="A330" s="0">
-        <x:v>516</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="B330" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C330" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="D330" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>998</x:v>
       </x:c>
       <x:c r="E330" s="0" t="s">
-        <x:v>990</x:v>
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="F330" s="0" t="s">
+        <x:v>999</x:v>
       </x:c>
       <x:c r="G330" s="0" t="s">
-        <x:v>991</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="H330" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I330" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J330" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="K330" s="0" t="s">
-        <x:v>992</x:v>
+        <x:v>1001</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:11">
       <x:c r="A331" s="0">
-        <x:v>515</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C331" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D331" s="0" t="s">
-        <x:v>993</x:v>
+        <x:v>1002</x:v>
       </x:c>
       <x:c r="E331" s="0" t="s">
-        <x:v>994</x:v>
-[...2 lines deleted...]
-        <x:v>995</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G331" s="0" t="s">
-        <x:v>996</x:v>
-[...2 lines deleted...]
-        <x:v>143</x:v>
+        <x:v>1003</x:v>
       </x:c>
       <x:c r="I331" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="J331" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
-        <x:v>997</x:v>
+        <x:v>1004</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:11">
       <x:c r="A332" s="0">
-        <x:v>514</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="B332" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C332" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="D332" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>1005</x:v>
       </x:c>
       <x:c r="E332" s="0" t="s">
-        <x:v>998</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G332" s="0" t="s">
-        <x:v>999</x:v>
-[...2 lines deleted...]
-        <x:v>516</x:v>
+        <x:v>1006</x:v>
       </x:c>
       <x:c r="I332" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J332" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K332" s="0" t="s">
-        <x:v>1000</x:v>
+        <x:v>1007</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:11">
       <x:c r="A333" s="0">
-        <x:v>513</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C333" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="D333" s="0" t="s">
-        <x:v>1001</x:v>
+        <x:v>1008</x:v>
       </x:c>
       <x:c r="E333" s="0" t="s">
-        <x:v>1002</x:v>
-[...2 lines deleted...]
-        <x:v>1003</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G333" s="0" t="s">
-        <x:v>1004</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>1006</x:v>
       </x:c>
       <x:c r="I333" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J333" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
-        <x:v>1005</x:v>
+        <x:v>517</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:11">
       <x:c r="A334" s="0">
-        <x:v>512</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="B334" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C334" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="D334" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>1009</x:v>
       </x:c>
       <x:c r="E334" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>397</x:v>
+      </x:c>
+      <x:c r="F334" s="0" t="s">
+        <x:v>1010</x:v>
       </x:c>
       <x:c r="G334" s="0" t="s">
-        <x:v>1006</x:v>
+        <x:v>1011</x:v>
       </x:c>
       <x:c r="H334" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I334" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J334" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K334" s="0" t="s">
-        <x:v>1007</x:v>
+        <x:v>1012</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:11">
       <x:c r="A335" s="0">
-        <x:v>511</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C335" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D335" s="0" t="s">
-        <x:v>1008</x:v>
+        <x:v>1013</x:v>
       </x:c>
       <x:c r="E335" s="0" t="s">
-        <x:v>1009</x:v>
-[...2 lines deleted...]
-        <x:v>1010</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G335" s="0" t="s">
-        <x:v>1011</x:v>
-[...2 lines deleted...]
-        <x:v>1012</x:v>
+        <x:v>1014</x:v>
       </x:c>
       <x:c r="I335" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J335" s="0" t="s">
-        <x:v>793</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
-        <x:v>1013</x:v>
+        <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:11">
       <x:c r="A336" s="0">
-        <x:v>510</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="B336" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C336" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="D336" s="0" t="s">
-        <x:v>1014</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="E336" s="0" t="s">
-        <x:v>1015</x:v>
+        <x:v>1016</x:v>
       </x:c>
       <x:c r="F336" s="0" t="s">
-        <x:v>1016</x:v>
+        <x:v>1017</x:v>
       </x:c>
       <x:c r="G336" s="0" t="s">
-        <x:v>1017</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="H336" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I336" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J336" s="0" t="s">
-        <x:v>793</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K336" s="0" t="s">
-        <x:v>558</x:v>
+        <x:v>1019</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:11">
       <x:c r="A337" s="0">
-        <x:v>509</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C337" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="D337" s="0" t="s">
-        <x:v>1018</x:v>
+        <x:v>1020</x:v>
       </x:c>
       <x:c r="E337" s="0" t="s">
-        <x:v>1019</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="F337" s="0" t="s">
-        <x:v>1020</x:v>
+        <x:v>1021</x:v>
       </x:c>
       <x:c r="G337" s="0" t="s">
-        <x:v>1017</x:v>
+        <x:v>1022</x:v>
       </x:c>
       <x:c r="H337" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I337" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J337" s="0" t="s">
-        <x:v>793</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
-        <x:v>558</x:v>
+        <x:v>1023</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:11">
       <x:c r="A338" s="0">
-        <x:v>508</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="B338" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C338" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D338" s="0" t="s">
-        <x:v>1021</x:v>
+        <x:v>1024</x:v>
       </x:c>
       <x:c r="E338" s="0" t="s">
-        <x:v>1022</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G338" s="0" t="s">
-        <x:v>1023</x:v>
+        <x:v>1025</x:v>
       </x:c>
       <x:c r="H338" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I338" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="J338" s="0" t="s">
-        <x:v>1024</x:v>
-[...2 lines deleted...]
-        <x:v>1025</x:v>
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="K338" s="0" t="s">
+        <x:v>1026</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:11">
       <x:c r="A339" s="0">
-        <x:v>507</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C339" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D339" s="0" t="s">
+        <x:v>1027</x:v>
+      </x:c>
+      <x:c r="E339" s="0" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G339" s="0" t="s">
+        <x:v>1025</x:v>
+      </x:c>
+      <x:c r="H339" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="I339" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="J339" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="K339" s="0" t="s">
         <x:v>1026</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>1025</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:11">
       <x:c r="A340" s="0">
-        <x:v>506</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="B340" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C340" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D340" s="0" t="s">
         <x:v>1028</x:v>
       </x:c>
       <x:c r="E340" s="0" t="s">
-        <x:v>1029</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G340" s="0" t="s">
-        <x:v>1030</x:v>
+        <x:v>1025</x:v>
       </x:c>
       <x:c r="H340" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I340" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="J340" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K340" s="0" t="s">
-        <x:v>1031</x:v>
+        <x:v>1026</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:11">
       <x:c r="A341" s="0">
-        <x:v>505</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C341" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D341" s="0" t="s">
-        <x:v>1032</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E341" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="G341" s="0" t="s">
-        <x:v>1033</x:v>
+        <x:v>996</x:v>
       </x:c>
       <x:c r="H341" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I341" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J341" s="0" t="s">
-        <x:v>431</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
-        <x:v>1034</x:v>
+        <x:v>1029</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:11">
       <x:c r="A342" s="0">
-        <x:v>504</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="B342" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C342" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D342" s="0" t="s">
-        <x:v>1035</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E342" s="0" t="s">
-        <x:v>1036</x:v>
-[...2 lines deleted...]
-        <x:v>1037</x:v>
+        <x:v>1030</x:v>
       </x:c>
       <x:c r="G342" s="0" t="s">
-        <x:v>1038</x:v>
+        <x:v>1031</x:v>
       </x:c>
       <x:c r="H342" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="I342" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J342" s="0" t="s">
-        <x:v>1039</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K342" s="0" t="s">
-        <x:v>1040</x:v>
+        <x:v>1032</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:11">
       <x:c r="A343" s="0">
-        <x:v>503</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C343" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D343" s="0" t="s">
-        <x:v>1041</x:v>
+        <x:v>1033</x:v>
       </x:c>
       <x:c r="E343" s="0" t="s">
-        <x:v>1042</x:v>
+        <x:v>1034</x:v>
       </x:c>
       <x:c r="F343" s="0" t="s">
-        <x:v>1043</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="G343" s="0" t="s">
-        <x:v>1038</x:v>
+        <x:v>1036</x:v>
       </x:c>
       <x:c r="H343" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="I343" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J343" s="0" t="s">
-        <x:v>1039</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
-        <x:v>1040</x:v>
+        <x:v>1037</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:11">
       <x:c r="A344" s="0">
-        <x:v>502</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="B344" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C344" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D344" s="0" t="s">
-        <x:v>1044</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E344" s="0" t="s">
-        <x:v>1045</x:v>
-[...2 lines deleted...]
-        <x:v>1046</x:v>
+        <x:v>1038</x:v>
       </x:c>
       <x:c r="G344" s="0" t="s">
-        <x:v>1038</x:v>
+        <x:v>1039</x:v>
       </x:c>
       <x:c r="H344" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="I344" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J344" s="0" t="s">
-        <x:v>1039</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K344" s="0" t="s">
         <x:v>1040</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:11">
       <x:c r="A345" s="0">
-        <x:v>501</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C345" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="D345" s="0" t="s">
-        <x:v>1047</x:v>
+        <x:v>1041</x:v>
       </x:c>
       <x:c r="E345" s="0" t="s">
-        <x:v>1048</x:v>
+        <x:v>1042</x:v>
+      </x:c>
+      <x:c r="F345" s="0" t="s">
+        <x:v>1043</x:v>
       </x:c>
       <x:c r="G345" s="0" t="s">
-        <x:v>1038</x:v>
+        <x:v>1044</x:v>
       </x:c>
       <x:c r="H345" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I345" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J345" s="0" t="s">
-        <x:v>1039</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
-        <x:v>1040</x:v>
+        <x:v>1045</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:11">
       <x:c r="A346" s="0">
-        <x:v>500</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="B346" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C346" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D346" s="0" t="s">
-        <x:v>1049</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E346" s="0" t="s">
-        <x:v>1048</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="G346" s="0" t="s">
-        <x:v>1038</x:v>
+        <x:v>1046</x:v>
       </x:c>
       <x:c r="H346" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="I346" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J346" s="0" t="s">
-        <x:v>1039</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K346" s="0" t="s">
-        <x:v>1040</x:v>
+        <x:v>1047</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:11">
       <x:c r="A347" s="0">
-        <x:v>499</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C347" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D347" s="0" t="s">
+        <x:v>1048</x:v>
+      </x:c>
+      <x:c r="E347" s="0" t="s">
+        <x:v>1049</x:v>
+      </x:c>
+      <x:c r="F347" s="0" t="s">
         <x:v>1050</x:v>
       </x:c>
-      <x:c r="E347" s="0" t="s">
+      <x:c r="G347" s="0" t="s">
         <x:v>1051</x:v>
       </x:c>
-      <x:c r="F347" s="0" t="s">
+      <x:c r="H347" s="0" t="s">
         <x:v>1052</x:v>
       </x:c>
-      <x:c r="G347" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="I347" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J347" s="0" t="s">
-        <x:v>1039</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s">
-        <x:v>1040</x:v>
+        <x:v>1053</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:11">
       <x:c r="A348" s="0">
-        <x:v>498</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="B348" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C348" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D348" s="0" t="s">
-        <x:v>1053</x:v>
+        <x:v>1054</x:v>
       </x:c>
       <x:c r="E348" s="0" t="s">
-        <x:v>1019</x:v>
+        <x:v>1055</x:v>
+      </x:c>
+      <x:c r="F348" s="0" t="s">
+        <x:v>1056</x:v>
       </x:c>
       <x:c r="G348" s="0" t="s">
-        <x:v>1054</x:v>
+        <x:v>1057</x:v>
       </x:c>
       <x:c r="H348" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="I348" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J348" s="0" t="s">
-        <x:v>431</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="K348" s="0" t="s">
-        <x:v>558</x:v>
+        <x:v>599</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:11">
       <x:c r="A349" s="0">
-        <x:v>497</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C349" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D349" s="0" t="s">
-        <x:v>1055</x:v>
+        <x:v>1058</x:v>
       </x:c>
       <x:c r="E349" s="0" t="s">
-        <x:v>1056</x:v>
+        <x:v>1059</x:v>
+      </x:c>
+      <x:c r="F349" s="0" t="s">
+        <x:v>1060</x:v>
       </x:c>
       <x:c r="G349" s="0" t="s">
         <x:v>1057</x:v>
       </x:c>
       <x:c r="H349" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="I349" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J349" s="0" t="s">
-        <x:v>431</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
-        <x:v>558</x:v>
+        <x:v>599</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:11">
       <x:c r="A350" s="0">
-        <x:v>496</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="B350" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C350" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D350" s="0" t="s">
-        <x:v>1058</x:v>
+        <x:v>1061</x:v>
       </x:c>
       <x:c r="E350" s="0" t="s">
-        <x:v>1059</x:v>
+        <x:v>1062</x:v>
       </x:c>
       <x:c r="G350" s="0" t="s">
-        <x:v>1060</x:v>
+        <x:v>1063</x:v>
       </x:c>
       <x:c r="H350" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I350" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="J350" s="0" t="s">
-        <x:v>51</x:v>
-[...2 lines deleted...]
-        <x:v>1061</x:v>
+        <x:v>1064</x:v>
+      </x:c>
+      <x:c r="K350" s="2" t="s">
+        <x:v>1065</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:11">
       <x:c r="A351" s="0">
-        <x:v>495</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C351" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D351" s="0" t="s">
-        <x:v>1062</x:v>
+        <x:v>1066</x:v>
       </x:c>
       <x:c r="E351" s="0" t="s">
+        <x:v>1067</x:v>
+      </x:c>
+      <x:c r="G351" s="0" t="s">
         <x:v>1063</x:v>
       </x:c>
-      <x:c r="F351" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="G351" s="0" t="s">
+      <x:c r="H351" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="I351" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="J351" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="K351" s="2" t="s">
         <x:v>1065</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1066</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:11">
       <x:c r="A352" s="0">
-        <x:v>494</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="B352" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C352" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="D352" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>1068</x:v>
       </x:c>
       <x:c r="E352" s="0" t="s">
-        <x:v>1067</x:v>
+        <x:v>1069</x:v>
       </x:c>
       <x:c r="G352" s="0" t="s">
-        <x:v>1068</x:v>
+        <x:v>1070</x:v>
       </x:c>
       <x:c r="H352" s="0" t="s">
-        <x:v>537</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I352" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="J352" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K352" s="0" t="s">
-        <x:v>1069</x:v>
+        <x:v>1071</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:11">
       <x:c r="A353" s="0">
-        <x:v>493</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C353" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="D353" s="0" t="s">
-        <x:v>1070</x:v>
+        <x:v>1072</x:v>
       </x:c>
       <x:c r="E353" s="0" t="s">
-        <x:v>1071</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="G353" s="0" t="s">
-        <x:v>1072</x:v>
+        <x:v>1073</x:v>
       </x:c>
       <x:c r="H353" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I353" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J353" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
-        <x:v>1073</x:v>
+        <x:v>1074</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:11">
       <x:c r="A354" s="0">
-        <x:v>492</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="B354" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C354" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D354" s="0" t="s">
-        <x:v>1074</x:v>
+        <x:v>1075</x:v>
       </x:c>
       <x:c r="E354" s="0" t="s">
-        <x:v>1075</x:v>
+        <x:v>1076</x:v>
+      </x:c>
+      <x:c r="F354" s="0" t="s">
+        <x:v>1077</x:v>
       </x:c>
       <x:c r="G354" s="0" t="s">
-        <x:v>1076</x:v>
+        <x:v>1078</x:v>
       </x:c>
       <x:c r="H354" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="I354" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J354" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>1079</x:v>
       </x:c>
       <x:c r="K354" s="0" t="s">
-        <x:v>1073</x:v>
+        <x:v>1080</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:11">
       <x:c r="A355" s="0">
-        <x:v>491</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C355" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D355" s="0" t="s">
-        <x:v>1077</x:v>
+        <x:v>1081</x:v>
       </x:c>
       <x:c r="E355" s="0" t="s">
+        <x:v>1082</x:v>
+      </x:c>
+      <x:c r="F355" s="0" t="s">
+        <x:v>1083</x:v>
+      </x:c>
+      <x:c r="G355" s="0" t="s">
         <x:v>1078</x:v>
       </x:c>
-      <x:c r="G355" s="0" t="s">
+      <x:c r="H355" s="0" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="I355" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J355" s="0" t="s">
         <x:v>1079</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>639</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
         <x:v>1080</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:11">
       <x:c r="A356" s="0">
-        <x:v>489</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="B356" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C356" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D356" s="0" t="s">
-        <x:v>1081</x:v>
+        <x:v>1084</x:v>
       </x:c>
       <x:c r="E356" s="0" t="s">
-        <x:v>1082</x:v>
+        <x:v>1085</x:v>
+      </x:c>
+      <x:c r="F356" s="0" t="s">
+        <x:v>1086</x:v>
       </x:c>
       <x:c r="G356" s="0" t="s">
-        <x:v>1083</x:v>
+        <x:v>1078</x:v>
       </x:c>
       <x:c r="H356" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="I356" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J356" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>1079</x:v>
       </x:c>
       <x:c r="K356" s="0" t="s">
-        <x:v>1084</x:v>
+        <x:v>1080</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:11">
       <x:c r="A357" s="0">
-        <x:v>488</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C357" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D357" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>1087</x:v>
       </x:c>
       <x:c r="E357" s="0" t="s">
-        <x:v>1085</x:v>
+        <x:v>1088</x:v>
       </x:c>
       <x:c r="G357" s="0" t="s">
-        <x:v>1086</x:v>
+        <x:v>1078</x:v>
       </x:c>
       <x:c r="H357" s="0" t="s">
-        <x:v>516</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="I357" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J357" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>1079</x:v>
       </x:c>
       <x:c r="K357" s="0" t="s">
-        <x:v>1087</x:v>
+        <x:v>1080</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:11">
       <x:c r="A358" s="0">
-        <x:v>487</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="B358" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C358" s="0" t="s">
-        <x:v>1088</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D358" s="0" t="s">
         <x:v>1089</x:v>
       </x:c>
       <x:c r="E358" s="0" t="s">
-        <x:v>605</x:v>
+        <x:v>1088</x:v>
       </x:c>
       <x:c r="G358" s="0" t="s">
-        <x:v>1090</x:v>
+        <x:v>1078</x:v>
       </x:c>
       <x:c r="H358" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="I358" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J358" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>1079</x:v>
       </x:c>
       <x:c r="K358" s="0" t="s">
-        <x:v>1091</x:v>
+        <x:v>1080</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:11">
       <x:c r="A359" s="0">
-        <x:v>486</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C359" s="0" t="s">
-        <x:v>768</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D359" s="0" t="s">
+        <x:v>1090</x:v>
+      </x:c>
+      <x:c r="E359" s="0" t="s">
+        <x:v>1091</x:v>
+      </x:c>
+      <x:c r="F359" s="0" t="s">
         <x:v>1092</x:v>
       </x:c>
-      <x:c r="E359" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G359" s="0" t="s">
-        <x:v>1094</x:v>
+        <x:v>1078</x:v>
       </x:c>
       <x:c r="H359" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="I359" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J359" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>1079</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
-        <x:v>1095</x:v>
+        <x:v>1080</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:11">
       <x:c r="A360" s="0">
-        <x:v>485</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="B360" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C360" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D360" s="0" t="s">
-        <x:v>1096</x:v>
+        <x:v>1093</x:v>
       </x:c>
       <x:c r="E360" s="0" t="s">
-        <x:v>1097</x:v>
+        <x:v>1059</x:v>
       </x:c>
       <x:c r="G360" s="0" t="s">
-        <x:v>1098</x:v>
+        <x:v>1094</x:v>
       </x:c>
       <x:c r="H360" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="I360" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J360" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="K360" s="0" t="s">
-        <x:v>1099</x:v>
+        <x:v>599</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:11">
       <x:c r="A361" s="0">
-        <x:v>484</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C361" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D361" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>1095</x:v>
       </x:c>
       <x:c r="E361" s="0" t="s">
-        <x:v>1100</x:v>
+        <x:v>1096</x:v>
       </x:c>
       <x:c r="G361" s="0" t="s">
-        <x:v>1101</x:v>
+        <x:v>1097</x:v>
       </x:c>
       <x:c r="H361" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I361" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J361" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
-        <x:v>1102</x:v>
+        <x:v>599</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:11">
       <x:c r="A362" s="0">
-        <x:v>483</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="B362" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C362" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="D362" s="0" t="s">
-        <x:v>1103</x:v>
+        <x:v>1098</x:v>
       </x:c>
       <x:c r="E362" s="0" t="s">
-        <x:v>1104</x:v>
+        <x:v>1099</x:v>
       </x:c>
       <x:c r="G362" s="0" t="s">
-        <x:v>1105</x:v>
+        <x:v>1100</x:v>
       </x:c>
       <x:c r="H362" s="0" t="s">
-        <x:v>537</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I362" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J362" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K362" s="0" t="s">
-        <x:v>1106</x:v>
+        <x:v>1101</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:11">
       <x:c r="A363" s="0">
-        <x:v>482</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C363" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D363" s="0" t="s">
-        <x:v>1107</x:v>
+        <x:v>1102</x:v>
       </x:c>
       <x:c r="E363" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>1103</x:v>
       </x:c>
       <x:c r="F363" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>1104</x:v>
       </x:c>
       <x:c r="G363" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>1105</x:v>
       </x:c>
       <x:c r="H363" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I363" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J363" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
-        <x:v>972</x:v>
+        <x:v>1106</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:11">
       <x:c r="A364" s="0">
-        <x:v>481</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="B364" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C364" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D364" s="0" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="E364" s="0" t="s">
+        <x:v>1107</x:v>
+      </x:c>
+      <x:c r="G364" s="0" t="s">
         <x:v>1108</x:v>
       </x:c>
-      <x:c r="E364" s="0" t="s">
+      <x:c r="H364" s="0" t="s">
+        <x:v>578</x:v>
+      </x:c>
+      <x:c r="I364" s="0" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="J364" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="K364" s="0" t="s">
         <x:v>1109</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>1111</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:11">
       <x:c r="A365" s="0">
-        <x:v>480</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C365" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D365" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>1110</x:v>
       </x:c>
       <x:c r="E365" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>1111</x:v>
       </x:c>
       <x:c r="G365" s="0" t="s">
         <x:v>1112</x:v>
       </x:c>
       <x:c r="H365" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="I365" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J365" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
         <x:v>1113</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:11">
       <x:c r="A366" s="0">
-        <x:v>479</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="B366" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C366" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D366" s="0" t="s">
         <x:v>1114</x:v>
       </x:c>
       <x:c r="E366" s="0" t="s">
         <x:v>1115</x:v>
       </x:c>
       <x:c r="G366" s="0" t="s">
         <x:v>1116</x:v>
       </x:c>
       <x:c r="H366" s="0" t="s">
-        <x:v>537</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="I366" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J366" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="K366" s="0" t="s">
-        <x:v>1117</x:v>
+        <x:v>1113</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:11">
       <x:c r="A367" s="0">
-        <x:v>478</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C367" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D367" s="0" t="s">
+        <x:v>1117</x:v>
+      </x:c>
+      <x:c r="E367" s="0" t="s">
         <x:v>1118</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>81</x:v>
       </x:c>
       <x:c r="G367" s="0" t="s">
         <x:v>1119</x:v>
       </x:c>
       <x:c r="H367" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="I367" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J367" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="K367" s="0" t="s">
         <x:v>1120</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:11">
       <x:c r="A368" s="0">
-        <x:v>477</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="B368" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C368" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D368" s="0" t="s">
         <x:v>1121</x:v>
       </x:c>
       <x:c r="E368" s="0" t="s">
         <x:v>1122</x:v>
       </x:c>
       <x:c r="G368" s="0" t="s">
         <x:v>1123</x:v>
       </x:c>
       <x:c r="H368" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I368" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J368" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K368" s="0" t="s">
         <x:v>1124</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:11">
       <x:c r="A369" s="0">
-        <x:v>476</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C369" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D369" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="E369" s="0" t="s">
         <x:v>1125</x:v>
       </x:c>
-      <x:c r="E369" s="0" t="s">
+      <x:c r="G369" s="0" t="s">
         <x:v>1126</x:v>
       </x:c>
-      <x:c r="G369" s="0" t="s">
+      <x:c r="H369" s="0" t="s">
+        <x:v>557</x:v>
+      </x:c>
+      <x:c r="I369" s="0" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="J369" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="K369" s="0" t="s">
         <x:v>1127</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1128</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:11">
       <x:c r="A370" s="0">
-        <x:v>475</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="B370" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C370" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>1128</x:v>
       </x:c>
       <x:c r="D370" s="0" t="s">
-        <x:v>1125</x:v>
+        <x:v>1129</x:v>
       </x:c>
       <x:c r="E370" s="0" t="s">
-        <x:v>1129</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="G370" s="0" t="s">
-        <x:v>536</x:v>
+        <x:v>1130</x:v>
       </x:c>
       <x:c r="H370" s="0" t="s">
-        <x:v>537</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I370" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J370" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K370" s="0" t="s">
-        <x:v>1130</x:v>
+        <x:v>1131</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:11">
       <x:c r="A371" s="0">
-        <x:v>474</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C371" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="D371" s="0" t="s">
-        <x:v>1131</x:v>
+        <x:v>1132</x:v>
       </x:c>
       <x:c r="E371" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>1133</x:v>
       </x:c>
       <x:c r="G371" s="0" t="s">
-        <x:v>1132</x:v>
+        <x:v>1134</x:v>
       </x:c>
       <x:c r="H371" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I371" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J371" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
-        <x:v>1133</x:v>
+        <x:v>1135</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:11">
       <x:c r="A372" s="0">
-        <x:v>473</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="B372" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C372" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D372" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>1136</x:v>
       </x:c>
       <x:c r="E372" s="0" t="s">
+        <x:v>1137</x:v>
+      </x:c>
+      <x:c r="G372" s="0" t="s">
+        <x:v>1138</x:v>
+      </x:c>
+      <x:c r="H372" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
-      <x:c r="G372" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="I372" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J372" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K372" s="0" t="s">
-        <x:v>1134</x:v>
+        <x:v>1139</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:11">
       <x:c r="A373" s="0">
-        <x:v>472</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C373" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D373" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E373" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>1140</x:v>
       </x:c>
       <x:c r="G373" s="0" t="s">
-        <x:v>1135</x:v>
+        <x:v>1141</x:v>
+      </x:c>
+      <x:c r="H373" s="0" t="s">
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I373" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J373" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
-        <x:v>1136</x:v>
+        <x:v>1142</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:11">
       <x:c r="A374" s="0">
-        <x:v>471</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="B374" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C374" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D374" s="0" t="s">
-        <x:v>1137</x:v>
+        <x:v>1143</x:v>
       </x:c>
       <x:c r="E374" s="0" t="s">
-        <x:v>388</x:v>
-[...2 lines deleted...]
-        <x:v>1138</x:v>
+        <x:v>1144</x:v>
       </x:c>
       <x:c r="G374" s="0" t="s">
-        <x:v>1139</x:v>
+        <x:v>1145</x:v>
       </x:c>
       <x:c r="H374" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="I374" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J374" s="0" t="s">
-        <x:v>1140</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K374" s="0" t="s">
-        <x:v>1141</x:v>
+        <x:v>1146</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:11">
       <x:c r="A375" s="0">
-        <x:v>470</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C375" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="D375" s="0" t="s">
-        <x:v>1142</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="E375" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="F375" s="0" t="s">
+        <x:v>42</x:v>
       </x:c>
       <x:c r="G375" s="0" t="s">
-        <x:v>1143</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="H375" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I375" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J375" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
-        <x:v>1144</x:v>
+        <x:v>1012</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:11">
       <x:c r="A376" s="0">
-        <x:v>469</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="B376" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C376" s="0" t="s">
+        <x:v>360</x:v>
+      </x:c>
+      <x:c r="D376" s="0" t="s">
+        <x:v>1148</x:v>
+      </x:c>
+      <x:c r="E376" s="0" t="s">
+        <x:v>1149</x:v>
+      </x:c>
+      <x:c r="G376" s="0" t="s">
+        <x:v>1150</x:v>
+      </x:c>
+      <x:c r="H376" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="I376" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
-      <x:c r="D376" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="J376" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K376" s="0" t="s">
-        <x:v>1144</x:v>
+        <x:v>1151</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:11">
       <x:c r="A377" s="0">
-        <x:v>468</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C377" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D377" s="0" t="s">
-        <x:v>1146</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E377" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="G377" s="0" t="s">
-        <x:v>1143</x:v>
+        <x:v>1152</x:v>
       </x:c>
       <x:c r="H377" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="I377" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J377" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K377" s="0" t="s">
-        <x:v>1144</x:v>
+        <x:v>1153</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:11">
       <x:c r="A378" s="0">
-        <x:v>467</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="B378" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C378" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D378" s="0" t="s">
-        <x:v>1147</x:v>
+        <x:v>1154</x:v>
       </x:c>
       <x:c r="E378" s="0" t="s">
-        <x:v>1148</x:v>
+        <x:v>1155</x:v>
       </x:c>
       <x:c r="G378" s="0" t="s">
-        <x:v>1149</x:v>
+        <x:v>1156</x:v>
       </x:c>
       <x:c r="H378" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="I378" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J378" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K378" s="0" t="s">
-        <x:v>1150</x:v>
+        <x:v>1157</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:11">
       <x:c r="A379" s="0">
-        <x:v>466</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C379" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="D379" s="0" t="s">
-        <x:v>1151</x:v>
+        <x:v>1158</x:v>
       </x:c>
       <x:c r="E379" s="0" t="s">
-        <x:v>254</x:v>
-[...2 lines deleted...]
-        <x:v>1003</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G379" s="0" t="s">
-        <x:v>1152</x:v>
+        <x:v>1159</x:v>
       </x:c>
       <x:c r="H379" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I379" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J379" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s">
-        <x:v>1153</x:v>
+        <x:v>1160</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:11">
       <x:c r="A380" s="0">
-        <x:v>465</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="B380" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C380" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D380" s="0" t="s">
-        <x:v>1154</x:v>
+        <x:v>1161</x:v>
       </x:c>
       <x:c r="E380" s="0" t="s">
-        <x:v>1155</x:v>
+        <x:v>1162</x:v>
       </x:c>
       <x:c r="G380" s="0" t="s">
-        <x:v>1156</x:v>
+        <x:v>1163</x:v>
       </x:c>
       <x:c r="H380" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I380" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J380" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K380" s="0" t="s">
-        <x:v>1157</x:v>
+        <x:v>1164</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:11">
       <x:c r="A381" s="0">
-        <x:v>464</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C381" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D381" s="0" t="s">
-        <x:v>1156</x:v>
+        <x:v>1165</x:v>
       </x:c>
       <x:c r="E381" s="0" t="s">
-        <x:v>1155</x:v>
+        <x:v>1166</x:v>
       </x:c>
       <x:c r="G381" s="0" t="s">
-        <x:v>1156</x:v>
+        <x:v>1167</x:v>
       </x:c>
       <x:c r="H381" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I381" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J381" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s">
-        <x:v>1157</x:v>
+        <x:v>1168</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:11">
       <x:c r="A382" s="0">
-        <x:v>462</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="B382" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C382" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D382" s="0" t="s">
-        <x:v>1158</x:v>
+        <x:v>1165</x:v>
       </x:c>
       <x:c r="E382" s="0" t="s">
-        <x:v>254</x:v>
-[...2 lines deleted...]
-        <x:v>254</x:v>
+        <x:v>1169</x:v>
       </x:c>
       <x:c r="G382" s="0" t="s">
-        <x:v>1159</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="H382" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="I382" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J382" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K382" s="0" t="s">
-        <x:v>1160</x:v>
+        <x:v>1170</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:11">
       <x:c r="A383" s="0">
-        <x:v>459</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C383" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D383" s="0" t="s">
-        <x:v>1161</x:v>
+        <x:v>1171</x:v>
       </x:c>
       <x:c r="E383" s="0" t="s">
-        <x:v>1162</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G383" s="0" t="s">
-        <x:v>1163</x:v>
+        <x:v>1172</x:v>
       </x:c>
       <x:c r="H383" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I383" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J383" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
-        <x:v>1164</x:v>
+        <x:v>1173</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:11">
       <x:c r="A384" s="0">
-        <x:v>458</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="B384" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C384" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D384" s="0" t="s">
-        <x:v>1165</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E384" s="0" t="s">
-        <x:v>819</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="G384" s="0" t="s">
-        <x:v>1166</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="H384" s="0" t="s">
-        <x:v>470</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I384" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J384" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K384" s="0" t="s">
-        <x:v>1167</x:v>
+        <x:v>1174</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:11">
       <x:c r="A385" s="0">
-        <x:v>457</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C385" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D385" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E385" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="G385" s="0" t="s">
-        <x:v>1168</x:v>
-[...2 lines deleted...]
-        <x:v>66</x:v>
+        <x:v>1175</x:v>
       </x:c>
       <x:c r="I385" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="J385" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
-        <x:v>1169</x:v>
+        <x:v>1176</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:11">
       <x:c r="A386" s="0">
-        <x:v>456</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="B386" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C386" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="D386" s="0" t="s">
-        <x:v>1170</x:v>
+        <x:v>1177</x:v>
       </x:c>
       <x:c r="E386" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="F386" s="0" t="s">
+        <x:v>1178</x:v>
       </x:c>
       <x:c r="G386" s="0" t="s">
-        <x:v>1171</x:v>
+        <x:v>1179</x:v>
       </x:c>
       <x:c r="H386" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I386" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J386" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>1180</x:v>
       </x:c>
       <x:c r="K386" s="0" t="s">
-        <x:v>1172</x:v>
+        <x:v>1181</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:11">
       <x:c r="A387" s="0">
-        <x:v>455</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C387" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D387" s="0" t="s">
-        <x:v>1173</x:v>
+        <x:v>1182</x:v>
       </x:c>
       <x:c r="E387" s="0" t="s">
-        <x:v>1162</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G387" s="0" t="s">
-        <x:v>1174</x:v>
+        <x:v>1183</x:v>
       </x:c>
       <x:c r="H387" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I387" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="J387" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
-        <x:v>1175</x:v>
+        <x:v>1184</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:11">
       <x:c r="A388" s="0">
-        <x:v>454</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="B388" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C388" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D388" s="0" t="s">
-        <x:v>1176</x:v>
+        <x:v>1185</x:v>
       </x:c>
       <x:c r="E388" s="0" t="s">
-        <x:v>1177</x:v>
-[...2 lines deleted...]
-        <x:v>1178</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G388" s="0" t="s">
-        <x:v>1179</x:v>
+        <x:v>1183</x:v>
       </x:c>
       <x:c r="H388" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I388" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="J388" s="0" t="s">
-        <x:v>544</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="K388" s="0" t="s">
-        <x:v>1180</x:v>
+        <x:v>1184</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:11">
       <x:c r="A389" s="0">
-        <x:v>453</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C389" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D389" s="0" t="s">
-        <x:v>1181</x:v>
+        <x:v>1186</x:v>
       </x:c>
       <x:c r="E389" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G389" s="0" t="s">
-        <x:v>1182</x:v>
+        <x:v>1183</x:v>
       </x:c>
       <x:c r="H389" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I389" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="J389" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
-        <x:v>1183</x:v>
+        <x:v>1184</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:11">
       <x:c r="A390" s="0">
-        <x:v>452</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="B390" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C390" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D390" s="0" t="s">
-        <x:v>1184</x:v>
+        <x:v>1187</x:v>
       </x:c>
       <x:c r="E390" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>1188</x:v>
       </x:c>
       <x:c r="G390" s="0" t="s">
-        <x:v>1185</x:v>
+        <x:v>1189</x:v>
       </x:c>
       <x:c r="H390" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="I390" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J390" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="K390" s="0" t="s">
-        <x:v>1186</x:v>
+        <x:v>1190</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:11">
       <x:c r="A391" s="0">
-        <x:v>451</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C391" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="D391" s="0" t="s">
-        <x:v>1187</x:v>
+        <x:v>1191</x:v>
       </x:c>
       <x:c r="E391" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="F391" s="0" t="s">
+        <x:v>1043</x:v>
       </x:c>
       <x:c r="G391" s="0" t="s">
-        <x:v>1188</x:v>
+        <x:v>1192</x:v>
       </x:c>
       <x:c r="H391" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I391" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J391" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
-        <x:v>1189</x:v>
+        <x:v>1193</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:11">
       <x:c r="A392" s="0">
-        <x:v>450</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="B392" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C392" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D392" s="0" t="s">
-        <x:v>1190</x:v>
+        <x:v>1194</x:v>
       </x:c>
       <x:c r="E392" s="0" t="s">
-        <x:v>1162</x:v>
+        <x:v>1195</x:v>
       </x:c>
       <x:c r="G392" s="0" t="s">
-        <x:v>1191</x:v>
+        <x:v>1196</x:v>
       </x:c>
       <x:c r="H392" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I392" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J392" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K392" s="0" t="s">
-        <x:v>1192</x:v>
+        <x:v>1197</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:11">
       <x:c r="A393" s="0">
-        <x:v>449</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C393" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D393" s="0" t="s">
-        <x:v>1193</x:v>
+        <x:v>1196</x:v>
       </x:c>
       <x:c r="E393" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>1195</x:v>
       </x:c>
       <x:c r="G393" s="0" t="s">
-        <x:v>1194</x:v>
+        <x:v>1196</x:v>
       </x:c>
       <x:c r="H393" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I393" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J393" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
-        <x:v>1195</x:v>
+        <x:v>1197</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:11">
       <x:c r="A394" s="0">
-        <x:v>447</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="B394" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C394" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="D394" s="0" t="s">
-        <x:v>1196</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="E394" s="0" t="s">
-        <x:v>1197</x:v>
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="F394" s="0" t="s">
+        <x:v>301</x:v>
       </x:c>
       <x:c r="G394" s="0" t="s">
-        <x:v>1017</x:v>
+        <x:v>1199</x:v>
       </x:c>
       <x:c r="H394" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I394" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J394" s="0" t="s">
-        <x:v>793</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K394" s="0" t="s">
-        <x:v>558</x:v>
+        <x:v>1200</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:11">
       <x:c r="A395" s="0">
-        <x:v>446</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C395" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="D395" s="0" t="s">
-        <x:v>1198</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="E395" s="0" t="s">
-        <x:v>1199</x:v>
+        <x:v>1202</x:v>
       </x:c>
       <x:c r="G395" s="0" t="s">
-        <x:v>1017</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="H395" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I395" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J395" s="0" t="s">
-        <x:v>793</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
-        <x:v>558</x:v>
+        <x:v>1204</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:11">
       <x:c r="A396" s="0">
-        <x:v>445</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="B396" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C396" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="D396" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>1205</x:v>
       </x:c>
       <x:c r="E396" s="0" t="s">
-        <x:v>1199</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="G396" s="0" t="s">
-        <x:v>1017</x:v>
+        <x:v>1206</x:v>
       </x:c>
       <x:c r="H396" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="I396" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J396" s="0" t="s">
-        <x:v>793</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K396" s="0" t="s">
-        <x:v>558</x:v>
+        <x:v>1207</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:11">
       <x:c r="A397" s="0">
-        <x:v>444</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C397" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D397" s="0" t="s">
-        <x:v>1201</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E397" s="0" t="s">
-        <x:v>1202</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="G397" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1208</x:v>
       </x:c>
       <x:c r="H397" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="I397" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J397" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
-        <x:v>1204</x:v>
+        <x:v>1209</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:11">
       <x:c r="A398" s="0">
-        <x:v>443</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="B398" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C398" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D398" s="0" t="s">
-        <x:v>1205</x:v>
+        <x:v>1210</x:v>
       </x:c>
       <x:c r="E398" s="0" t="s">
-        <x:v>1202</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="G398" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1211</x:v>
       </x:c>
       <x:c r="H398" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I398" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J398" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K398" s="0" t="s">
-        <x:v>1204</x:v>
+        <x:v>1212</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:11">
       <x:c r="A399" s="0">
-        <x:v>442</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C399" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="D399" s="0" t="s">
-        <x:v>1206</x:v>
+        <x:v>1213</x:v>
       </x:c>
       <x:c r="E399" s="0" t="s">
-        <x:v>1207</x:v>
+        <x:v>1202</x:v>
       </x:c>
       <x:c r="G399" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1214</x:v>
       </x:c>
       <x:c r="H399" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I399" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J399" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
-        <x:v>1204</x:v>
+        <x:v>1215</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:11">
       <x:c r="A400" s="0">
-        <x:v>441</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="B400" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C400" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D400" s="0" t="s">
-        <x:v>1208</x:v>
+        <x:v>1216</x:v>
       </x:c>
       <x:c r="E400" s="0" t="s">
-        <x:v>1209</x:v>
+        <x:v>1217</x:v>
+      </x:c>
+      <x:c r="F400" s="0" t="s">
+        <x:v>1218</x:v>
       </x:c>
       <x:c r="G400" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1219</x:v>
       </x:c>
       <x:c r="H400" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I400" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J400" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="K400" s="0" t="s">
-        <x:v>1204</x:v>
+        <x:v>1220</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:11">
       <x:c r="A401" s="0">
-        <x:v>439</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C401" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="D401" s="0" t="s">
-        <x:v>1210</x:v>
+        <x:v>1221</x:v>
       </x:c>
       <x:c r="E401" s="0" t="s">
-        <x:v>355</x:v>
-[...2 lines deleted...]
-        <x:v>1211</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G401" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>1222</x:v>
       </x:c>
       <x:c r="H401" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I401" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J401" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
-        <x:v>1212</x:v>
+        <x:v>1223</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:11">
       <x:c r="A402" s="0">
-        <x:v>438</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="B402" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C402" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D402" s="0" t="s">
-        <x:v>1213</x:v>
+        <x:v>1224</x:v>
       </x:c>
       <x:c r="E402" s="0" t="s">
-        <x:v>1214</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="G402" s="0" t="s">
-        <x:v>1215</x:v>
+        <x:v>1225</x:v>
       </x:c>
       <x:c r="H402" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I402" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J402" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K402" s="0" t="s">
-        <x:v>1216</x:v>
+        <x:v>1226</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:11">
       <x:c r="A403" s="0">
-        <x:v>437</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C403" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D403" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>1227</x:v>
       </x:c>
       <x:c r="E403" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="G403" s="0" t="s">
-        <x:v>1217</x:v>
+        <x:v>1228</x:v>
       </x:c>
       <x:c r="H403" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="I403" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J403" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
-        <x:v>1218</x:v>
+        <x:v>1229</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:11">
       <x:c r="A404" s="0">
-        <x:v>436</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="B404" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C404" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D404" s="0" t="s">
-        <x:v>1219</x:v>
+        <x:v>1230</x:v>
       </x:c>
       <x:c r="E404" s="0" t="s">
-        <x:v>1220</x:v>
-[...2 lines deleted...]
-        <x:v>1221</x:v>
+        <x:v>1202</x:v>
       </x:c>
       <x:c r="G404" s="0" t="s">
-        <x:v>1222</x:v>
+        <x:v>1231</x:v>
       </x:c>
       <x:c r="H404" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I404" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J404" s="0" t="s">
-        <x:v>431</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K404" s="0" t="s">
-        <x:v>1223</x:v>
+        <x:v>1232</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:11">
       <x:c r="A405" s="0">
-        <x:v>435</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C405" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D405" s="0" t="s">
-        <x:v>518</x:v>
+        <x:v>1233</x:v>
       </x:c>
       <x:c r="E405" s="0" t="s">
-        <x:v>786</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="G405" s="0" t="s">
-        <x:v>1224</x:v>
+        <x:v>1234</x:v>
       </x:c>
       <x:c r="H405" s="0" t="s">
-        <x:v>516</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I405" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J405" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
-        <x:v>1225</x:v>
+        <x:v>1235</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:11">
       <x:c r="A406" s="0">
-        <x:v>434</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="B406" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C406" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D406" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>1236</x:v>
       </x:c>
       <x:c r="E406" s="0" t="s">
-        <x:v>903</x:v>
+        <x:v>1237</x:v>
       </x:c>
       <x:c r="G406" s="0" t="s">
-        <x:v>1226</x:v>
+        <x:v>1057</x:v>
       </x:c>
       <x:c r="H406" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I406" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J406" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="K406" s="0" t="s">
-        <x:v>1227</x:v>
+        <x:v>599</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:11">
       <x:c r="A407" s="0">
-        <x:v>433</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C407" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D407" s="0" t="s">
-        <x:v>1228</x:v>
+        <x:v>1238</x:v>
       </x:c>
       <x:c r="E407" s="0" t="s">
-        <x:v>254</x:v>
-[...2 lines deleted...]
-        <x:v>254</x:v>
+        <x:v>1239</x:v>
       </x:c>
       <x:c r="G407" s="0" t="s">
-        <x:v>1229</x:v>
+        <x:v>1057</x:v>
       </x:c>
       <x:c r="H407" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="I407" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J407" s="0" t="s">
-        <x:v>1230</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
-        <x:v>1231</x:v>
+        <x:v>599</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:11">
       <x:c r="A408" s="0">
-        <x:v>432</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="B408" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C408" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D408" s="0" t="s">
-        <x:v>1232</x:v>
+        <x:v>1240</x:v>
       </x:c>
       <x:c r="E408" s="0" t="s">
-        <x:v>254</x:v>
-[...2 lines deleted...]
-        <x:v>254</x:v>
+        <x:v>1239</x:v>
       </x:c>
       <x:c r="G408" s="0" t="s">
-        <x:v>1233</x:v>
+        <x:v>1057</x:v>
       </x:c>
       <x:c r="H408" s="0" t="s">
-        <x:v>1234</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="I408" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J408" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="K408" s="0" t="s">
-        <x:v>1235</x:v>
+        <x:v>599</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:11">
       <x:c r="A409" s="0">
-        <x:v>426</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C409" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D409" s="0" t="s">
-        <x:v>518</x:v>
+        <x:v>1241</x:v>
       </x:c>
       <x:c r="E409" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>1242</x:v>
       </x:c>
       <x:c r="G409" s="0" t="s">
-        <x:v>1236</x:v>
+        <x:v>1243</x:v>
       </x:c>
       <x:c r="H409" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="I409" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J409" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
-        <x:v>1237</x:v>
+        <x:v>1244</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:11">
       <x:c r="A410" s="0">
-        <x:v>425</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="B410" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C410" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D410" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>1245</x:v>
       </x:c>
       <x:c r="E410" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>1242</x:v>
       </x:c>
       <x:c r="G410" s="0" t="s">
-        <x:v>1238</x:v>
+        <x:v>1243</x:v>
       </x:c>
       <x:c r="H410" s="0" t="s">
-        <x:v>470</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="I410" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J410" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="K410" s="0" t="s">
-        <x:v>1239</x:v>
+        <x:v>1244</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:11">
       <x:c r="A411" s="0">
-        <x:v>423</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C411" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D411" s="0" t="s">
-        <x:v>1240</x:v>
+        <x:v>1246</x:v>
       </x:c>
       <x:c r="E411" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>1247</x:v>
       </x:c>
       <x:c r="G411" s="0" t="s">
-        <x:v>1241</x:v>
+        <x:v>1243</x:v>
       </x:c>
       <x:c r="H411" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="I411" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J411" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="K411" s="0" t="s">
-        <x:v>1242</x:v>
+        <x:v>1244</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:11">
       <x:c r="A412" s="0">
-        <x:v>422</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="B412" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C412" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D412" s="0" t="s">
+        <x:v>1248</x:v>
+      </x:c>
+      <x:c r="E412" s="0" t="s">
+        <x:v>1249</x:v>
+      </x:c>
+      <x:c r="G412" s="0" t="s">
         <x:v>1243</x:v>
       </x:c>
-      <x:c r="E412" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="G412" s="0" t="s">
+      <x:c r="H412" s="0" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="I412" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J412" s="0" t="s">
+        <x:v>679</x:v>
+      </x:c>
+      <x:c r="K412" s="0" t="s">
         <x:v>1244</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1245</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:11">
       <x:c r="A413" s="0">
+        <x:v>439</x:v>
+      </x:c>
+      <x:c r="B413" s="0" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="C413" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
-      <x:c r="B413" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D413" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>1250</x:v>
       </x:c>
       <x:c r="E413" s="0" t="s">
-        <x:v>890</x:v>
+        <x:v>397</x:v>
+      </x:c>
+      <x:c r="F413" s="0" t="s">
+        <x:v>1251</x:v>
       </x:c>
       <x:c r="G413" s="0" t="s">
-        <x:v>1246</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="H413" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I413" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J413" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K413" s="0" t="s">
-        <x:v>1247</x:v>
+        <x:v>1252</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:11">
       <x:c r="A414" s="0">
-        <x:v>418</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="B414" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C414" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="D414" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>1253</x:v>
       </x:c>
       <x:c r="E414" s="0" t="s">
-        <x:v>1248</x:v>
+        <x:v>1254</x:v>
       </x:c>
       <x:c r="G414" s="0" t="s">
-        <x:v>1249</x:v>
+        <x:v>1255</x:v>
       </x:c>
       <x:c r="H414" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="I414" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J414" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K414" s="0" t="s">
-        <x:v>1250</x:v>
+        <x:v>1256</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:11">
       <x:c r="A415" s="0">
-        <x:v>415</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C415" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D415" s="0" t="s">
-        <x:v>1251</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E415" s="0" t="s">
-        <x:v>1252</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="G415" s="0" t="s">
-        <x:v>1253</x:v>
+        <x:v>1257</x:v>
       </x:c>
       <x:c r="H415" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I415" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J415" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K415" s="0" t="s">
-        <x:v>1254</x:v>
+        <x:v>1258</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:11">
       <x:c r="A416" s="0">
-        <x:v>414</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="B416" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C416" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D416" s="0" t="s">
-        <x:v>1255</x:v>
+        <x:v>1259</x:v>
       </x:c>
       <x:c r="E416" s="0" t="s">
-        <x:v>1256</x:v>
+        <x:v>1260</x:v>
       </x:c>
       <x:c r="F416" s="0" t="s">
-        <x:v>1257</x:v>
+        <x:v>1261</x:v>
       </x:c>
       <x:c r="G416" s="0" t="s">
-        <x:v>1258</x:v>
+        <x:v>1262</x:v>
+      </x:c>
+      <x:c r="H416" s="0" t="s">
+        <x:v>265</x:v>
       </x:c>
       <x:c r="I416" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J416" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="K416" s="0" t="s">
-        <x:v>1259</x:v>
+        <x:v>1263</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:11">
       <x:c r="A417" s="0">
-        <x:v>411</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C417" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D417" s="0" t="s">
-        <x:v>1260</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="E417" s="0" t="s">
-        <x:v>1261</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="G417" s="0" t="s">
-        <x:v>1262</x:v>
+        <x:v>1264</x:v>
       </x:c>
       <x:c r="H417" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="I417" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J417" s="0" t="s">
-        <x:v>1263</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K417" s="0" t="s">
-        <x:v>1264</x:v>
+        <x:v>1265</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:11">
       <x:c r="A418" s="0">
-        <x:v>410</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="B418" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C418" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D418" s="0" t="s">
-        <x:v>1265</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E418" s="0" t="s">
+        <x:v>943</x:v>
+      </x:c>
+      <x:c r="G418" s="0" t="s">
         <x:v>1266</x:v>
       </x:c>
-      <x:c r="G418" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H418" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="I418" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J418" s="0" t="s">
-        <x:v>1263</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K418" s="0" t="s">
-        <x:v>1264</x:v>
+        <x:v>1267</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:11">
       <x:c r="A419" s="0">
-        <x:v>409</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C419" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D419" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1268</x:v>
       </x:c>
       <x:c r="E419" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="F419" s="0" t="s">
+        <x:v>301</x:v>
       </x:c>
       <x:c r="G419" s="0" t="s">
-        <x:v>1262</x:v>
+        <x:v>1269</x:v>
       </x:c>
       <x:c r="H419" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I419" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J419" s="0" t="s">
-        <x:v>1263</x:v>
+        <x:v>1270</x:v>
       </x:c>
       <x:c r="K419" s="0" t="s">
-        <x:v>1264</x:v>
+        <x:v>1271</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:11">
       <x:c r="A420" s="0">
-        <x:v>408</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="B420" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C420" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D420" s="0" t="s">
-        <x:v>1269</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="E420" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="F420" s="0" t="s">
+        <x:v>301</x:v>
       </x:c>
       <x:c r="G420" s="0" t="s">
-        <x:v>1262</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="H420" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>1274</x:v>
       </x:c>
       <x:c r="I420" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J420" s="0" t="s">
-        <x:v>1263</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="K420" s="0" t="s">
-        <x:v>1264</x:v>
+        <x:v>1275</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:11">
       <x:c r="A421" s="0">
-        <x:v>407</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C421" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D421" s="0" t="s">
-        <x:v>1270</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="E421" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="G421" s="0" t="s">
-        <x:v>1271</x:v>
+        <x:v>1276</x:v>
       </x:c>
       <x:c r="H421" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="I421" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J421" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
-        <x:v>1272</x:v>
+        <x:v>1277</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:11">
       <x:c r="A422" s="0">
-        <x:v>406</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="B422" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C422" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D422" s="0" t="s">
-        <x:v>1273</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E422" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="G422" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>1278</x:v>
       </x:c>
       <x:c r="H422" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="I422" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J422" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K422" s="0" t="s">
-        <x:v>1274</x:v>
+        <x:v>1279</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:11">
       <x:c r="A423" s="0">
-        <x:v>405</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C423" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="D423" s="0" t="s">
-        <x:v>1275</x:v>
+        <x:v>1280</x:v>
       </x:c>
       <x:c r="E423" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="G423" s="0" t="s">
-        <x:v>1276</x:v>
+        <x:v>1281</x:v>
       </x:c>
       <x:c r="H423" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I423" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J423" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
-        <x:v>1277</x:v>
+        <x:v>1282</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:11">
       <x:c r="A424" s="0">
-        <x:v>401</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="B424" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C424" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="D424" s="0" t="s">
-        <x:v>1278</x:v>
+        <x:v>1283</x:v>
       </x:c>
       <x:c r="E424" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="G424" s="0" t="s">
-        <x:v>1279</x:v>
+        <x:v>1284</x:v>
       </x:c>
       <x:c r="H424" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I424" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J424" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K424" s="0" t="s">
-        <x:v>1280</x:v>
+        <x:v>1285</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:11">
       <x:c r="A425" s="0">
-        <x:v>400</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C425" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D425" s="0" t="s">
-        <x:v>1281</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E425" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>930</x:v>
       </x:c>
       <x:c r="G425" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>1286</x:v>
       </x:c>
       <x:c r="H425" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I425" s="0" t="s">
-        <x:v>739</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J425" s="0" t="s">
-        <x:v>739</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K425" s="0" t="s">
-        <x:v>1282</x:v>
+        <x:v>1287</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:11">
       <x:c r="A426" s="0">
-        <x:v>391</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="B426" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C426" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D426" s="0" t="s">
-        <x:v>1283</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E426" s="0" t="s">
-        <x:v>1284</x:v>
-[...2 lines deleted...]
-        <x:v>1285</x:v>
+        <x:v>1288</x:v>
       </x:c>
       <x:c r="G426" s="0" t="s">
-        <x:v>1258</x:v>
+        <x:v>1289</x:v>
       </x:c>
       <x:c r="H426" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I426" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J426" s="0" t="s">
-        <x:v>431</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K426" s="0" t="s">
-        <x:v>1286</x:v>
+        <x:v>1290</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:11">
       <x:c r="A427" s="0">
-        <x:v>390</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C427" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D427" s="0" t="s">
-        <x:v>654</x:v>
+        <x:v>1291</x:v>
       </x:c>
       <x:c r="E427" s="0" t="s">
-        <x:v>1287</x:v>
-[...2 lines deleted...]
-        <x:v>1288</x:v>
+        <x:v>1292</x:v>
       </x:c>
       <x:c r="G427" s="0" t="s">
-        <x:v>1289</x:v>
+        <x:v>1293</x:v>
       </x:c>
       <x:c r="H427" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I427" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J427" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K427" s="0" t="s">
-        <x:v>1274</x:v>
+        <x:v>1294</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:11">
       <x:c r="A428" s="0">
-        <x:v>389</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="B428" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C428" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D428" s="0" t="s">
-        <x:v>1290</x:v>
+        <x:v>1295</x:v>
       </x:c>
       <x:c r="E428" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>1296</x:v>
+      </x:c>
+      <x:c r="F428" s="0" t="s">
+        <x:v>1297</x:v>
       </x:c>
       <x:c r="G428" s="0" t="s">
-        <x:v>254</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>1298</x:v>
       </x:c>
       <x:c r="I428" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J428" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K428" s="0" t="s">
-        <x:v>1274</x:v>
+        <x:v>1299</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:11">
       <x:c r="A429" s="0">
-        <x:v>388</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C429" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D429" s="0" t="s">
-        <x:v>1291</x:v>
+        <x:v>1300</x:v>
       </x:c>
       <x:c r="E429" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>1301</x:v>
       </x:c>
       <x:c r="G429" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>1302</x:v>
       </x:c>
       <x:c r="H429" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="I429" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J429" s="0" t="s">
-        <x:v>1292</x:v>
+        <x:v>1303</x:v>
       </x:c>
       <x:c r="K429" s="0" t="s">
-        <x:v>1293</x:v>
+        <x:v>1304</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:11">
       <x:c r="A430" s="0">
-        <x:v>387</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="B430" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C430" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D430" s="0" t="s">
-        <x:v>1294</x:v>
+        <x:v>1305</x:v>
       </x:c>
       <x:c r="E430" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>1306</x:v>
       </x:c>
       <x:c r="G430" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>1302</x:v>
       </x:c>
       <x:c r="H430" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="I430" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J430" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>1303</x:v>
       </x:c>
       <x:c r="K430" s="0" t="s">
-        <x:v>1274</x:v>
+        <x:v>1304</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:11">
       <x:c r="A431" s="0">
-        <x:v>386</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C431" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D431" s="0" t="s">
-        <x:v>1295</x:v>
+        <x:v>1307</x:v>
       </x:c>
       <x:c r="E431" s="0" t="s">
-        <x:v>254</x:v>
-[...2 lines deleted...]
-        <x:v>1296</x:v>
+        <x:v>1308</x:v>
       </x:c>
       <x:c r="G431" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>1302</x:v>
       </x:c>
       <x:c r="H431" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="I431" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J431" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>1303</x:v>
       </x:c>
       <x:c r="K431" s="0" t="s">
-        <x:v>1274</x:v>
+        <x:v>1304</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:11">
       <x:c r="A432" s="0">
-        <x:v>385</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="B432" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C432" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D432" s="0" t="s">
-        <x:v>1297</x:v>
+        <x:v>1309</x:v>
       </x:c>
       <x:c r="E432" s="0" t="s">
-        <x:v>254</x:v>
-[...2 lines deleted...]
-        <x:v>1298</x:v>
+        <x:v>1308</x:v>
       </x:c>
       <x:c r="G432" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>1302</x:v>
       </x:c>
       <x:c r="H432" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="I432" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J432" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>1303</x:v>
       </x:c>
       <x:c r="K432" s="0" t="s">
-        <x:v>1274</x:v>
+        <x:v>1304</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:11">
       <x:c r="A433" s="0">
-        <x:v>384</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C433" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D433" s="0" t="s">
-        <x:v>1299</x:v>
+        <x:v>1310</x:v>
       </x:c>
       <x:c r="E433" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="G433" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>1311</x:v>
       </x:c>
       <x:c r="H433" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I433" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J433" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K433" s="0" t="s">
-        <x:v>1274</x:v>
+        <x:v>1312</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:11">
       <x:c r="A434" s="0">
-        <x:v>376</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="B434" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C434" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D434" s="0" t="s">
-        <x:v>1300</x:v>
+        <x:v>1313</x:v>
       </x:c>
       <x:c r="E434" s="0" t="s">
-        <x:v>1301</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="G434" s="0" t="s">
-        <x:v>1302</x:v>
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="H434" s="0" t="s">
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I434" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J434" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K434" s="0" t="s">
-        <x:v>1303</x:v>
+        <x:v>1314</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:11">
       <x:c r="A435" s="0">
-        <x:v>375</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C435" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="D435" s="0" t="s">
-        <x:v>1304</x:v>
+        <x:v>1315</x:v>
       </x:c>
       <x:c r="E435" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G435" s="0" t="s">
-        <x:v>1305</x:v>
+        <x:v>1316</x:v>
       </x:c>
       <x:c r="H435" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I435" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="J435" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K435" s="0" t="s">
-        <x:v>1306</x:v>
+        <x:v>1317</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:11">
       <x:c r="A436" s="0">
-        <x:v>374</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="B436" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C436" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D436" s="0" t="s">
-        <x:v>1307</x:v>
+        <x:v>1318</x:v>
       </x:c>
       <x:c r="E436" s="0" t="s">
-        <x:v>1199</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="G436" s="0" t="s">
-        <x:v>1054</x:v>
+        <x:v>1319</x:v>
       </x:c>
       <x:c r="H436" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="I436" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J436" s="0" t="s">
-        <x:v>793</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K436" s="0" t="s">
-        <x:v>558</x:v>
+        <x:v>1320</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:11">
       <x:c r="A437" s="0">
-        <x:v>373</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C437" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="D437" s="0" t="s">
-        <x:v>1308</x:v>
+        <x:v>1321</x:v>
       </x:c>
       <x:c r="E437" s="0" t="s">
-        <x:v>1199</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="G437" s="0" t="s">
-        <x:v>1054</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="H437" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I437" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="J437" s="0" t="s">
-        <x:v>793</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="K437" s="0" t="s">
-        <x:v>558</x:v>
+        <x:v>1322</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:11">
       <x:c r="A438" s="0">
-        <x:v>372</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="B438" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C438" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D438" s="0" t="s">
-        <x:v>1309</x:v>
+        <x:v>1323</x:v>
       </x:c>
       <x:c r="E438" s="0" t="s">
-        <x:v>1199</x:v>
+        <x:v>1324</x:v>
+      </x:c>
+      <x:c r="F438" s="0" t="s">
+        <x:v>1325</x:v>
       </x:c>
       <x:c r="G438" s="0" t="s">
-        <x:v>1054</x:v>
+        <x:v>1298</x:v>
       </x:c>
       <x:c r="H438" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I438" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J438" s="0" t="s">
-        <x:v>793</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="K438" s="0" t="s">
-        <x:v>558</x:v>
+        <x:v>1326</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:11">
       <x:c r="A439" s="0">
-        <x:v>371</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C439" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D439" s="0" t="s">
-        <x:v>1310</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="E439" s="0" t="s">
-        <x:v>1199</x:v>
+        <x:v>1327</x:v>
+      </x:c>
+      <x:c r="F439" s="0" t="s">
+        <x:v>1328</x:v>
       </x:c>
       <x:c r="G439" s="0" t="s">
-        <x:v>1054</x:v>
+        <x:v>1329</x:v>
       </x:c>
       <x:c r="H439" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="I439" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J439" s="0" t="s">
-        <x:v>793</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K439" s="0" t="s">
-        <x:v>558</x:v>
+        <x:v>1314</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:11">
       <x:c r="A440" s="0">
-        <x:v>370</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="B440" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C440" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D440" s="0" t="s">
-        <x:v>1311</x:v>
+        <x:v>1330</x:v>
       </x:c>
       <x:c r="E440" s="0" t="s">
-        <x:v>1199</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="G440" s="0" t="s">
-        <x:v>1054</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="H440" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I440" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J440" s="0" t="s">
-        <x:v>793</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K440" s="0" t="s">
-        <x:v>558</x:v>
+        <x:v>1314</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:11">
       <x:c r="A441" s="0">
-        <x:v>359</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C441" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="D441" s="0" t="s">
-        <x:v>1312</x:v>
+        <x:v>1331</x:v>
       </x:c>
       <x:c r="E441" s="0" t="s">
-        <x:v>1301</x:v>
-[...2 lines deleted...]
-        <x:v>1313</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="G441" s="0" t="s">
-        <x:v>1314</x:v>
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="H441" s="0" t="s">
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I441" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J441" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>1332</x:v>
       </x:c>
       <x:c r="K441" s="0" t="s">
-        <x:v>1315</x:v>
+        <x:v>1333</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:11">
       <x:c r="A442" s="0">
-        <x:v>357</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="B442" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C442" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D442" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>1334</x:v>
       </x:c>
       <x:c r="E442" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="G442" s="0" t="s">
-        <x:v>1316</x:v>
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="H442" s="0" t="s">
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I442" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J442" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K442" s="0" t="s">
-        <x:v>1317</x:v>
+        <x:v>1314</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:11">
       <x:c r="A443" s="0">
-        <x:v>356</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C443" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D443" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>1335</x:v>
       </x:c>
       <x:c r="E443" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="F443" s="0" t="s">
+        <x:v>1336</x:v>
       </x:c>
       <x:c r="G443" s="0" t="s">
-        <x:v>1318</x:v>
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="H443" s="0" t="s">
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I443" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J443" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K443" s="0" t="s">
-        <x:v>1319</x:v>
+        <x:v>1314</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:11">
       <x:c r="A444" s="0">
-        <x:v>346</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="B444" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C444" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D444" s="0" t="s">
-        <x:v>1320</x:v>
+        <x:v>1337</x:v>
       </x:c>
       <x:c r="E444" s="0" t="s">
-        <x:v>1321</x:v>
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="F444" s="0" t="s">
+        <x:v>1338</x:v>
       </x:c>
       <x:c r="G444" s="0" t="s">
-        <x:v>1057</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="H444" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I444" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J444" s="0" t="s">
-        <x:v>793</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K444" s="0" t="s">
-        <x:v>558</x:v>
+        <x:v>1314</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:11">
       <x:c r="A445" s="0">
-        <x:v>345</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C445" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D445" s="0" t="s">
-        <x:v>1322</x:v>
+        <x:v>1339</x:v>
       </x:c>
       <x:c r="E445" s="0" t="s">
-        <x:v>1321</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="G445" s="0" t="s">
-        <x:v>1057</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="H445" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I445" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J445" s="0" t="s">
-        <x:v>793</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K445" s="0" t="s">
-        <x:v>558</x:v>
+        <x:v>1314</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:11">
       <x:c r="A446" s="0">
-        <x:v>343</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="B446" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C446" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="D446" s="0" t="s">
-        <x:v>1323</x:v>
+        <x:v>1340</x:v>
       </x:c>
       <x:c r="E446" s="0" t="s">
-        <x:v>1321</x:v>
+        <x:v>1341</x:v>
       </x:c>
       <x:c r="G446" s="0" t="s">
-        <x:v>1057</x:v>
-[...2 lines deleted...]
-        <x:v>218</x:v>
+        <x:v>1342</x:v>
       </x:c>
       <x:c r="I446" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J446" s="0" t="s">
-        <x:v>793</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K446" s="0" t="s">
-        <x:v>558</x:v>
+        <x:v>1343</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:11">
       <x:c r="A447" s="0">
-        <x:v>342</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C447" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="D447" s="0" t="s">
-        <x:v>1324</x:v>
+        <x:v>1344</x:v>
       </x:c>
       <x:c r="E447" s="0" t="s">
-        <x:v>1321</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="G447" s="0" t="s">
-        <x:v>1057</x:v>
+        <x:v>1345</x:v>
       </x:c>
       <x:c r="H447" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I447" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="J447" s="0" t="s">
-        <x:v>793</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="K447" s="0" t="s">
-        <x:v>558</x:v>
+        <x:v>1346</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:11">
       <x:c r="A448" s="0">
-        <x:v>340</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="B448" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C448" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D448" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>1347</x:v>
       </x:c>
       <x:c r="E448" s="0" t="s">
-        <x:v>1325</x:v>
+        <x:v>1239</x:v>
       </x:c>
       <x:c r="G448" s="0" t="s">
-        <x:v>1326</x:v>
+        <x:v>1094</x:v>
+      </x:c>
+      <x:c r="H448" s="0" t="s">
+        <x:v>265</x:v>
       </x:c>
       <x:c r="I448" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J448" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="K448" s="0" t="s">
-        <x:v>1327</x:v>
+        <x:v>599</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:11">
       <x:c r="A449" s="0">
-        <x:v>332</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C449" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D449" s="0" t="s">
-        <x:v>1328</x:v>
+        <x:v>1348</x:v>
       </x:c>
       <x:c r="E449" s="0" t="s">
-        <x:v>1329</x:v>
-[...2 lines deleted...]
-        <x:v>1221</x:v>
+        <x:v>1239</x:v>
       </x:c>
       <x:c r="G449" s="0" t="s">
-        <x:v>1222</x:v>
+        <x:v>1094</x:v>
       </x:c>
       <x:c r="H449" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="I449" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J449" s="0" t="s">
-        <x:v>793</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="K449" s="0" t="s">
-        <x:v>1330</x:v>
+        <x:v>599</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:11">
       <x:c r="A450" s="0">
-        <x:v>322</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="B450" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C450" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D450" s="0" t="s">
-        <x:v>1331</x:v>
+        <x:v>1349</x:v>
       </x:c>
       <x:c r="E450" s="0" t="s">
-        <x:v>1332</x:v>
-[...2 lines deleted...]
-        <x:v>1333</x:v>
+        <x:v>1239</x:v>
       </x:c>
       <x:c r="G450" s="0" t="s">
-        <x:v>1054</x:v>
+        <x:v>1094</x:v>
       </x:c>
       <x:c r="H450" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="I450" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J450" s="0" t="s">
-        <x:v>793</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="K450" s="0" t="s">
-        <x:v>1334</x:v>
+        <x:v>599</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:11">
       <x:c r="A451" s="0">
-        <x:v>321</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C451" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D451" s="0" t="s">
-        <x:v>1335</x:v>
+        <x:v>1350</x:v>
       </x:c>
       <x:c r="E451" s="0" t="s">
-        <x:v>1336</x:v>
-[...2 lines deleted...]
-        <x:v>1337</x:v>
+        <x:v>1239</x:v>
       </x:c>
       <x:c r="G451" s="0" t="s">
-        <x:v>1054</x:v>
+        <x:v>1094</x:v>
       </x:c>
       <x:c r="H451" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="I451" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J451" s="0" t="s">
-        <x:v>793</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="K451" s="0" t="s">
-        <x:v>1334</x:v>
+        <x:v>599</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:11">
       <x:c r="A452" s="0">
-        <x:v>320</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="B452" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C452" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D452" s="0" t="s">
-        <x:v>1338</x:v>
+        <x:v>1351</x:v>
       </x:c>
       <x:c r="E452" s="0" t="s">
-        <x:v>1339</x:v>
-[...2 lines deleted...]
-        <x:v>1221</x:v>
+        <x:v>1239</x:v>
       </x:c>
       <x:c r="G452" s="0" t="s">
-        <x:v>1222</x:v>
+        <x:v>1094</x:v>
       </x:c>
       <x:c r="H452" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="I452" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J452" s="0" t="s">
-        <x:v>793</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="K452" s="0" t="s">
-        <x:v>1330</x:v>
+        <x:v>599</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:11">
       <x:c r="A453" s="0">
-        <x:v>317</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C453" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="D453" s="0" t="s">
-        <x:v>1340</x:v>
+        <x:v>1352</x:v>
       </x:c>
       <x:c r="E453" s="0" t="s">
         <x:v>1341</x:v>
       </x:c>
       <x:c r="F453" s="0" t="s">
-        <x:v>1342</x:v>
+        <x:v>1353</x:v>
       </x:c>
       <x:c r="G453" s="0" t="s">
-        <x:v>1343</x:v>
-[...2 lines deleted...]
-        <x:v>53</x:v>
+        <x:v>1354</x:v>
       </x:c>
       <x:c r="I453" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J453" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="K453" s="0" t="s">
-        <x:v>1259</x:v>
+        <x:v>1355</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:11">
       <x:c r="A454" s="0">
-        <x:v>316</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="B454" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C454" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D454" s="0" t="s">
-        <x:v>1344</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="E454" s="0" t="s">
-        <x:v>1345</x:v>
-[...2 lines deleted...]
-        <x:v>1346</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="G454" s="0" t="s">
-        <x:v>1343</x:v>
-[...2 lines deleted...]
-        <x:v>53</x:v>
+        <x:v>1356</x:v>
       </x:c>
       <x:c r="I454" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J454" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K454" s="0" t="s">
-        <x:v>1259</x:v>
+        <x:v>1357</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:11">
       <x:c r="A455" s="0">
-        <x:v>315</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C455" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D455" s="0" t="s">
-        <x:v>1347</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E455" s="0" t="s">
-        <x:v>1348</x:v>
-[...2 lines deleted...]
-        <x:v>1349</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="G455" s="0" t="s">
-        <x:v>1350</x:v>
-[...2 lines deleted...]
-        <x:v>218</x:v>
+        <x:v>1358</x:v>
       </x:c>
       <x:c r="I455" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J455" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K455" s="0" t="s">
-        <x:v>1351</x:v>
+        <x:v>1359</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:11">
       <x:c r="A456" s="0">
-        <x:v>314</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="B456" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C456" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D456" s="0" t="s">
-        <x:v>1352</x:v>
+        <x:v>1360</x:v>
       </x:c>
       <x:c r="E456" s="0" t="s">
-        <x:v>1348</x:v>
-[...2 lines deleted...]
-        <x:v>1353</x:v>
+        <x:v>1361</x:v>
       </x:c>
       <x:c r="G456" s="0" t="s">
-        <x:v>1354</x:v>
+        <x:v>1097</x:v>
       </x:c>
       <x:c r="H456" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="I456" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J456" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="K456" s="0" t="s">
-        <x:v>1355</x:v>
+        <x:v>599</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:11">
       <x:c r="A457" s="0">
-        <x:v>313</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C457" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D457" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>1362</x:v>
       </x:c>
       <x:c r="E457" s="0" t="s">
-        <x:v>1356</x:v>
+        <x:v>1361</x:v>
       </x:c>
       <x:c r="G457" s="0" t="s">
-        <x:v>1326</x:v>
+        <x:v>1097</x:v>
+      </x:c>
+      <x:c r="H457" s="0" t="s">
+        <x:v>265</x:v>
       </x:c>
       <x:c r="I457" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J457" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="K457" s="0" t="s">
-        <x:v>1357</x:v>
+        <x:v>599</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:11">
       <x:c r="A458" s="0">
-        <x:v>312</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="B458" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C458" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D458" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>1363</x:v>
       </x:c>
       <x:c r="E458" s="0" t="s">
-        <x:v>1100</x:v>
+        <x:v>1361</x:v>
       </x:c>
       <x:c r="G458" s="0" t="s">
-        <x:v>1358</x:v>
+        <x:v>1097</x:v>
+      </x:c>
+      <x:c r="H458" s="0" t="s">
+        <x:v>265</x:v>
       </x:c>
       <x:c r="I458" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J458" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="K458" s="0" t="s">
-        <x:v>1359</x:v>
+        <x:v>599</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:11">
       <x:c r="A459" s="0">
-        <x:v>308</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C459" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D459" s="0" t="s">
-        <x:v>1360</x:v>
+        <x:v>1364</x:v>
       </x:c>
       <x:c r="E459" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>1361</x:v>
       </x:c>
       <x:c r="G459" s="0" t="s">
-        <x:v>1361</x:v>
+        <x:v>1097</x:v>
+      </x:c>
+      <x:c r="H459" s="0" t="s">
+        <x:v>265</x:v>
       </x:c>
       <x:c r="I459" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J459" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="K459" s="0" t="s">
-        <x:v>1362</x:v>
+        <x:v>599</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:11">
       <x:c r="A460" s="0">
-        <x:v>307</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="B460" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C460" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D460" s="0" t="s">
-        <x:v>1363</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="E460" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>1365</x:v>
       </x:c>
       <x:c r="G460" s="0" t="s">
-        <x:v>1364</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>1366</x:v>
       </x:c>
       <x:c r="I460" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J460" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K460" s="0" t="s">
-        <x:v>1362</x:v>
+        <x:v>1367</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:11">
       <x:c r="A461" s="0">
-        <x:v>306</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C461" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D461" s="0" t="s">
-        <x:v>1365</x:v>
+        <x:v>1368</x:v>
       </x:c>
       <x:c r="E461" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>1369</x:v>
+      </x:c>
+      <x:c r="F461" s="0" t="s">
+        <x:v>1261</x:v>
       </x:c>
       <x:c r="G461" s="0" t="s">
-        <x:v>1366</x:v>
+        <x:v>1262</x:v>
       </x:c>
       <x:c r="H461" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="I461" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J461" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="K461" s="0" t="s">
-        <x:v>1362</x:v>
+        <x:v>1370</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:11">
       <x:c r="A462" s="0">
-        <x:v>287</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="B462" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C462" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D462" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>1371</x:v>
       </x:c>
       <x:c r="E462" s="0" t="s">
-        <x:v>1367</x:v>
+        <x:v>1372</x:v>
+      </x:c>
+      <x:c r="F462" s="0" t="s">
+        <x:v>1373</x:v>
       </x:c>
       <x:c r="G462" s="0" t="s">
-        <x:v>1368</x:v>
+        <x:v>1094</x:v>
+      </x:c>
+      <x:c r="H462" s="0" t="s">
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I462" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J462" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="K462" s="0" t="s">
-        <x:v>1369</x:v>
+        <x:v>1374</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:11">
       <x:c r="A463" s="0">
-        <x:v>286</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C463" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D463" s="0" t="s">
-        <x:v>1370</x:v>
+        <x:v>1375</x:v>
       </x:c>
       <x:c r="E463" s="0" t="s">
-        <x:v>1371</x:v>
+        <x:v>1376</x:v>
+      </x:c>
+      <x:c r="F463" s="0" t="s">
+        <x:v>1377</x:v>
       </x:c>
       <x:c r="G463" s="0" t="s">
-        <x:v>1372</x:v>
+        <x:v>1094</x:v>
       </x:c>
       <x:c r="H463" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I463" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J463" s="0" t="s">
-        <x:v>1373</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="K463" s="0" t="s">
         <x:v>1374</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:11">
       <x:c r="A464" s="0">
-        <x:v>280</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="B464" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C464" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D464" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>1378</x:v>
       </x:c>
       <x:c r="E464" s="0" t="s">
-        <x:v>535</x:v>
+        <x:v>1379</x:v>
+      </x:c>
+      <x:c r="F464" s="0" t="s">
+        <x:v>1261</x:v>
       </x:c>
       <x:c r="G464" s="0" t="s">
-        <x:v>1375</x:v>
+        <x:v>1262</x:v>
+      </x:c>
+      <x:c r="H464" s="0" t="s">
+        <x:v>265</x:v>
       </x:c>
       <x:c r="I464" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J464" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="K464" s="0" t="s">
-        <x:v>1376</x:v>
+        <x:v>1370</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:11">
       <x:c r="A465" s="0">
-        <x:v>263</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C465" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D465" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>1380</x:v>
       </x:c>
       <x:c r="E465" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>1381</x:v>
+      </x:c>
+      <x:c r="F465" s="0" t="s">
+        <x:v>1382</x:v>
       </x:c>
       <x:c r="G465" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>1383</x:v>
+      </x:c>
+      <x:c r="H465" s="0" t="s">
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I465" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J465" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K465" s="0" t="s">
-        <x:v>1377</x:v>
+        <x:v>1299</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:11">
       <x:c r="A466" s="0">
-        <x:v>253</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="B466" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C466" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D466" s="0" t="s">
-        <x:v>1378</x:v>
+        <x:v>1384</x:v>
       </x:c>
       <x:c r="E466" s="0" t="s">
-        <x:v>1379</x:v>
+        <x:v>1385</x:v>
       </x:c>
       <x:c r="F466" s="0" t="s">
-        <x:v>1380</x:v>
+        <x:v>1386</x:v>
       </x:c>
       <x:c r="G466" s="0" t="s">
-        <x:v>1372</x:v>
+        <x:v>1383</x:v>
       </x:c>
       <x:c r="H466" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I466" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J466" s="0" t="s">
-        <x:v>1373</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K466" s="0" t="s">
-        <x:v>1381</x:v>
+        <x:v>1299</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:11">
       <x:c r="A467" s="0">
-        <x:v>252</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C467" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D467" s="0" t="s">
-        <x:v>1382</x:v>
+        <x:v>1387</x:v>
       </x:c>
       <x:c r="E467" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>1388</x:v>
+      </x:c>
+      <x:c r="F467" s="0" t="s">
+        <x:v>1389</x:v>
       </x:c>
       <x:c r="G467" s="0" t="s">
-        <x:v>1383</x:v>
+        <x:v>1390</x:v>
       </x:c>
       <x:c r="H467" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="I467" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J467" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K467" s="0" t="s">
-        <x:v>1274</x:v>
+        <x:v>1391</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:11">
       <x:c r="A468" s="0">
-        <x:v>251</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="B468" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C468" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D468" s="0" t="s">
-        <x:v>1384</x:v>
+        <x:v>1392</x:v>
       </x:c>
       <x:c r="E468" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>1388</x:v>
+      </x:c>
+      <x:c r="F468" s="0" t="s">
+        <x:v>1393</x:v>
       </x:c>
       <x:c r="G468" s="0" t="s">
-        <x:v>1385</x:v>
+        <x:v>1394</x:v>
       </x:c>
       <x:c r="H468" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="I468" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J468" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K468" s="0" t="s">
-        <x:v>1274</x:v>
+        <x:v>1395</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:11">
       <x:c r="A469" s="0">
-        <x:v>250</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C469" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="D469" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="D469" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E469" s="0" t="s">
-        <x:v>1387</x:v>
+        <x:v>1396</x:v>
       </x:c>
       <x:c r="G469" s="0" t="s">
-        <x:v>1372</x:v>
-[...2 lines deleted...]
-        <x:v>218</x:v>
+        <x:v>1366</x:v>
       </x:c>
       <x:c r="I469" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J469" s="0" t="s">
-        <x:v>1388</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K469" s="0" t="s">
-        <x:v>1040</x:v>
+        <x:v>1397</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:11">
       <x:c r="A470" s="0">
-        <x:v>249</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="B470" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C470" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D470" s="0" t="s">
-        <x:v>1389</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E470" s="0" t="s">
-        <x:v>1390</x:v>
-[...2 lines deleted...]
-        <x:v>1221</x:v>
+        <x:v>1140</x:v>
       </x:c>
       <x:c r="G470" s="0" t="s">
-        <x:v>1222</x:v>
-[...2 lines deleted...]
-        <x:v>218</x:v>
+        <x:v>1398</x:v>
       </x:c>
       <x:c r="I470" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J470" s="0" t="s">
-        <x:v>793</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K470" s="0" t="s">
-        <x:v>1330</x:v>
+        <x:v>1399</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:11">
       <x:c r="A471" s="0">
-        <x:v>241</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C471" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D471" s="0" t="s">
-        <x:v>1391</x:v>
+        <x:v>1400</x:v>
       </x:c>
       <x:c r="E471" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="G471" s="0" t="s">
-        <x:v>1203</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>1401</x:v>
       </x:c>
       <x:c r="I471" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J471" s="0" t="s">
-        <x:v>1388</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K471" s="0" t="s">
-        <x:v>1040</x:v>
+        <x:v>1402</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:11">
       <x:c r="A472" s="0">
-        <x:v>240</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="B472" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C472" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D472" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="E472" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="G472" s="0" t="s">
-        <x:v>521</x:v>
+        <x:v>1404</x:v>
+      </x:c>
+      <x:c r="H472" s="0" t="s">
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I472" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J472" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K472" s="0" t="s">
-        <x:v>1392</x:v>
+        <x:v>1402</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:11">
       <x:c r="A473" s="0">
-        <x:v>239</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C473" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D473" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>1405</x:v>
       </x:c>
       <x:c r="E473" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="G473" s="0" t="s">
-        <x:v>1393</x:v>
+        <x:v>1406</x:v>
+      </x:c>
+      <x:c r="H473" s="0" t="s">
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I473" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J473" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K473" s="0" t="s">
-        <x:v>1394</x:v>
+        <x:v>1402</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:11">
       <x:c r="A474" s="0">
-        <x:v>225</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="B474" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C474" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D474" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="E474" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>1407</x:v>
       </x:c>
       <x:c r="G474" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>1408</x:v>
       </x:c>
       <x:c r="I474" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J474" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K474" s="0" t="s">
-        <x:v>1395</x:v>
+        <x:v>1409</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:11">
       <x:c r="A475" s="0">
-        <x:v>218</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C475" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D475" s="0" t="s">
-        <x:v>1396</x:v>
+        <x:v>1410</x:v>
       </x:c>
       <x:c r="E475" s="0" t="s">
-        <x:v>1397</x:v>
-[...2 lines deleted...]
-        <x:v>1398</x:v>
+        <x:v>1411</x:v>
       </x:c>
       <x:c r="G475" s="0" t="s">
-        <x:v>1399</x:v>
+        <x:v>1412</x:v>
       </x:c>
       <x:c r="H475" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="I475" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J475" s="0" t="s">
-        <x:v>431</x:v>
+        <x:v>1413</x:v>
       </x:c>
       <x:c r="K475" s="0" t="s">
-        <x:v>1400</x:v>
+        <x:v>1414</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:11">
       <x:c r="A476" s="0">
-        <x:v>209</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="B476" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C476" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D476" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E476" s="0" t="s">
-        <x:v>535</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="G476" s="0" t="s">
-        <x:v>1401</x:v>
+        <x:v>1415</x:v>
       </x:c>
       <x:c r="I476" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J476" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K476" s="0" t="s">
-        <x:v>1402</x:v>
+        <x:v>1416</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:11">
       <x:c r="A477" s="0">
-        <x:v>208</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C477" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D477" s="0" t="s">
-        <x:v>1403</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E477" s="0" t="s">
-        <x:v>1404</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="G477" s="0" t="s">
-        <x:v>1405</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="I477" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J477" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K477" s="0" t="s">
-        <x:v>1406</x:v>
+        <x:v>1417</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:11">
       <x:c r="A478" s="0">
-        <x:v>206</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="B478" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C478" s="0" t="s">
-        <x:v>1088</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D478" s="0" t="s">
-        <x:v>1407</x:v>
+        <x:v>1418</x:v>
       </x:c>
       <x:c r="E478" s="0" t="s">
-        <x:v>1408</x:v>
+        <x:v>1419</x:v>
+      </x:c>
+      <x:c r="F478" s="0" t="s">
+        <x:v>1420</x:v>
       </x:c>
       <x:c r="G478" s="0" t="s">
-        <x:v>1409</x:v>
+        <x:v>1412</x:v>
+      </x:c>
+      <x:c r="H478" s="0" t="s">
+        <x:v>265</x:v>
       </x:c>
       <x:c r="I478" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J478" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>1413</x:v>
       </x:c>
       <x:c r="K478" s="0" t="s">
-        <x:v>1410</x:v>
+        <x:v>1421</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:11">
       <x:c r="A479" s="0">
-        <x:v>205</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C479" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D479" s="0" t="s">
-        <x:v>1411</x:v>
+        <x:v>1422</x:v>
       </x:c>
       <x:c r="E479" s="0" t="s">
-        <x:v>1412</x:v>
-[...2 lines deleted...]
-        <x:v>1413</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="G479" s="0" t="s">
-        <x:v>1258</x:v>
+        <x:v>1423</x:v>
       </x:c>
       <x:c r="H479" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I479" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J479" s="0" t="s">
-        <x:v>793</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K479" s="0" t="s">
-        <x:v>1414</x:v>
+        <x:v>1314</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:11">
       <x:c r="A480" s="0">
-        <x:v>204</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="B480" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C480" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D480" s="0" t="s">
-        <x:v>1415</x:v>
+        <x:v>1424</x:v>
       </x:c>
       <x:c r="E480" s="0" t="s">
-        <x:v>1416</x:v>
-[...2 lines deleted...]
-        <x:v>1417</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="G480" s="0" t="s">
-        <x:v>1017</x:v>
+        <x:v>1425</x:v>
       </x:c>
       <x:c r="H480" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I480" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J480" s="0" t="s">
-        <x:v>793</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K480" s="0" t="s">
-        <x:v>1418</x:v>
+        <x:v>1314</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:11">
       <x:c r="A481" s="0">
-        <x:v>203</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C481" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D481" s="0" t="s">
-        <x:v>1419</x:v>
+        <x:v>1426</x:v>
       </x:c>
       <x:c r="E481" s="0" t="s">
-        <x:v>1420</x:v>
+        <x:v>1427</x:v>
       </x:c>
       <x:c r="G481" s="0" t="s">
-        <x:v>1017</x:v>
+        <x:v>1412</x:v>
       </x:c>
       <x:c r="H481" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="I481" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J481" s="0" t="s">
-        <x:v>793</x:v>
+        <x:v>1428</x:v>
       </x:c>
       <x:c r="K481" s="0" t="s">
-        <x:v>1418</x:v>
+        <x:v>1080</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:11">
       <x:c r="A482" s="0">
-        <x:v>202</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="B482" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C482" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D482" s="0" t="s">
-        <x:v>1421</x:v>
+        <x:v>1429</x:v>
       </x:c>
       <x:c r="E482" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>1430</x:v>
+      </x:c>
+      <x:c r="F482" s="0" t="s">
+        <x:v>1261</x:v>
       </x:c>
       <x:c r="G482" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1262</x:v>
+      </x:c>
+      <x:c r="H482" s="0" t="s">
+        <x:v>265</x:v>
       </x:c>
       <x:c r="I482" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J482" s="0" t="s">
-        <x:v>1388</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="K482" s="0" t="s">
-        <x:v>1422</x:v>
+        <x:v>1370</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:11">
       <x:c r="A483" s="0">
-        <x:v>195</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C483" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D483" s="0" t="s">
-        <x:v>1423</x:v>
+        <x:v>1431</x:v>
       </x:c>
       <x:c r="E483" s="0" t="s">
-        <x:v>1424</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G483" s="0" t="s">
-        <x:v>1425</x:v>
+        <x:v>1243</x:v>
       </x:c>
       <x:c r="H483" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I483" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J483" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>1428</x:v>
       </x:c>
       <x:c r="K483" s="0" t="s">
-        <x:v>1426</x:v>
+        <x:v>1080</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:11">
       <x:c r="A484" s="0">
-        <x:v>194</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="B484" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C484" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D484" s="0" t="s">
-        <x:v>1427</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E484" s="0" t="s">
-        <x:v>1424</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="G484" s="0" t="s">
-        <x:v>1425</x:v>
-[...2 lines deleted...]
-        <x:v>218</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="I484" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J484" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K484" s="0" t="s">
-        <x:v>1426</x:v>
+        <x:v>1432</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:11">
       <x:c r="A485" s="0">
-        <x:v>191</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C485" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D485" s="0" t="s">
-        <x:v>1428</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E485" s="0" t="s">
-        <x:v>1429</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="G485" s="0" t="s">
-        <x:v>1430</x:v>
+        <x:v>1433</x:v>
       </x:c>
       <x:c r="I485" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J485" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K485" s="0" t="s">
-        <x:v>1431</x:v>
+        <x:v>1434</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:11">
       <x:c r="A486" s="0">
-        <x:v>190</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="B486" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C486" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D486" s="0" t="s">
-        <x:v>1432</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E486" s="0" t="s">
-        <x:v>605</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="G486" s="0" t="s">
-        <x:v>1433</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="I486" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J486" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K486" s="0" t="s">
-        <x:v>1434</x:v>
+        <x:v>1435</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:11">
       <x:c r="A487" s="0">
-        <x:v>189</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C487" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D487" s="0" t="s">
-        <x:v>1435</x:v>
+        <x:v>1436</x:v>
       </x:c>
       <x:c r="E487" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>1437</x:v>
       </x:c>
       <x:c r="F487" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>1438</x:v>
       </x:c>
       <x:c r="G487" s="0" t="s">
-        <x:v>1435</x:v>
+        <x:v>1439</x:v>
       </x:c>
       <x:c r="H487" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I487" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J487" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="K487" s="0" t="s">
-        <x:v>1436</x:v>
+        <x:v>1440</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:11">
       <x:c r="A488" s="0">
-        <x:v>185</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="B488" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C488" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D488" s="0" t="s">
-        <x:v>1437</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E488" s="0" t="s">
-        <x:v>1438</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="G488" s="0" t="s">
-        <x:v>1203</x:v>
-[...2 lines deleted...]
-        <x:v>218</x:v>
+        <x:v>1441</x:v>
       </x:c>
       <x:c r="I488" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J488" s="0" t="s">
-        <x:v>1388</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K488" s="0" t="s">
-        <x:v>1439</x:v>
+        <x:v>1442</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:11">
       <x:c r="A489" s="0">
-        <x:v>184</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C489" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D489" s="0" t="s">
-        <x:v>1440</x:v>
+        <x:v>1443</x:v>
       </x:c>
       <x:c r="E489" s="0" t="s">
-        <x:v>1441</x:v>
+        <x:v>1444</x:v>
       </x:c>
       <x:c r="G489" s="0" t="s">
-        <x:v>1203</x:v>
-[...2 lines deleted...]
-        <x:v>218</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="I489" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J489" s="0" t="s">
-        <x:v>1388</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K489" s="0" t="s">
-        <x:v>1439</x:v>
+        <x:v>1446</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:11">
       <x:c r="A490" s="0">
-        <x:v>123</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="B490" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C490" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>1128</x:v>
       </x:c>
       <x:c r="D490" s="0" t="s">
-        <x:v>1442</x:v>
+        <x:v>1447</x:v>
       </x:c>
       <x:c r="E490" s="0" t="s">
-        <x:v>1443</x:v>
-[...2 lines deleted...]
-        <x:v>1444</x:v>
+        <x:v>1448</x:v>
       </x:c>
       <x:c r="G490" s="0" t="s">
-        <x:v>1203</x:v>
-[...2 lines deleted...]
-        <x:v>218</x:v>
+        <x:v>1449</x:v>
       </x:c>
       <x:c r="I490" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J490" s="0" t="s">
-        <x:v>1388</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K490" s="0" t="s">
-        <x:v>1445</x:v>
+        <x:v>1450</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:11">
       <x:c r="A491" s="0">
-        <x:v>122</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C491" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D491" s="0" t="s">
-        <x:v>1446</x:v>
+        <x:v>1451</x:v>
       </x:c>
       <x:c r="E491" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>1452</x:v>
+      </x:c>
+      <x:c r="F491" s="0" t="s">
+        <x:v>1453</x:v>
       </x:c>
       <x:c r="G491" s="0" t="s">
-        <x:v>1446</x:v>
+        <x:v>1298</x:v>
       </x:c>
       <x:c r="H491" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I491" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J491" s="0" t="s">
-        <x:v>1388</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="K491" s="0" t="s">
-        <x:v>1447</x:v>
+        <x:v>1454</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:11">
       <x:c r="A492" s="0">
-        <x:v>121</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="B492" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C492" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D492" s="0" t="s">
-        <x:v>1448</x:v>
+        <x:v>1455</x:v>
       </x:c>
       <x:c r="E492" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>1456</x:v>
+      </x:c>
+      <x:c r="F492" s="0" t="s">
+        <x:v>1457</x:v>
       </x:c>
       <x:c r="G492" s="0" t="s">
-        <x:v>1448</x:v>
+        <x:v>1057</x:v>
       </x:c>
       <x:c r="H492" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="I492" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J492" s="0" t="s">
-        <x:v>1388</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="K492" s="0" t="s">
-        <x:v>1449</x:v>
+        <x:v>1458</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:11">
       <x:c r="A493" s="0">
-        <x:v>111</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C493" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D493" s="0" t="s">
-        <x:v>1450</x:v>
+        <x:v>1459</x:v>
       </x:c>
       <x:c r="E493" s="0" t="s">
-        <x:v>1451</x:v>
-[...2 lines deleted...]
-        <x:v>355</x:v>
+        <x:v>1460</x:v>
       </x:c>
       <x:c r="G493" s="0" t="s">
-        <x:v>1452</x:v>
+        <x:v>1057</x:v>
       </x:c>
       <x:c r="H493" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="I493" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J493" s="0" t="s">
-        <x:v>1453</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="K493" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>1458</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:11">
       <x:c r="A494" s="0">
-        <x:v>110</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="B494" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C494" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D494" s="0" t="s">
-        <x:v>1454</x:v>
+        <x:v>1461</x:v>
       </x:c>
       <x:c r="E494" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G494" s="0" t="s">
-        <x:v>254</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>1243</x:v>
       </x:c>
       <x:c r="I494" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J494" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>1428</x:v>
       </x:c>
       <x:c r="K494" s="0" t="s">
-        <x:v>1455</x:v>
+        <x:v>1462</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:11">
       <x:c r="A495" s="0">
-        <x:v>109</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C495" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D495" s="0" t="s">
-        <x:v>1456</x:v>
+        <x:v>1463</x:v>
       </x:c>
       <x:c r="E495" s="0" t="s">
-        <x:v>254</x:v>
-[...2 lines deleted...]
-        <x:v>31</x:v>
+        <x:v>1464</x:v>
       </x:c>
       <x:c r="G495" s="0" t="s">
-        <x:v>1457</x:v>
+        <x:v>1465</x:v>
       </x:c>
       <x:c r="H495" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="I495" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J495" s="0" t="s">
-        <x:v>431</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K495" s="0" t="s">
-        <x:v>1458</x:v>
+        <x:v>1466</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:11">
       <x:c r="A496" s="0">
-        <x:v>108</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="B496" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C496" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D496" s="0" t="s">
-        <x:v>1459</x:v>
+        <x:v>1467</x:v>
       </x:c>
       <x:c r="E496" s="0" t="s">
-        <x:v>1460</x:v>
-[...2 lines deleted...]
-        <x:v>1461</x:v>
+        <x:v>1464</x:v>
       </x:c>
       <x:c r="G496" s="0" t="s">
-        <x:v>1462</x:v>
+        <x:v>1465</x:v>
       </x:c>
       <x:c r="H496" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="I496" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J496" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K496" s="0" t="s">
-        <x:v>1463</x:v>
+        <x:v>1466</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:11">
       <x:c r="A497" s="0">
-        <x:v>100</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C497" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D497" s="0" t="s">
-        <x:v>1464</x:v>
+        <x:v>1468</x:v>
       </x:c>
       <x:c r="E497" s="0" t="s">
-        <x:v>1465</x:v>
-[...2 lines deleted...]
-        <x:v>1466</x:v>
+        <x:v>1469</x:v>
       </x:c>
       <x:c r="G497" s="0" t="s">
-        <x:v>1467</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>1470</x:v>
       </x:c>
       <x:c r="I497" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J497" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K497" s="0" t="s">
-        <x:v>1468</x:v>
+        <x:v>1471</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:11">
       <x:c r="A498" s="0">
-        <x:v>99</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="B498" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C498" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D498" s="0" t="s">
-        <x:v>1469</x:v>
+        <x:v>1472</x:v>
       </x:c>
       <x:c r="E498" s="0" t="s">
-        <x:v>1470</x:v>
-[...2 lines deleted...]
-        <x:v>1466</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="G498" s="0" t="s">
-        <x:v>1467</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>1473</x:v>
       </x:c>
       <x:c r="I498" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J498" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K498" s="0" t="s">
-        <x:v>1471</x:v>
+        <x:v>1474</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:11">
       <x:c r="A499" s="0">
-        <x:v>98</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C499" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D499" s="0" t="s">
-        <x:v>1472</x:v>
+        <x:v>1475</x:v>
       </x:c>
       <x:c r="E499" s="0" t="s">
-        <x:v>1470</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="F499" s="0" t="s">
-        <x:v>1473</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="G499" s="0" t="s">
-        <x:v>1467</x:v>
+        <x:v>1475</x:v>
       </x:c>
       <x:c r="H499" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I499" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J499" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="K499" s="0" t="s">
-        <x:v>1471</x:v>
+        <x:v>1476</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:11">
       <x:c r="A500" s="0">
-        <x:v>96</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B500" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C500" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D500" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>1477</x:v>
       </x:c>
       <x:c r="E500" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>1478</x:v>
       </x:c>
       <x:c r="G500" s="0" t="s">
-        <x:v>1474</x:v>
+        <x:v>1243</x:v>
+      </x:c>
+      <x:c r="H500" s="0" t="s">
+        <x:v>265</x:v>
       </x:c>
       <x:c r="I500" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J500" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>1428</x:v>
       </x:c>
       <x:c r="K500" s="0" t="s">
-        <x:v>1475</x:v>
+        <x:v>1479</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:11">
       <x:c r="A501" s="0">
-        <x:v>95</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C501" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D501" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>1480</x:v>
       </x:c>
       <x:c r="E501" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>1481</x:v>
       </x:c>
       <x:c r="G501" s="0" t="s">
-        <x:v>1476</x:v>
+        <x:v>1243</x:v>
+      </x:c>
+      <x:c r="H501" s="0" t="s">
+        <x:v>265</x:v>
       </x:c>
       <x:c r="I501" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J501" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>1428</x:v>
       </x:c>
       <x:c r="K501" s="0" t="s">
-        <x:v>1477</x:v>
+        <x:v>1479</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:11">
       <x:c r="A502" s="0">
-        <x:v>88</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B502" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C502" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D502" s="0" t="s">
-        <x:v>1448</x:v>
+        <x:v>1482</x:v>
       </x:c>
       <x:c r="E502" s="0" t="s">
-        <x:v>1478</x:v>
+        <x:v>1483</x:v>
+      </x:c>
+      <x:c r="F502" s="0" t="s">
+        <x:v>1484</x:v>
       </x:c>
       <x:c r="G502" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1243</x:v>
       </x:c>
       <x:c r="H502" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="I502" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J502" s="0" t="s">
-        <x:v>1388</x:v>
+        <x:v>1428</x:v>
       </x:c>
       <x:c r="K502" s="0" t="s">
-        <x:v>1479</x:v>
+        <x:v>1485</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:11">
       <x:c r="A503" s="0">
-        <x:v>87</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C503" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D503" s="0" t="s">
-        <x:v>1480</x:v>
+        <x:v>1486</x:v>
       </x:c>
       <x:c r="E503" s="0" t="s">
-        <x:v>1481</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G503" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1486</x:v>
       </x:c>
       <x:c r="H503" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="I503" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J503" s="0" t="s">
-        <x:v>1388</x:v>
+        <x:v>1428</x:v>
       </x:c>
       <x:c r="K503" s="0" t="s">
-        <x:v>1479</x:v>
+        <x:v>1487</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:11">
       <x:c r="A504" s="0">
-        <x:v>85</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B504" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C504" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D504" s="0" t="s">
-        <x:v>1482</x:v>
+        <x:v>1488</x:v>
       </x:c>
       <x:c r="E504" s="0" t="s">
-        <x:v>1483</x:v>
-[...2 lines deleted...]
-        <x:v>1484</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G504" s="0" t="s">
-        <x:v>1485</x:v>
+        <x:v>1488</x:v>
       </x:c>
       <x:c r="H504" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="I504" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J504" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>1428</x:v>
       </x:c>
       <x:c r="K504" s="0" t="s">
-        <x:v>1486</x:v>
+        <x:v>1489</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:11">
       <x:c r="A505" s="0">
-        <x:v>84</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C505" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="D505" s="0" t="s">
-        <x:v>1487</x:v>
+        <x:v>1490</x:v>
       </x:c>
       <x:c r="E505" s="0" t="s">
-        <x:v>1488</x:v>
+        <x:v>1491</x:v>
       </x:c>
       <x:c r="F505" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="G505" s="0" t="s">
-        <x:v>1489</x:v>
+        <x:v>1492</x:v>
       </x:c>
       <x:c r="H505" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I505" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J505" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>1493</x:v>
       </x:c>
       <x:c r="K505" s="0" t="s">
-        <x:v>1490</x:v>
+        <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:11">
       <x:c r="A506" s="0">
-        <x:v>81</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B506" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C506" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D506" s="0" t="s">
-        <x:v>1491</x:v>
+        <x:v>1494</x:v>
       </x:c>
       <x:c r="E506" s="0" t="s">
-        <x:v>1290</x:v>
-[...2 lines deleted...]
-        <x:v>1492</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="G506" s="0" t="s">
-        <x:v>1467</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="H506" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I506" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J506" s="0" t="s">
-        <x:v>544</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K506" s="0" t="s">
-        <x:v>1493</x:v>
+        <x:v>1495</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:11">
       <x:c r="A507" s="0">
-        <x:v>80</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C507" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D507" s="0" t="s">
-        <x:v>1494</x:v>
+        <x:v>1496</x:v>
       </x:c>
       <x:c r="E507" s="0" t="s">
-        <x:v>1495</x:v>
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="F507" s="0" t="s">
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G507" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1497</x:v>
       </x:c>
       <x:c r="H507" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I507" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J507" s="0" t="s">
-        <x:v>1388</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="K507" s="0" t="s">
-        <x:v>1496</x:v>
+        <x:v>1498</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:11">
       <x:c r="A508" s="0">
-        <x:v>79</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B508" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C508" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="D508" s="0" t="s">
-        <x:v>1497</x:v>
+        <x:v>1499</x:v>
       </x:c>
       <x:c r="E508" s="0" t="s">
-        <x:v>1498</x:v>
+        <x:v>1500</x:v>
+      </x:c>
+      <x:c r="F508" s="0" t="s">
+        <x:v>1501</x:v>
       </x:c>
       <x:c r="G508" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1502</x:v>
       </x:c>
       <x:c r="H508" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I508" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J508" s="0" t="s">
-        <x:v>1388</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="K508" s="0" t="s">
-        <x:v>1479</x:v>
+        <x:v>1503</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:11">
       <x:c r="A509" s="0">
-        <x:v>78</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C509" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="D509" s="0" t="s">
-        <x:v>1421</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="E509" s="0" t="s">
-        <x:v>1495</x:v>
+        <x:v>1505</x:v>
+      </x:c>
+      <x:c r="F509" s="0" t="s">
+        <x:v>1506</x:v>
       </x:c>
       <x:c r="G509" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1507</x:v>
       </x:c>
       <x:c r="H509" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I509" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J509" s="0" t="s">
-        <x:v>1388</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K509" s="0" t="s">
-        <x:v>1499</x:v>
+        <x:v>1508</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:11">
       <x:c r="A510" s="0">
-        <x:v>77</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B510" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C510" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="D510" s="0" t="s">
-        <x:v>1500</x:v>
+        <x:v>1509</x:v>
       </x:c>
       <x:c r="E510" s="0" t="s">
-        <x:v>1495</x:v>
+        <x:v>1510</x:v>
+      </x:c>
+      <x:c r="F510" s="0" t="s">
+        <x:v>1506</x:v>
       </x:c>
       <x:c r="G510" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1507</x:v>
       </x:c>
       <x:c r="H510" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I510" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J510" s="0" t="s">
-        <x:v>1388</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K510" s="0" t="s">
-        <x:v>1499</x:v>
+        <x:v>1511</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:11">
       <x:c r="A511" s="0">
-        <x:v>76</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C511" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="D511" s="0" t="s">
-        <x:v>1501</x:v>
+        <x:v>1512</x:v>
       </x:c>
       <x:c r="E511" s="0" t="s">
-        <x:v>1495</x:v>
+        <x:v>1510</x:v>
+      </x:c>
+      <x:c r="F511" s="0" t="s">
+        <x:v>1513</x:v>
       </x:c>
       <x:c r="G511" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1507</x:v>
       </x:c>
       <x:c r="H511" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I511" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J511" s="0" t="s">
-        <x:v>1388</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K511" s="0" t="s">
-        <x:v>1499</x:v>
+        <x:v>1511</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:11">
       <x:c r="A512" s="0">
-        <x:v>75</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B512" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C512" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D512" s="0" t="s">
-        <x:v>1502</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E512" s="0" t="s">
-        <x:v>1503</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="G512" s="0" t="s">
-        <x:v>1504</x:v>
+        <x:v>1514</x:v>
       </x:c>
       <x:c r="I512" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J512" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K512" s="0" t="s">
-        <x:v>1505</x:v>
+        <x:v>1515</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:11">
       <x:c r="A513" s="0">
-        <x:v>74</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C513" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D513" s="0" t="s">
-        <x:v>1506</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E513" s="0" t="s">
-        <x:v>1507</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="G513" s="0" t="s">
-        <x:v>1508</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="I513" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J513" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K513" s="0" t="s">
-        <x:v>1509</x:v>
+        <x:v>1517</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:11">
       <x:c r="A514" s="0">
-        <x:v>73</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B514" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C514" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D514" s="0" t="s">
-        <x:v>1510</x:v>
+        <x:v>1488</x:v>
       </x:c>
       <x:c r="E514" s="0" t="s">
-        <x:v>1511</x:v>
+        <x:v>1518</x:v>
       </x:c>
       <x:c r="G514" s="0" t="s">
-        <x:v>1512</x:v>
+        <x:v>1243</x:v>
+      </x:c>
+      <x:c r="H514" s="0" t="s">
+        <x:v>265</x:v>
       </x:c>
       <x:c r="I514" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J514" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>1428</x:v>
       </x:c>
       <x:c r="K514" s="0" t="s">
-        <x:v>1513</x:v>
+        <x:v>1519</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:11">
       <x:c r="A515" s="0">
-        <x:v>72</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C515" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D515" s="0" t="s">
-        <x:v>1514</x:v>
+        <x:v>1520</x:v>
       </x:c>
       <x:c r="E515" s="0" t="s">
-        <x:v>1515</x:v>
-[...2 lines deleted...]
-        <x:v>1515</x:v>
+        <x:v>1521</x:v>
       </x:c>
       <x:c r="G515" s="0" t="s">
-        <x:v>1515</x:v>
+        <x:v>1243</x:v>
       </x:c>
       <x:c r="H515" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="I515" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J515" s="0" t="s">
-        <x:v>51</x:v>
-[...2 lines deleted...]
-        <x:v>1516</x:v>
+        <x:v>1428</x:v>
+      </x:c>
+      <x:c r="K515" s="0" t="s">
+        <x:v>1519</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:11">
       <x:c r="A516" s="0">
-        <x:v>71</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B516" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C516" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D516" s="0" t="s">
-        <x:v>1517</x:v>
+        <x:v>1522</x:v>
       </x:c>
       <x:c r="E516" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>1523</x:v>
       </x:c>
       <x:c r="F516" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>1524</x:v>
       </x:c>
       <x:c r="G516" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>1525</x:v>
       </x:c>
       <x:c r="H516" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I516" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J516" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K516" s="0" t="s">
-        <x:v>1518</x:v>
+        <x:v>1526</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:11">
       <x:c r="A517" s="0">
-        <x:v>68</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C517" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="D517" s="0" t="s">
-        <x:v>1519</x:v>
+        <x:v>1527</x:v>
       </x:c>
       <x:c r="E517" s="0" t="s">
-        <x:v>1515</x:v>
+        <x:v>1528</x:v>
       </x:c>
       <x:c r="F517" s="0" t="s">
-        <x:v>1520</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="G517" s="0" t="s">
-        <x:v>1515</x:v>
+        <x:v>1529</x:v>
       </x:c>
       <x:c r="H517" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I517" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J517" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="K517" s="0" t="s">
-        <x:v>1521</x:v>
+        <x:v>1530</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:11">
       <x:c r="A518" s="0">
-        <x:v>62</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B518" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C518" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D518" s="0" t="s">
-        <x:v>1522</x:v>
+        <x:v>1531</x:v>
       </x:c>
       <x:c r="E518" s="0" t="s">
-        <x:v>1515</x:v>
+        <x:v>1330</x:v>
       </x:c>
       <x:c r="F518" s="0" t="s">
-        <x:v>1523</x:v>
+        <x:v>1532</x:v>
       </x:c>
       <x:c r="G518" s="0" t="s">
-        <x:v>1515</x:v>
+        <x:v>1507</x:v>
       </x:c>
       <x:c r="H518" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I518" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J518" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="K518" s="0" t="s">
-        <x:v>1524</x:v>
+        <x:v>1533</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:11">
       <x:c r="A519" s="0">
-        <x:v>61</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C519" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D519" s="0" t="s">
-        <x:v>1525</x:v>
+        <x:v>1534</x:v>
       </x:c>
       <x:c r="E519" s="0" t="s">
-        <x:v>254</x:v>
-[...2 lines deleted...]
-        <x:v>1526</x:v>
+        <x:v>1535</x:v>
       </x:c>
       <x:c r="G519" s="0" t="s">
-        <x:v>1527</x:v>
+        <x:v>1243</x:v>
       </x:c>
       <x:c r="H519" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="I519" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J519" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>1428</x:v>
       </x:c>
       <x:c r="K519" s="0" t="s">
-        <x:v>1528</x:v>
+        <x:v>1536</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:11">
       <x:c r="A520" s="0">
-        <x:v>60</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B520" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C520" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D520" s="0" t="s">
-        <x:v>1529</x:v>
+        <x:v>1537</x:v>
       </x:c>
       <x:c r="E520" s="0" t="s">
-        <x:v>1515</x:v>
-[...2 lines deleted...]
-        <x:v>1530</x:v>
+        <x:v>1538</x:v>
       </x:c>
       <x:c r="G520" s="0" t="s">
-        <x:v>1531</x:v>
+        <x:v>1243</x:v>
       </x:c>
       <x:c r="H520" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="I520" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J520" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>1428</x:v>
       </x:c>
       <x:c r="K520" s="0" t="s">
-        <x:v>1532</x:v>
+        <x:v>1519</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:11">
       <x:c r="A521" s="0">
-        <x:v>59</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C521" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D521" s="0" t="s">
-        <x:v>1533</x:v>
+        <x:v>1461</x:v>
       </x:c>
       <x:c r="E521" s="0" t="s">
-        <x:v>1534</x:v>
+        <x:v>1535</x:v>
       </x:c>
       <x:c r="G521" s="0" t="s">
-        <x:v>1535</x:v>
+        <x:v>1243</x:v>
       </x:c>
       <x:c r="H521" s="0" t="s">
-        <x:v>1536</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="I521" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J521" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>1428</x:v>
       </x:c>
       <x:c r="K521" s="0" t="s">
-        <x:v>1362</x:v>
+        <x:v>1539</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:11">
       <x:c r="A522" s="0">
-        <x:v>58</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B522" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C522" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D522" s="0" t="s">
-        <x:v>1537</x:v>
+        <x:v>1540</x:v>
       </x:c>
       <x:c r="E522" s="0" t="s">
-        <x:v>254</x:v>
-[...2 lines deleted...]
-        <x:v>254</x:v>
+        <x:v>1535</x:v>
       </x:c>
       <x:c r="G522" s="0" t="s">
-        <x:v>1538</x:v>
+        <x:v>1243</x:v>
       </x:c>
       <x:c r="H522" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="I522" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J522" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>1428</x:v>
       </x:c>
       <x:c r="K522" s="0" t="s">
         <x:v>1539</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:11">
       <x:c r="A523" s="0">
-        <x:v>55</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C523" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D523" s="0" t="s">
-        <x:v>1540</x:v>
+        <x:v>1541</x:v>
       </x:c>
       <x:c r="E523" s="0" t="s">
-        <x:v>254</x:v>
-[...2 lines deleted...]
-        <x:v>1541</x:v>
+        <x:v>1535</x:v>
       </x:c>
       <x:c r="G523" s="0" t="s">
-        <x:v>1542</x:v>
+        <x:v>1243</x:v>
       </x:c>
       <x:c r="H523" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="I523" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J523" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>1428</x:v>
       </x:c>
       <x:c r="K523" s="0" t="s">
         <x:v>1539</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:11">
       <x:c r="A524" s="0">
-        <x:v>52</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B524" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C524" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D524" s="0" t="s">
+        <x:v>1542</x:v>
+      </x:c>
+      <x:c r="E524" s="0" t="s">
         <x:v>1543</x:v>
       </x:c>
-      <x:c r="E524" s="0" t="s">
+      <x:c r="G524" s="0" t="s">
         <x:v>1544</x:v>
       </x:c>
-      <x:c r="F524" s="0" t="s">
+      <x:c r="I524" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="J524" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="K524" s="0" t="s">
         <x:v>1545</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>1547</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:11">
       <x:c r="A525" s="0">
-        <x:v>48</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C525" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D525" s="0" t="s">
+        <x:v>1546</x:v>
+      </x:c>
+      <x:c r="E525" s="0" t="s">
+        <x:v>1547</x:v>
+      </x:c>
+      <x:c r="G525" s="0" t="s">
         <x:v>1548</x:v>
       </x:c>
-      <x:c r="E525" s="0" t="s">
+      <x:c r="I525" s="0" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="J525" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="K525" s="0" t="s">
         <x:v>1549</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>1552</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:11">
       <x:c r="A526" s="0">
-        <x:v>47</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B526" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C526" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D526" s="0" t="s">
+        <x:v>1550</x:v>
+      </x:c>
+      <x:c r="E526" s="0" t="s">
+        <x:v>1551</x:v>
+      </x:c>
+      <x:c r="G526" s="0" t="s">
+        <x:v>1552</x:v>
+      </x:c>
+      <x:c r="I526" s="0" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="J526" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="K526" s="0" t="s">
         <x:v>1553</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>1557</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:11">
       <x:c r="A527" s="0">
-        <x:v>46</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B527" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C527" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="D527" s="0" t="s">
-        <x:v>1558</x:v>
+        <x:v>1554</x:v>
       </x:c>
       <x:c r="E527" s="0" t="s">
-        <x:v>1559</x:v>
+        <x:v>1555</x:v>
       </x:c>
       <x:c r="F527" s="0" t="s">
-        <x:v>1560</x:v>
+        <x:v>1555</x:v>
       </x:c>
       <x:c r="G527" s="0" t="s">
-        <x:v>1561</x:v>
+        <x:v>1555</x:v>
       </x:c>
       <x:c r="H527" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I527" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J527" s="0" t="s">
-        <x:v>331</x:v>
-[...2 lines deleted...]
-        <x:v>1562</x:v>
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="K527" s="2" t="s">
+        <x:v>1556</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:11">
       <x:c r="A528" s="0">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="B528" s="0" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="C528" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="D528" s="0" t="s">
+        <x:v>1557</x:v>
+      </x:c>
+      <x:c r="E528" s="0" t="s">
+        <x:v>397</x:v>
+      </x:c>
+      <x:c r="F528" s="0" t="s">
+        <x:v>397</x:v>
+      </x:c>
+      <x:c r="G528" s="0" t="s">
+        <x:v>397</x:v>
+      </x:c>
+      <x:c r="H528" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="I528" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
-      <x:c r="B528" s="0" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="J528" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="K528" s="0" t="s">
-        <x:v>1567</x:v>
+        <x:v>1558</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:11">
       <x:c r="A529" s="0">
-        <x:v>39</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B529" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C529" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="D529" s="0" t="s">
-        <x:v>1568</x:v>
+        <x:v>1559</x:v>
       </x:c>
       <x:c r="E529" s="0" t="s">
-        <x:v>1569</x:v>
+        <x:v>1555</x:v>
+      </x:c>
+      <x:c r="F529" s="0" t="s">
+        <x:v>1560</x:v>
       </x:c>
       <x:c r="G529" s="0" t="s">
-        <x:v>1570</x:v>
+        <x:v>1555</x:v>
       </x:c>
       <x:c r="H529" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I529" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J529" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K529" s="0" t="s">
-        <x:v>1571</x:v>
+        <x:v>1561</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:11">
       <x:c r="A530" s="0">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="B530" s="0" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="C530" s="0" t="s">
+        <x:v>419</x:v>
+      </x:c>
+      <x:c r="D530" s="0" t="s">
+        <x:v>1562</x:v>
+      </x:c>
+      <x:c r="E530" s="0" t="s">
+        <x:v>1555</x:v>
+      </x:c>
+      <x:c r="F530" s="0" t="s">
+        <x:v>1563</x:v>
+      </x:c>
+      <x:c r="G530" s="0" t="s">
+        <x:v>1555</x:v>
+      </x:c>
+      <x:c r="H530" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="I530" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
-      <x:c r="B530" s="0" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="J530" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K530" s="0" t="s">
-        <x:v>1573</x:v>
+        <x:v>1564</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:11">
       <x:c r="A531" s="0">
-        <x:v>32</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B531" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C531" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="D531" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>1565</x:v>
       </x:c>
       <x:c r="E531" s="0" t="s">
-        <x:v>535</x:v>
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="F531" s="0" t="s">
+        <x:v>1566</x:v>
       </x:c>
       <x:c r="G531" s="0" t="s">
-        <x:v>1574</x:v>
+        <x:v>1567</x:v>
       </x:c>
       <x:c r="H531" s="0" t="s">
-        <x:v>537</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I531" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J531" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="K531" s="0" t="s">
-        <x:v>1575</x:v>
+        <x:v>1568</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:11">
       <x:c r="A532" s="0">
-        <x:v>31</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B532" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C532" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="D532" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>1569</x:v>
       </x:c>
       <x:c r="E532" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>1555</x:v>
+      </x:c>
+      <x:c r="F532" s="0" t="s">
+        <x:v>1570</x:v>
       </x:c>
       <x:c r="G532" s="0" t="s">
-        <x:v>1576</x:v>
+        <x:v>1571</x:v>
       </x:c>
       <x:c r="H532" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I532" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J532" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K532" s="0" t="s">
-        <x:v>1577</x:v>
+        <x:v>1572</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:11">
       <x:c r="A533" s="0">
-        <x:v>30</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B533" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C533" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D533" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>1573</x:v>
       </x:c>
       <x:c r="E533" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>1574</x:v>
       </x:c>
       <x:c r="G533" s="0" t="s">
-        <x:v>1578</x:v>
+        <x:v>1575</x:v>
       </x:c>
       <x:c r="H533" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>1576</x:v>
       </x:c>
       <x:c r="I533" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J533" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K533" s="0" t="s">
-        <x:v>1579</x:v>
+        <x:v>1402</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:11">
       <x:c r="A534" s="0">
-        <x:v>23</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B534" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C534" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="D534" s="0" t="s">
-        <x:v>518</x:v>
+        <x:v>1577</x:v>
       </x:c>
       <x:c r="E534" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="F534" s="0" t="s">
+        <x:v>301</x:v>
       </x:c>
       <x:c r="G534" s="0" t="s">
-        <x:v>1580</x:v>
+        <x:v>1578</x:v>
       </x:c>
       <x:c r="H534" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I534" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J534" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="K534" s="0" t="s">
-        <x:v>1581</x:v>
+        <x:v>1579</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:11">
       <x:c r="A535" s="0">
-        <x:v>22</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B535" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C535" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="D535" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>1580</x:v>
       </x:c>
       <x:c r="E535" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="F535" s="0" t="s">
+        <x:v>1581</x:v>
       </x:c>
       <x:c r="G535" s="0" t="s">
         <x:v>1582</x:v>
       </x:c>
       <x:c r="H535" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I535" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J535" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="K535" s="0" t="s">
-        <x:v>1581</x:v>
+        <x:v>1579</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:11">
       <x:c r="A536" s="0">
-        <x:v>21</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B536" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C536" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="D536" s="0" t="s">
         <x:v>1583</x:v>
       </x:c>
       <x:c r="E536" s="0" t="s">
         <x:v>1584</x:v>
       </x:c>
       <x:c r="F536" s="0" t="s">
         <x:v>1585</x:v>
       </x:c>
       <x:c r="G536" s="0" t="s">
         <x:v>1586</x:v>
       </x:c>
+      <x:c r="H536" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
       <x:c r="I536" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J536" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K536" s="0" t="s">
         <x:v>1587</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:11">
       <x:c r="A537" s="0">
-        <x:v>20</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B537" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C537" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="D537" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>1588</x:v>
       </x:c>
       <x:c r="E537" s="0" t="s">
-        <x:v>1367</x:v>
+        <x:v>1589</x:v>
+      </x:c>
+      <x:c r="F537" s="0" t="s">
+        <x:v>1590</x:v>
       </x:c>
       <x:c r="G537" s="0" t="s">
-        <x:v>1588</x:v>
+        <x:v>1591</x:v>
+      </x:c>
+      <x:c r="H537" s="0" t="s">
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I537" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J537" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="K537" s="0" t="s">
-        <x:v>1589</x:v>
+        <x:v>1592</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:11">
       <x:c r="A538" s="0">
-        <x:v>19</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B538" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C538" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="D538" s="0" t="s">
-        <x:v>1590</x:v>
+        <x:v>1593</x:v>
       </x:c>
       <x:c r="E538" s="0" t="s">
-        <x:v>1591</x:v>
+        <x:v>1594</x:v>
+      </x:c>
+      <x:c r="F538" s="0" t="s">
+        <x:v>1595</x:v>
       </x:c>
       <x:c r="G538" s="0" t="s">
-        <x:v>1592</x:v>
+        <x:v>1596</x:v>
       </x:c>
       <x:c r="H538" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="I538" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J538" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="K538" s="0" t="s">
-        <x:v>1593</x:v>
+        <x:v>1597</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:11">
       <x:c r="A539" s="0">
-        <x:v>15</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B539" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C539" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="D539" s="0" t="s">
-        <x:v>1594</x:v>
+        <x:v>1598</x:v>
       </x:c>
       <x:c r="E539" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>1599</x:v>
+      </x:c>
+      <x:c r="F539" s="0" t="s">
+        <x:v>1600</x:v>
       </x:c>
       <x:c r="G539" s="0" t="s">
-        <x:v>1595</x:v>
+        <x:v>1601</x:v>
       </x:c>
       <x:c r="H539" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I539" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J539" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="K539" s="0" t="s">
-        <x:v>1596</x:v>
+        <x:v>1602</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:11">
       <x:c r="A540" s="0">
-        <x:v>12</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B540" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C540" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="D540" s="0" t="s">
-        <x:v>1597</x:v>
+        <x:v>1603</x:v>
       </x:c>
       <x:c r="E540" s="0" t="s">
-        <x:v>1598</x:v>
+        <x:v>1604</x:v>
       </x:c>
       <x:c r="F540" s="0" t="s">
-        <x:v>1599</x:v>
+        <x:v>1605</x:v>
       </x:c>
       <x:c r="G540" s="0" t="s">
-        <x:v>1600</x:v>
+        <x:v>1606</x:v>
       </x:c>
       <x:c r="H540" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I540" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J540" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="K540" s="0" t="s">
-        <x:v>1601</x:v>
+        <x:v>1607</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:11">
       <x:c r="A541" s="0">
-        <x:v>11</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C541" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="D541" s="0" t="s">
+        <x:v>1608</x:v>
+      </x:c>
+      <x:c r="E541" s="0" t="s">
+        <x:v>1609</x:v>
+      </x:c>
+      <x:c r="G541" s="0" t="s">
+        <x:v>1610</x:v>
+      </x:c>
+      <x:c r="H541" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="I541" s="0" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="J541" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="K541" s="0" t="s">
+        <x:v>1611</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="542" spans="1:11">
+      <x:c r="A542" s="0">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B542" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C542" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="D542" s="0" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="E542" s="0" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="G542" s="0" t="s">
+        <x:v>1612</x:v>
+      </x:c>
+      <x:c r="I542" s="0" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="J542" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="K542" s="0" t="s">
+        <x:v>1613</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="543" spans="1:11">
+      <x:c r="A543" s="0">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="B543" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C543" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="D543" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="E543" s="0" t="s">
+        <x:v>576</x:v>
+      </x:c>
+      <x:c r="G543" s="0" t="s">
+        <x:v>1614</x:v>
+      </x:c>
+      <x:c r="H543" s="0" t="s">
+        <x:v>578</x:v>
+      </x:c>
+      <x:c r="I543" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="J543" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="K543" s="0" t="s">
+        <x:v>1615</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="544" spans="1:11">
+      <x:c r="A544" s="0">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="B544" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C544" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="D544" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="E544" s="0" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="G544" s="0" t="s">
+        <x:v>1616</x:v>
+      </x:c>
+      <x:c r="H544" s="0" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="I544" s="0" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="J544" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="K544" s="0" t="s">
+        <x:v>1617</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="545" spans="1:11">
+      <x:c r="A545" s="0">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="B545" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C545" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="D545" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="E545" s="0" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="G545" s="0" t="s">
+        <x:v>1618</x:v>
+      </x:c>
+      <x:c r="H545" s="0" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="I545" s="0" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="J545" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="K545" s="0" t="s">
+        <x:v>1619</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="546" spans="1:11">
+      <x:c r="A546" s="0">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="B546" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C546" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="D546" s="0" t="s">
+        <x:v>559</x:v>
+      </x:c>
+      <x:c r="E546" s="0" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="G546" s="0" t="s">
+        <x:v>1620</x:v>
+      </x:c>
+      <x:c r="H546" s="0" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="I546" s="0" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="J546" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="K546" s="0" t="s">
+        <x:v>1621</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="547" spans="1:11">
+      <x:c r="A547" s="0">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B547" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C547" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="D547" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="E547" s="0" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="G547" s="0" t="s">
+        <x:v>1622</x:v>
+      </x:c>
+      <x:c r="H547" s="0" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="I547" s="0" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="J547" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="K547" s="0" t="s">
+        <x:v>1621</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="548" spans="1:11">
+      <x:c r="A548" s="0">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B548" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C548" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="D548" s="0" t="s">
+        <x:v>1623</x:v>
+      </x:c>
+      <x:c r="E548" s="0" t="s">
+        <x:v>1624</x:v>
+      </x:c>
+      <x:c r="F548" s="0" t="s">
+        <x:v>1625</x:v>
+      </x:c>
+      <x:c r="G548" s="0" t="s">
+        <x:v>1626</x:v>
+      </x:c>
+      <x:c r="I548" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="J548" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="K548" s="0" t="s">
+        <x:v>1627</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="549" spans="1:11">
+      <x:c r="A549" s="0">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="B549" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C549" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="D549" s="0" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="E549" s="0" t="s">
+        <x:v>1407</x:v>
+      </x:c>
+      <x:c r="G549" s="0" t="s">
+        <x:v>1628</x:v>
+      </x:c>
+      <x:c r="I549" s="0" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="J549" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="K549" s="0" t="s">
+        <x:v>1629</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="550" spans="1:11">
+      <x:c r="A550" s="0">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="B550" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C550" s="0" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="D550" s="0" t="s">
+        <x:v>1630</x:v>
+      </x:c>
+      <x:c r="E550" s="0" t="s">
+        <x:v>1631</x:v>
+      </x:c>
+      <x:c r="G550" s="0" t="s">
+        <x:v>1632</x:v>
+      </x:c>
+      <x:c r="H550" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="I550" s="0" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="J550" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="K550" s="0" t="s">
+        <x:v>1633</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="551" spans="1:11">
+      <x:c r="A551" s="0">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="B551" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C551" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
-      <x:c r="D541" s="0" t="s">
-[...18 lines deleted...]
-        <x:v>1330</x:v>
+      <x:c r="D551" s="0" t="s">
+        <x:v>1634</x:v>
+      </x:c>
+      <x:c r="E551" s="0" t="s">
+        <x:v>312</x:v>
+      </x:c>
+      <x:c r="G551" s="0" t="s">
+        <x:v>1635</x:v>
+      </x:c>
+      <x:c r="H551" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="I551" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="J551" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="K551" s="0" t="s">
+        <x:v>1636</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="552" spans="1:11">
+      <x:c r="A552" s="0">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="B552" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="C552" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="D552" s="0" t="s">
+        <x:v>1637</x:v>
+      </x:c>
+      <x:c r="E552" s="0" t="s">
+        <x:v>1638</x:v>
+      </x:c>
+      <x:c r="F552" s="0" t="s">
+        <x:v>1639</x:v>
+      </x:c>
+      <x:c r="G552" s="0" t="s">
+        <x:v>1640</x:v>
+      </x:c>
+      <x:c r="H552" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="I552" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J552" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="K552" s="0" t="s">
+        <x:v>1641</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="553" spans="1:11">
+      <x:c r="A553" s="0">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="B553" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="C553" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="D553" s="0" t="s">
+        <x:v>1262</x:v>
+      </x:c>
+      <x:c r="E553" s="0" t="s">
+        <x:v>1642</x:v>
+      </x:c>
+      <x:c r="G553" s="0" t="s">
+        <x:v>1643</x:v>
+      </x:c>
+      <x:c r="H553" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="I553" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="J553" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="K553" s="0" t="s">
+        <x:v>1370</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>Sheet 1</vt:lpstr>
       <vt:lpstr>Sheet 1!Print_Area</vt:lpstr>
       <vt:lpstr>Sheet 1!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>