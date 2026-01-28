--- v1 (2026-01-07)
+++ v2 (2026-01-28)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74298b1d03de4be1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c5933910cac04882a7c95e57c11e69a8.psmdcp" Id="Rc51b7a289fae40c3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd6753cb5bb34120" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/613d813440754eb189c9bc7b1195f4ce.psmdcp" Id="R2734de5739ed4989" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet 1" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>ID</x:t>
   </x:si>
   <x:si>
     <x:t>Economy</x:t>
   </x:si>
   <x:si>
@@ -43,144 +43,215 @@
   <x:si>
     <x:t>Product name</x:t>
   </x:si>
   <x:si>
     <x:t>Brand</x:t>
   </x:si>
   <x:si>
     <x:t>Bar code</x:t>
   </x:si>
   <x:si>
     <x:t>Product type</x:t>
   </x:si>
   <x:si>
     <x:t>Product origin</x:t>
   </x:si>
   <x:si>
     <x:t>Risk type category</x:t>
   </x:si>
   <x:si>
     <x:t>Risk type subcategory</x:t>
   </x:si>
   <x:si>
     <x:t>Risk description</x:t>
   </x:si>
   <x:si>
+    <x:t>Bosnia and Herzegovina</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Electrical appliances and equipment</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USB charger</x:t>
+  </x:si>
+  <x:si>
+    <x:t>unknown</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1204202164211</x:t>
+  </x:si>
+  <x:si>
+    <x:t>article code: 19RTH642-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Burns; Injuries</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fire, Injuries</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> The charger explosion has been reported, posing a potential safety risk.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Montenegro</x:t>
   </x:si>
   <x:si>
     <x:t>Clothing, textiles and fashion items</x:t>
   </x:si>
   <x:si>
+    <x:t>Dječija trenerka dvodjelna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>/</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Choking</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Choking, Injuries</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Navedeni odjevni predmeti u normalnim ili razumno predvidljivim uslovima upotrebe moraju biti sigurni odnosno ne smiju predstavljati nikakav rizik spojiv sa upotrebom proizvoda. Djeca kao posebno osjetljiva kategorija potrošača u svojoj igri moraju biti sigurna. Dječja odjeća sa vrpcama i vezicama predstavlja opasnost koja može da se završi smrtnim ishodom. Naime, vezice sa slobodnim krajevima u predjelu glave i vrata nijesu dozvoljene, kao ni duga funkcionalna vezica struku gdje nije pričvršćena za odjevni</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lighting equipment</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Prenosna dječija svjetiljka Lambario</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lambario</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8605036677855</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LTO2-68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Turks and Caicos Islands (the)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Burns</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Burns, Electric shock, Fire</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Kontrolisani proizvod – prenosna dječija svjetiljka predstavlja opasan proizvod sa ozbiljnim rizikom jer nije bezbjedna za djecu, kao najosetljiviju kategoriju korisnika, jer ne zadovoljava konstrukcijske zahtjeve. Prilaz sijalici je otvoren, tako da dijete može doći u kontakt sa djelovima koji su pod naponom, koji može izazvati strujni udar ili opekotine. 
+        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>LTO2-77</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">                        Kontrolisani proizvod – prenosna dječija svjetiljka predstavlja opasan proizvod sa ozbiljnim rizikom jer nije bezbjedna za djecu, kao najosetljiviju kategoriju korisnika, jer ne zadovoljava konstrukcijske zahtjeve. Prilaz sijalici je otvoren, tako da dijete može doći u kontakt sa djelovima koji su pod naponom, koji može izazvati strujni udar ili opekotine.
+        </x:t>
+  </x:si>
+  <x:si>
     <x:t>Kišna kananica za djecu robne marke “EVA”</x:t>
   </x:si>
   <x:si>
     <x:t>EVA</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>Choking</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Izvršena je procjena rizika - Navedeni odjevni predmeti u normalnim ili razumno predvidljivim uslovima upotrebe moraju biti sigurni, odnosno ne smiju predstavljati nikakav rizik spojiv sa upotrebom proizvoda. Djeca kao posebno osjetljiva kategorija potrošača u svojoj igri moraju biti sigurna. Dječja odjeća sa vrpcama i vezicama predstavlja opasnost koja može da se završi smrtnim ishodom. Naime, vezice sa slobodnim krajevima predstavljaju rizik, jer ih dijete može zategnuti sebi oko vrat    
         </x:t>
   </x:si>
   <x:si>
     <x:t>Kupaći kostim za djevojčice, bikini, robne marke "Z.Five", N203</x:t>
   </x:si>
   <x:si>
     <x:t>Z.Five</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Izvršena je procjena rizika - Navedeni odjevni predmeti u normalnim ili razumno predvidljivim uslovima upotrebe moraju biti sigurni, odnosno ne smiju predstavljati nikakav rizik spojiv sa upotrebom proizvoda. Djeca kao posebno osjetljiva kategorija potrošača u svojoj igri moraju biti sigurna. Dječja odjeća sa vrpcama i vezicama predstavlja opasnost koja može da se završi smrtnim ishodom. Naime, vezice sa slobodnim krajevima predstavljaju rizik, jer ih dijete može zategnuti sebi oko vrata 
         </x:t>
   </x:si>
   <x:si>
     <x:t>Kupaći kostim za djevojčice, bikini, robne marke "Z.Five" 2</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Izvršena je procjena rizika - Navedeni odjevni predmeti u normalnim ili razumno predvidljivim uslovima upotrebe moraju biti sigurni, odnosno ne smiju predstavljati nikakav rizik spojiv sa upotrebom proizvoda. Djeca kao posebno osjetljiva kategorija potrošača u svojoj igri moraju biti sigurna. Dječja odjeća sa vrpcama i vezicama predstavlja opasnost koja može da se završi smrtnim ishodom. Naime, vezice sa slobodnim krajevima predstavljaju rizik, jer ih dijete može zategnuti sebi oko vrat</x:t>
   </x:si>
   <x:si>
     <x:t>Albania</x:t>
   </x:si>
   <x:si>
     <x:t>Kitchen/cooking accessories</x:t>
   </x:si>
   <x:si>
     <x:t>Glass mugs</x:t>
   </x:si>
   <x:si>
     <x:t>Sinsay</x:t>
   </x:si>
   <x:si>
     <x:t>578ES-MLC-ONE</x:t>
   </x:si>
   <x:si>
-    <x:t>China</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Health risk / other</x:t>
   </x:si>
   <x:si>
     <x:t>Chemical, Health risk / other</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Risk decision-Potentially serious       
         </x:t>
   </x:si>
   <x:si>
     <x:t>Childcare articles and children's equipment</x:t>
   </x:si>
   <x:si>
     <x:t>Silicone plate dalmatian dots</x:t>
   </x:si>
   <x:si>
     <x:t>Elodie</x:t>
   </x:si>
   <x:si>
     <x:t>7333222020901</x:t>
   </x:si>
   <x:si>
     <x:t>BR78611</x:t>
   </x:si>
   <x:si>
     <x:t>Chemical</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Risk decision: Potential risk
         </x:t>
   </x:si>
   <x:si>
-    <x:t>Bosnia and Herzegovina</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Dječija kolica u 4 boje AD23-0175</x:t>
   </x:si>
   <x:si>
     <x:t>Nepoznat.</x:t>
   </x:si>
   <x:si>
     <x:t>6432000189564</x:t>
   </x:si>
   <x:si>
     <x:t>AD23-0175</x:t>
   </x:si>
   <x:si>
     <x:t>Injuries</x:t>
   </x:si>
   <x:si>
     <x:t>Dječija kolica predstavljaju rizik od ozljede jer sustav za vezivanje ne posjeduje međunožnu vezu.</x:t>
   </x:si>
   <x:si>
     <x:t>Dječija kolica kišobran Grey Basic Kathie</x:t>
   </x:si>
   <x:si>
     <x:t>3852441710508</x:t>
   </x:si>
   <x:si>
     <x:t>Br.modela: 6097014; Šifra artikla: LC 1726</x:t>
@@ -188,113 +259,101 @@
   <x:si>
     <x:t>Laser pointers</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Ласерска играчка пиштољ Airsoft gun 007A </x:t>
   </x:si>
   <x:si>
     <x:t>Airsoft gun 007A</x:t>
   </x:si>
   <x:si>
     <x:t>Damage to sight; Injuries</x:t>
   </x:si>
   <x:si>
     <x:t>Damage to sight, Injuries</x:t>
   </x:si>
   <x:si>
     <x:t>Ласерски производ представља ризик од повреде ока и оштећења вида јер је измјерена средња снага ласерског снопа већа од дозвољене.</x:t>
   </x:si>
   <x:si>
     <x:t>Kupaći kostim za djevojčice, bikini, robne marke "Z.Five”</x:t>
   </x:si>
   <x:si>
     <x:t>.</x:t>
   </x:si>
   <x:si>
-    <x:t>Electrical appliances and equipment</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Produžni kabal Power Socket</x:t>
   </x:si>
   <x:si>
     <x:t>Power Socket</x:t>
   </x:si>
   <x:si>
     <x:t>petostruka utičnica</x:t>
   </x:si>
   <x:si>
     <x:t>Electric shock</x:t>
   </x:si>
   <x:si>
-    <x:t>Burns, Electric shock, Fire</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Nedostatak zatvarača/zaštitnih poklopaca na utičnicama može izazvati opasnost jer proizvodi ne pružaju zaštitu od kontakta sa naponom, pa po procjeni rizika inspektora ovako konstruisani proizvodi mogu dovesti do strujnog udara, što je naročito opasno za malu djecu, koja istražujući prostor oko sebe mogu da dođu u kontakt sa ovakvom vrstom proizvoda, što može dovesti do strujnog udara, kao i smrti.</x:t>
   </x:si>
   <x:si>
     <x:t>Produžni kabal KOTA</x:t>
   </x:si>
   <x:si>
     <x:t>KOTA</x:t>
   </x:si>
   <x:si>
     <x:t>8961245140659</x:t>
   </x:si>
   <x:si>
     <x:t>trostruka utičnica</x:t>
   </x:si>
   <x:si>
     <x:t>Produžni kabal EkoPriz</x:t>
   </x:si>
   <x:si>
     <x:t>EkoPriz</x:t>
   </x:si>
   <x:si>
-    <x:t>/</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Podsklop za produžni kabl</x:t>
   </x:si>
   <x:si>
     <x:t>Elmark USA</x:t>
   </x:si>
   <x:si>
     <x:t>3800131225818</x:t>
   </x:si>
   <x:si>
     <x:t>192129/WH PS-13</x:t>
   </x:si>
   <x:si>
     <x:t>Bulgaria</x:t>
   </x:si>
   <x:si>
     <x:t>Extension cord set</x:t>
   </x:si>
   <x:si>
-    <x:t>unknown</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>3G 3x0.7 m</x:t>
   </x:si>
   <x:si>
     <x:t>Electric shock, Fire</x:t>
   </x:si>
   <x:si>
     <x:t>The extension cord is a risk of electric shock and fire.</x:t>
   </x:si>
   <x:si>
     <x:t>Lighting chains</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Svijetleći niz LED MultiFunction</x:t>
   </x:si>
   <x:si>
     <x:t>MultiFunction</x:t>
   </x:si>
   <x:si>
     <x:t>Fire</x:t>
   </x:si>
   <x:si>
     <x:t>Visok prelazni otpor između kontakata, uzrokuje visoku temperaturu, što može izazvati požar.</x:t>
   </x:si>
   <x:si>
     <x:t>Svijetleći lanac Sneško</x:t>
@@ -393,53 +452,50 @@
     <x:t>Audi</x:t>
   </x:si>
   <x:si>
     <x:t>A8, Q7, Q8 Typ 4L i F8</x:t>
   </x:si>
   <x:si>
     <x:t>Due to a software flaw, when charging the battery, individual battery cells may overheat, which could lead to a fire.</x:t>
   </x:si>
   <x:si>
     <x:t>1, 2, 3, 4, 5, 6, 7, X3, X4, X5, X6, X7, Z4, 3Li Limousine</x:t>
   </x:si>
   <x:si>
     <x:t>Due to moisture penetrating the starter relay, it may cause a difficult flow of electricity and overheating of the component, which may prevent the engine from starting, and in extreme cases it may overheat to a level that can cause a flame to appear.</x:t>
   </x:si>
   <x:si>
     <x:t>A6, A7, Q5 Type F2</x:t>
   </x:si>
   <x:si>
     <x:t>Due to a software error, individual battery cells may overheat when charging, which could lead to a fire.</x:t>
   </x:si>
   <x:si>
     <x:t>Hyundai</x:t>
   </x:si>
   <x:si>
     <x:t>I20, Bayon</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Turks and Caicos Islands (the)</x:t>
   </x:si>
   <x:si>
     <x:t>There is a possibility of the fuel pump becoming less efficient or failing, which increases the risk of injury if the vehicle comes to a sudden stop.</x:t>
   </x:si>
   <x:si>
     <x:t>porcelain plate</x:t>
   </x:si>
   <x:si>
     <x:t>Pepco</x:t>
   </x:si>
   <x:si>
     <x:t>PLU 620736</x:t>
   </x:si>
   <x:si>
     <x:t>Due to the excess migration of lead, the product does not comply with the requirements relating to ceramic products intended for contact with food, and has a negative impact on the health and safety of users.</x:t>
   </x:si>
   <x:si>
     <x:t>A6, A7 (Typ F2), Q7, Q8 (Typ 4M)</x:t>
   </x:si>
   <x:si>
     <x:t>There is a possibility that the fastening element is not installed in the belt buckle of the front seat belt buckles. In the event of an accident, an inadequately fastened belt buckle cannot apply the required retaining force, which could lead to injuries to the vehicle occupants.</x:t>
   </x:si>
   <x:si>
     <x:t>tractor</x:t>
   </x:si>
@@ -837,53 +893,50 @@
   <x:si>
     <x:t>Türkiye</x:t>
   </x:si>
   <x:si>
     <x:t>The extension cord is a risk of electric shock and fire because:
 1. no earthing contacts,
 2. socket box can be opened with a general purpose tool,
 3. sockets do not have shutters,
 4. the cable cross-sectional area is smaller than the required minimum,
 5. the nominal current of the plug is less than the nominal current of the socket,
 6. the product is not properly marked.</x:t>
   </x:si>
   <x:si>
     <x:t>Hair curler</x:t>
   </x:si>
   <x:si>
     <x:t>Aurel</x:t>
   </x:si>
   <x:si>
     <x:t>CDA-2215-YR-306</x:t>
   </x:si>
   <x:si>
     <x:t>The risk of electric shock and fire arises from the cable's cross-sectional area being smaller than the required minimum. The input power is not within the specified limits.</x:t>
   </x:si>
   <x:si>
-    <x:t>Lighting equipment</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Children portable luminaire</x:t>
   </x:si>
   <x:si>
     <x:t>3873513675495</x:t>
   </x:si>
   <x:si>
     <x:t>DY23489</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">The product is hazardous, posing risks of electric shock and fire. Its construction is inadequate and lacks a protective transformer. </x:t>
   </x:si>
   <x:si>
     <x:t>North Macedonia</x:t>
   </x:si>
   <x:si>
     <x:t>Bicycle helmet</x:t>
   </x:si>
   <x:si>
     <x:t>The product – Protective helmet for cyclists does not provide the necessary protection for users.</x:t>
   </x:si>
   <x:si>
     <x:t>Lighters</x:t>
   </x:si>
   <x:si>
     <x:t>lighters</x:t>
@@ -1379,53 +1432,50 @@
   <x:si>
     <x:t>FIESTA, PUMA, TOURNEO COURIER, TRANSIT COURIER</x:t>
   </x:si>
   <x:si>
     <x:t>In extremely rare cases, there may be potential rubbing of the fuel pipe with the pipe holder, which in the worst case can lead to damage to the fuel pipe, which can cause the damaged hose to leak fuel, resulting in a risk of fire.</x:t>
   </x:si>
   <x:si>
     <x:t>hair dryer</x:t>
   </x:si>
   <x:si>
     <x:t>XO</x:t>
   </x:si>
   <x:si>
     <x:t>CF2</x:t>
   </x:si>
   <x:si>
     <x:t>The test found that the product does not meet the requirements of the standard regarding the strength of the suction grille. Mechanical impacts that may occur during use of the product lead to damage to the grille, engine failure and device malfunction, which potentially affects safety. The consequences are that the device stops working, possible electrical problems with the motor and a potential risk of injury.</x:t>
   </x:si>
   <x:si>
     <x:t>Rosberg</x:t>
   </x:si>
   <x:si>
     <x:t>R51100AD</x:t>
   </x:si>
   <x:si>
-    <x:t>Burns</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Burns, Fire</x:t>
   </x:si>
   <x:si>
     <x:t>The test found that the plastic parts of the hair dryer can overheat and ignite, which can lead to burns and fires.</x:t>
   </x:si>
   <x:si>
     <x:t>Proace City BEV, Proace BEV</x:t>
   </x:si>
   <x:si>
     <x:t>There is a possibility that specific software calibrations of the traction battery control unit may result in inaccurate readings of battery cell voltage and/or battery temperature, causing the system to cut off engine power to prevent possible damage to the traction battery, which could lead to loss of propulsion and ultimately injury.</x:t>
   </x:si>
   <x:si>
     <x:t>Ласерска играчка снајпер пушка VIKTOR</x:t>
   </x:si>
   <x:si>
     <x:t>A-WARIOR S.W.A.T.</x:t>
   </x:si>
   <x:si>
     <x:t>Ласерска играчка представља ризик од повреде ока и оштећења вида јер је измјерена средња снага ласерског снопа већа од дозвољене</x:t>
   </x:si>
   <x:si>
     <x:t>Sapir</x:t>
   </x:si>
   <x:si>
     <x:t>489513922669</x:t>
@@ -1780,53 +1830,50 @@
     <x:t>Volvo</x:t>
   </x:si>
   <x:si>
     <x:t>FH/FM</x:t>
   </x:si>
   <x:si>
     <x:t>Sweden</x:t>
   </x:si>
   <x:si>
     <x:t>When the driver is not holding the steering wheel and the Pilot Assist function (driver assistance system) is activated, the lack or delay of a warning to the driver and the deactivation of the system itself on the vehicles included in this campaign are not in compliance with legal regulations.</x:t>
   </x:si>
   <x:si>
     <x:t>A6 TFSI-e, A7 TFSI-e, Q5 TFSI-e</x:t>
   </x:si>
   <x:si>
     <x:t>During the charging process, the high-voltage battery may overheat due to a fault in the battery modules, which could lead to a fire and injury to passengers and bystanders.</x:t>
   </x:si>
   <x:si>
     <x:t>308 III, 408, 3008 II, 3008 III, 5008 II, 5008 III - MHEV/PHEV</x:t>
   </x:si>
   <x:si>
     <x:t>Poorly secured fuel supply lines can lead to fuel leaks inside the engine compartment and a fire.</x:t>
   </x:si>
   <x:si>
     <x:t>GRANDLAND</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Fire, Injuries</x:t>
   </x:si>
   <x:si>
     <x:t>Due to the poor position of the driver's and passenger's seat wiring, the harness and the end stop of the seat rail may rub, which may lead to damage to the harness by metal parts when the seat backrest is in the end/rear position; as a consequence, the seat airbag may malfunction and increase the risk of injury in the event of an accident; this may also cause a short circuit and lead to a fire.</x:t>
   </x:si>
   <x:si>
     <x:t>208</x:t>
   </x:si>
   <x:si>
     <x:t>A malfunctioning oil cooling nozzle can cause engine damage and even, in the worst case, a fire.</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">The product is hazardous, posing risks of electric shock and fire due to its inadequate construction. The power cable between the plug and the first lamp is shorter than the minimum allowed.  The product's insulation class is not permitted. The product is not properly marked, and any warnings are not included. </x:t>
   </x:si>
   <x:si>
     <x:t>A high-voltage battery may contain a battery pack that is composed of cells susceptible to damage, which could lead to a fire.</x:t>
   </x:si>
   <x:si>
     <x:t>CORSA/CROSSLAND</x:t>
   </x:si>
   <x:si>
     <x:t>Engine damage and stalling may occur because the oil cooling nozzles may be damaged; if the crankshaft and/or pistons are not cooled, a hole may form in the engine housing and oil may leak into the exhaust pipe, which may cause engine damage and fire.</x:t>
   </x:si>
   <x:si>
     <x:t>C3 Aircross</x:t>
   </x:si>
@@ -2066,53 +2113,50 @@
   <x:si>
     <x:t>Svijetleći niz “LED Decorative Ligts” 4</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Svijetleći lanci   “Waterfall Light”. </x:t>
   </x:si>
   <x:si>
     <x:t>Fen za kosu Iskra</x:t>
   </x:si>
   <x:si>
     <x:t>Iskra</x:t>
   </x:si>
   <x:si>
     <x:t>3830042565970</x:t>
   </x:si>
   <x:si>
     <x:t>RH-1558-1BL</x:t>
   </x:si>
   <x:si>
     <x:t>Zbog neadekvatne otpornosti termoplastičnog materijala na toplotu, materijal predmetnog proizvoda se može oštetiti. Korisnik može pristupiti djelovima pod naponom, što dovodi do rizika od strujnog udara.</x:t>
   </x:si>
   <x:si>
     <x:t>Kišna kabanica</x:t>
   </x:si>
   <x:si>
-    <x:t>Choking, Injuries</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Vezice sa slobodnim krajevima u predjelu struka/pojasa, koje nisu pričvršćene za odjevni predmet predstavljaju rizik jer ih dijete može lako izvući, staviti sebi oko vrata ili u usta, što može dovesti do gušenja ili davljenja. Vezice sa slobodnim krajevima u predjelu glave i vrata nijesu dozvoljene i predstavljaju rizik jer se vezica u toku dječje igre može zakačiti za tobogan, ili druge predmete iz dječijeg okruženja što može dovesti do gušenja ili davljenja.</x:t>
   </x:si>
   <x:si>
     <x:t>Baby crib</x:t>
   </x:si>
   <x:si>
     <x:t>KIKKA BOO</x:t>
   </x:si>
   <x:si>
     <x:t>3800171206365</x:t>
   </x:si>
   <x:si>
     <x:t>MATEA NAVY</x:t>
   </x:si>
   <x:si>
     <x:t>The corners of the crib are protruding, so there is a possibility that a child could put them in their mouth and choke; in addition, the gaps in the corners of the crib are too large, so a child could put body parts through them and get stuck.</x:t>
   </x:si>
   <x:si>
     <x:t>Kia</x:t>
   </x:si>
   <x:si>
     <x:t>Rio, Sorento, Soul, Niro PHEV</x:t>
   </x:si>
   <x:si>
     <x:t>A brake fluid leak can cause an electrical short circuit while the vehicle is running; this can cause an electrical overload in the ABS module, causing the Hydraulic Electronic Control Unit (HECU) to remain energized even when the vehicle is turned off; if moisture gets into the HECU, an electrical short circuit can occur, which could cause a fire in the engine compartment.</x:t>
@@ -3762,53 +3806,50 @@
     <x:t>The brake system's motor position sensor can be damaged which can lead to an unexpected failure of the hydraulic brake assist. This requires more pedal pressure and results in longer braking distance, anti-lock braking system (ABS) and dynamic stability control (DSC) failure, increasing the risk of accidents and injuries.</x:t>
   </x:si>
   <x:si>
     <x:t>Razvodnik - trostruka prenosna utičnica</x:t>
   </x:si>
   <x:si>
     <x:t>Atra-96</x:t>
   </x:si>
   <x:si>
     <x:t>Produžni kabal Eraplast Electric, trostruka prenosna utičnica, 3m</x:t>
   </x:si>
   <x:si>
     <x:t>Eraplast Electric</x:t>
   </x:si>
   <x:si>
     <x:t>Produžni kabal Eraplast Electric, trostruka prenosna utičnica</x:t>
   </x:si>
   <x:si>
     <x:t>Trenerka za djevojčice robne marke DoMinik kids</x:t>
   </x:si>
   <x:si>
     <x:t>DoMinik kids</x:t>
   </x:si>
   <x:si>
     <x:t>dječija odjeća</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Navedeni odjevni predmeti u normalnim ili razumno predvidljivim uslovima upotrebe moraju biti sigurni odnosno ne smiju predstavljati nikakav rizik spojiv sa upotrebom proizvoda. Djeca kao posebno osjetljiva kategorija potrošača u svojoj igri moraju biti sigurna. Dječja odjeća sa vrpcama i vezicama predstavlja opasnost koja može da se završi smrtnim ishodom. Naime, vezice sa slobodnim krajevima u predjelu glave i vrata nijesu dozvoljene, kao ni duga funkcionalna vezica struku gdje nije pričvršćena za odjevni</x:t>
   </x:si>
   <x:si>
     <x:t>Trenerka za djevojčice robne marke DoMinik</x:t>
   </x:si>
   <x:si>
     <x:t>Trenerka za djevojčice robne marke Barbie</x:t>
   </x:si>
   <x:si>
     <x:t>barbie</x:t>
   </x:si>
   <x:si>
     <x:t>Dječija haljinica robne marke Poppins girls</x:t>
   </x:si>
   <x:si>
     <x:t>Poppins girls</x:t>
   </x:si>
   <x:si>
     <x:t>Beba igračka M Sweet Baby</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> 6925476889994</x:t>
   </x:si>
   <x:si>
     <x:t>Proizvod predstavlja kemijski rizik jer sadrži di (2 etilheksil) ftalat (DEHP) u količini od 10,89 % što nije u skladu s Odlukom o ograničenju stavljanja na tržište igračaka i proizvoda za djecu koji sadrže ftalate („Službeni glasnik BiH“, broj 04/10).</x:t>
   </x:si>
@@ -5336,51 +5377,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:K553"/>
+  <x:dimension ref="A1:K557"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="3.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="39.424911" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="117.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="38.853482" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="32.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="184.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="53.853482" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="32.996339" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="75.996339" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="255" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:11">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -5392,17974 +5433,18105 @@
       </x:c>
       <x:c r="E1" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="F1" s="1" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="G1" s="1" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="H1" s="1" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="I1" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="J1" s="1" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="K1" s="1" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:11">
       <x:c r="A2" s="0">
-        <x:v>885</x:v>
+        <x:v>889</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
+      <x:c r="F2" s="0" t="s">
+        <x:v>15</x:v>
+      </x:c>
       <x:c r="G2" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H2" s="0" t="s">
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I2" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J2" s="0" t="s">
-        <x:v>17</x:v>
-[...2 lines deleted...]
-        <x:v>18</x:v>
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="K2" s="0" t="s">
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:11">
       <x:c r="A3" s="0">
-        <x:v>884</x:v>
+        <x:v>888</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C3" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D3" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="E3" s="0" t="s">
-        <x:v>20</x:v>
-[...2 lines deleted...]
-        <x:v>15</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="G3" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I3" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J3" s="0" t="s">
-        <x:v>17</x:v>
-[...2 lines deleted...]
-        <x:v>21</x:v>
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K3" s="0" t="s">
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:11">
       <x:c r="A4" s="0">
-        <x:v>883</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C4" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="D4" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="E4" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="F4" s="0" t="s">
+        <x:v>32</x:v>
       </x:c>
       <x:c r="G4" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="H4" s="0" t="s">
+        <x:v>34</x:v>
       </x:c>
       <x:c r="I4" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J4" s="0" t="s">
-        <x:v>17</x:v>
-[...2 lines deleted...]
-        <x:v>23</x:v>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="K4" s="2" t="s">
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:11">
       <x:c r="A5" s="0">
-        <x:v>882</x:v>
+        <x:v>886</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C5" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="D5" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="E5" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G5" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H5" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="I5" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J5" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K5" s="2" t="s">
-        <x:v>32</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:11">
       <x:c r="A6" s="0">
-        <x:v>881</x:v>
+        <x:v>885</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="C6" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="D6" s="0" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="E6" s="0" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="G6" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
-      <x:c r="C6" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I6" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J6" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K6" s="2" t="s">
-        <x:v>39</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:11">
       <x:c r="A7" s="0">
-        <x:v>880</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C7" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D7" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="E7" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="F7" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="G7" s="0" t="s">
-        <x:v>44</x:v>
-[...2 lines deleted...]
-        <x:v>29</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I7" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
-        <x:v>17</x:v>
-[...1 lines deleted...]
-      <x:c r="K7" s="0" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="K7" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:11">
       <x:c r="A8" s="0">
-        <x:v>879</x:v>
+        <x:v>883</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C8" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D8" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="E8" s="0" t="s">
-        <x:v>42</x:v>
-[...1 lines deleted...]
-      <x:c r="F8" s="0" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="G8" s="0" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="I8" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="J8" s="0" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="K8" s="0" t="s">
         <x:v>48</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:11">
       <x:c r="A9" s="0">
-        <x:v>878</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C9" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D9" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E9" s="0" t="s">
-        <x:v>15</x:v>
-[...2 lines deleted...]
-        <x:v>15</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G9" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H9" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I9" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
-        <x:v>54</x:v>
-[...1 lines deleted...]
-      <x:c r="K9" s="0" t="s">
         <x:v>55</x:v>
+      </x:c>
+      <x:c r="K9" s="2" t="s">
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:11">
       <x:c r="A10" s="0">
-        <x:v>877</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C10" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="D10" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="E10" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="F10" s="0" t="s">
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G10" s="0" t="s">
-        <x:v>15</x:v>
-[...2 lines deleted...]
-        <x:v>29</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I10" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J10" s="0" t="s">
-        <x:v>17</x:v>
-[...2 lines deleted...]
-        <x:v>57</x:v>
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="K10" s="2" t="s">
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:11">
       <x:c r="A11" s="0">
-        <x:v>876</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C11" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="D11" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="E11" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F11" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="H11" s="0" t="s">
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I11" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:11">
       <x:c r="A12" s="0">
-        <x:v>875</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C12" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="D12" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="E12" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
-      <x:c r="E12" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F12" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G12" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="H12" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I12" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="I12" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J12" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K12" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:11">
       <x:c r="A13" s="0">
-        <x:v>874</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C13" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D13" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E13" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F13" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I13" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:11">
       <x:c r="A14" s="0">
-        <x:v>873</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C14" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D14" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E14" s="0" t="s">
-        <x:v>73</x:v>
-[...2 lines deleted...]
-        <x:v>74</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="G14" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H14" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I14" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J14" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K14" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:11">
       <x:c r="A15" s="0">
-        <x:v>872</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C15" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D15" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E15" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="F15" s="0" t="s">
+        <x:v>24</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
-        <x:v>79</x:v>
-[...2 lines deleted...]
-        <x:v>29</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I15" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:11">
       <x:c r="A16" s="0">
-        <x:v>871</x:v>
+        <x:v>875</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C16" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D16" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E16" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="F16" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="G16" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="I16" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
-      <x:c r="F16" s="0" t="s">
-[...8 lines deleted...]
-      <x:c r="I16" s="0" t="s">
+      <x:c r="J16" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="K16" s="0" t="s">
         <x:v>85</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:11">
       <x:c r="A17" s="0">
-        <x:v>870</x:v>
+        <x:v>874</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C17" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D17" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E17" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F17" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I17" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="J17" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="K17" s="0" t="s">
         <x:v>85</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:11">
       <x:c r="A18" s="0">
-        <x:v>869</x:v>
+        <x:v>873</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C18" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D18" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E18" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="F18" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="G18" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H18" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I18" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J18" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K18" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:11">
       <x:c r="A19" s="0">
-        <x:v>868</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C19" s="0" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D19" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E19" s="0" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="G19" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="D19" s="0" t="s">
+      <x:c r="H19" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I19" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="J19" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="E19" s="0" t="s">
+      <x:c r="K19" s="0" t="s">
         <x:v>100</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:11">
       <x:c r="A20" s="0">
-        <x:v>867</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="C20" s="0" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="D20" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="E20" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="C20" s="0" t="s">
+      <x:c r="F20" s="0" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="G20" s="0" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H20" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I20" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="D20" s="0" t="s">
+      <x:c r="J20" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="K20" s="0" t="s">
         <x:v>105</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:11">
       <x:c r="A21" s="0">
-        <x:v>866</x:v>
+        <x:v>870</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C21" s="0" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="D21" s="0" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="E21" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="F21" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="G21" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="H21" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I21" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="D21" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="J21" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:11">
       <x:c r="A22" s="0">
-        <x:v>865</x:v>
+        <x:v>869</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C22" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D22" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E22" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="F22" s="0" t="s">
+        <x:v>112</x:v>
       </x:c>
       <x:c r="G22" s="0" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="H22" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I22" s="0" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="J22" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="H22" s="0" t="s">
+      <x:c r="K22" s="0" t="s">
         <x:v>116</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:11">
       <x:c r="A23" s="0">
-        <x:v>864</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C23" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D23" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E23" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I23" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:11">
       <x:c r="A24" s="0">
-        <x:v>863</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C24" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D24" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E24" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="G24" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H24" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I24" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="J24" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K24" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:11">
       <x:c r="A25" s="0">
-        <x:v>862</x:v>
+        <x:v>866</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C25" s="0" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="D25" s="0" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="E25" s="0" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="G25" s="0" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="H25" s="0" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="I25" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="D25" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="J25" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:11">
       <x:c r="A26" s="0">
-        <x:v>861</x:v>
+        <x:v>865</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C26" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D26" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E26" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G26" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H26" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I26" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J26" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K26" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:11">
       <x:c r="A27" s="0">
-        <x:v>860</x:v>
+        <x:v>864</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C27" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D27" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E27" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I27" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:11">
       <x:c r="A28" s="0">
-        <x:v>859</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C28" s="0" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="D28" s="0" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="E28" s="0" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="G28" s="0" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="H28" s="0" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="I28" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="D28" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="J28" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K28" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:11">
       <x:c r="A29" s="0">
-        <x:v>858</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C29" s="0" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="D29" s="0" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="E29" s="0" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="G29" s="0" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="H29" s="0" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="I29" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="D29" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="J29" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:11">
       <x:c r="A30" s="0">
-        <x:v>857</x:v>
+        <x:v>861</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C30" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D30" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E30" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="G30" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="H30" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="I30" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J30" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K30" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:11">
       <x:c r="A31" s="0">
-        <x:v>856</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C31" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="D31" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E31" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I31" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:11">
       <x:c r="A32" s="0">
-        <x:v>855</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C32" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D32" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E32" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="G32" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="H32" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I32" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J32" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K32" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:11">
       <x:c r="A33" s="0">
-        <x:v>854</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C33" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D33" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E33" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="I33" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:11">
       <x:c r="A34" s="0">
-        <x:v>850</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C34" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="D34" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E34" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="G34" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="H34" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I34" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J34" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K34" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:11">
       <x:c r="A35" s="0">
-        <x:v>849</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C35" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="D35" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="E35" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="I35" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:11">
       <x:c r="A36" s="0">
-        <x:v>848</x:v>
+        <x:v>855</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C36" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="D36" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="E36" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="G36" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H36" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I36" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J36" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K36" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:11">
       <x:c r="A37" s="0">
-        <x:v>847</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C37" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D37" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E37" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I37" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:11">
       <x:c r="A38" s="0">
-        <x:v>846</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C38" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D38" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E38" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="G38" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="H38" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I38" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J38" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K38" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:11">
       <x:c r="A39" s="0">
-        <x:v>845</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C39" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D39" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E39" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I39" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:11">
       <x:c r="A40" s="0">
-        <x:v>844</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C40" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D40" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E40" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="G40" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H40" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I40" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J40" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K40" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:11">
       <x:c r="A41" s="0">
-        <x:v>843</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C41" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D41" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E41" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="I41" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:11">
       <x:c r="A42" s="0">
-        <x:v>842</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C42" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D42" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="E42" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="G42" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="H42" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I42" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J42" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="K42" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:11">
       <x:c r="A43" s="0">
-        <x:v>841</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C43" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D43" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="E43" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I43" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:11">
       <x:c r="A44" s="0">
-        <x:v>840</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C44" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D44" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E44" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="G44" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="H44" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I44" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J44" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K44" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:11">
       <x:c r="A45" s="0">
-        <x:v>839</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C45" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D45" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E45" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I45" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:11">
       <x:c r="A46" s="0">
-        <x:v>838</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C46" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D46" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="E46" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="G46" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H46" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I46" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J46" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K46" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:11">
       <x:c r="A47" s="0">
-        <x:v>837</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C47" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="D47" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="E47" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I47" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:11">
       <x:c r="A48" s="0">
-        <x:v>836</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C48" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D48" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="E48" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="G48" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="H48" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I48" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J48" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K48" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:11">
       <x:c r="A49" s="0">
-        <x:v>835</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C49" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D49" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="E49" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I49" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:11">
       <x:c r="A50" s="0">
-        <x:v>834</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C50" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D50" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E50" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="G50" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="H50" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="I50" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J50" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K50" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:11">
       <x:c r="A51" s="0">
-        <x:v>833</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C51" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D51" s="0" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="E51" s="0" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="G51" s="0" t="s">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="H51" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
-      <x:c r="E51" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="G51" s="0" t="s">
+      <x:c r="I51" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="J51" s="0" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="K51" s="0" t="s">
         <x:v>210</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:11">
       <x:c r="A52" s="0">
-        <x:v>832</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C52" s="0" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="D52" s="0" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="E52" s="0" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="G52" s="0" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="H52" s="0" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="I52" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="D52" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="J52" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K52" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:11">
       <x:c r="A53" s="0">
-        <x:v>831</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C53" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D53" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="E53" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I53" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:11">
       <x:c r="A54" s="0">
-        <x:v>830</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C54" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="D54" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="E54" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="G54" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="H54" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I54" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="J54" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K54" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:11">
       <x:c r="A55" s="0">
-        <x:v>829</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C55" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="D55" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="E55" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I55" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:11">
       <x:c r="A56" s="0">
-        <x:v>828</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C56" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D56" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E56" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="G56" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="H56" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="I56" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J56" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K56" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:11">
       <x:c r="A57" s="0">
-        <x:v>827</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C57" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D57" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="E57" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I57" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:11">
       <x:c r="A58" s="0">
-        <x:v>826</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C58" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D58" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="E58" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="G58" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="H58" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="I58" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J58" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K58" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:11">
       <x:c r="A59" s="0">
-        <x:v>825</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C59" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D59" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E59" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I59" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:11">
       <x:c r="A60" s="0">
-        <x:v>824</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C60" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D60" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="E60" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="G60" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="H60" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="I60" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="J60" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K60" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:11">
       <x:c r="A61" s="0">
-        <x:v>823</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C61" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D61" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E61" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I61" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:11">
       <x:c r="A62" s="0">
-        <x:v>822</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C62" s="0" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="D62" s="0" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="E62" s="0" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="G62" s="0" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="H62" s="0" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="I62" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="D62" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="J62" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K62" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:11">
       <x:c r="A63" s="0">
-        <x:v>821</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C63" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D63" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="E63" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I63" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:11">
       <x:c r="A64" s="0">
-        <x:v>820</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C64" s="0" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D64" s="0" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="E64" s="0" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="G64" s="0" t="s">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="H64" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I64" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="D64" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="J64" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K64" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:11">
       <x:c r="A65" s="0">
-        <x:v>819</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C65" s="0" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="D65" s="0" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="E65" s="0" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="G65" s="0" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="H65" s="0" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="I65" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="D65" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="J65" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:11">
       <x:c r="A66" s="0">
-        <x:v>818</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C66" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D66" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E66" s="0" t="s">
-        <x:v>253</x:v>
-[...2 lines deleted...]
-        <x:v>254</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="G66" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="H66" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I66" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="J66" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K66" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:11">
       <x:c r="A67" s="0">
-        <x:v>817</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C67" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D67" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E67" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I67" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:11">
       <x:c r="A68" s="0">
-        <x:v>816</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C68" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D68" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="E68" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="G68" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="H68" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="I68" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J68" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K68" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:11">
       <x:c r="A69" s="0">
-        <x:v>815</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C69" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D69" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E69" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I69" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
-        <x:v>80</x:v>
-[...2 lines deleted...]
-        <x:v>263</x:v>
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="K69" s="0" t="s">
+        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:11">
       <x:c r="A70" s="0">
-        <x:v>814</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C70" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D70" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="E70" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="F70" s="0" t="s">
+        <x:v>272</x:v>
       </x:c>
       <x:c r="G70" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="H70" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I70" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J70" s="0" t="s">
-        <x:v>80</x:v>
-[...2 lines deleted...]
-        <x:v>266</x:v>
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="K70" s="0" t="s">
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:11">
       <x:c r="A71" s="0">
-        <x:v>813</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C71" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D71" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E71" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I71" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:11">
       <x:c r="A72" s="0">
-        <x:v>812</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C72" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D72" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E72" s="0" t="s">
-        <x:v>78</x:v>
-[...2 lines deleted...]
-        <x:v>273</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G72" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="H72" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I72" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J72" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K72" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:11">
       <x:c r="A73" s="0">
-        <x:v>811</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C73" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D73" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E73" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I73" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
-        <x:v>17</x:v>
-[...2 lines deleted...]
-        <x:v>278</x:v>
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="K73" s="2" t="s">
+        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:11">
       <x:c r="A74" s="0">
-        <x:v>810</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C74" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D74" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E74" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="G74" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H74" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I74" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J74" s="0" t="s">
-        <x:v>17</x:v>
-[...2 lines deleted...]
-        <x:v>282</x:v>
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="K74" s="2" t="s">
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:11">
       <x:c r="A75" s="0">
-        <x:v>809</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C75" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D75" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="E75" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I75" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
-        <x:v>17</x:v>
-[...2 lines deleted...]
-        <x:v>285</x:v>
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="K75" s="0" t="s">
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:11">
       <x:c r="A76" s="0">
-        <x:v>808</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C76" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="D76" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="E76" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="F76" s="0" t="s">
+        <x:v>290</x:v>
       </x:c>
       <x:c r="G76" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="H76" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I76" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J76" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K76" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:11">
       <x:c r="A77" s="0">
-        <x:v>805</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C77" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="D77" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="E77" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I77" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:11">
       <x:c r="A78" s="0">
-        <x:v>804</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C78" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="D78" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="E78" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="G78" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="H78" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I78" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="J78" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K78" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:11">
       <x:c r="A79" s="0">
-        <x:v>803</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C79" s="0" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D79" s="0" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="E79" s="0" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="G79" s="0" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="H79" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I79" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="D79" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="J79" s="0" t="s">
-        <x:v>17</x:v>
-[...2 lines deleted...]
-        <x:v>296</x:v>
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="K79" s="2" t="s">
+        <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:11">
       <x:c r="A80" s="0">
-        <x:v>802</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C80" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D80" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E80" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="G80" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="H80" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I80" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="J80" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K80" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:11">
       <x:c r="A81" s="0">
-        <x:v>801</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C81" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D81" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E81" s="0" t="s">
-        <x:v>301</x:v>
-[...2 lines deleted...]
-        <x:v>15</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="I81" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:11">
       <x:c r="A82" s="0">
-        <x:v>800</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C82" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D82" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E82" s="0" t="s">
-        <x:v>15</x:v>
-[...2 lines deleted...]
-        <x:v>15</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="G82" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="H82" s="0" t="s">
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I82" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J82" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K82" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:11">
       <x:c r="A83" s="0">
-        <x:v>799</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C83" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D83" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="E83" s="0" t="s">
-        <x:v>15</x:v>
-[...2 lines deleted...]
-        <x:v>15</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I83" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:11">
       <x:c r="A84" s="0">
-        <x:v>798</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C84" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D84" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="E84" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="G84" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="H84" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I84" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J84" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K84" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:11">
       <x:c r="A85" s="0">
-        <x:v>797</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C85" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D85" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="E85" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="F85" s="0" t="s">
+        <x:v>24</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="H85" s="0" t="s">
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I85" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:11">
       <x:c r="A86" s="0">
-        <x:v>796</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C86" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D86" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="E86" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="F86" s="0" t="s">
+        <x:v>24</x:v>
       </x:c>
       <x:c r="G86" s="0" t="s">
-        <x:v>317</x:v>
-[...2 lines deleted...]
-        <x:v>29</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I86" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J86" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K86" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:11">
       <x:c r="A87" s="0">
-        <x:v>795</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C87" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D87" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="E87" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="F87" s="0" t="s">
+        <x:v>24</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I87" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:11">
       <x:c r="A88" s="0">
-        <x:v>794</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C88" s="0" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D88" s="0" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="E88" s="0" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="G88" s="0" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="H88" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I88" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="D88" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="J88" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K88" s="0" t="s">
-        <x:v>323</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:11">
       <x:c r="A89" s="0">
-        <x:v>793</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C89" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D89" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="E89" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
-        <x:v>324</x:v>
-[...2 lines deleted...]
-        <x:v>325</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="I89" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
-        <x:v>326</x:v>
+        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:11">
       <x:c r="A90" s="0">
-        <x:v>792</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C90" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D90" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="E90" s="0" t="s">
-        <x:v>118</x:v>
-[...2 lines deleted...]
-        <x:v>327</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="G90" s="0" t="s">
-        <x:v>328</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="H90" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I90" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J90" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K90" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:11">
       <x:c r="A91" s="0">
-        <x:v>791</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C91" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D91" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="E91" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I91" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:11">
       <x:c r="A92" s="0">
-        <x:v>790</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C92" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D92" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="E92" s="0" t="s">
-        <x:v>15</x:v>
-[...2 lines deleted...]
-        <x:v>15</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G92" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="H92" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I92" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J92" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K92" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:11">
       <x:c r="A93" s="0">
-        <x:v>789</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C93" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D93" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E93" s="0" t="s">
-        <x:v>15</x:v>
-[...2 lines deleted...]
-        <x:v>15</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="H93" s="0" t="s">
+        <x:v>342</x:v>
       </x:c>
       <x:c r="I93" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>343</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:11">
       <x:c r="A94" s="0">
-        <x:v>788</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C94" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D94" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E94" s="0" t="s">
-        <x:v>334</x:v>
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="F94" s="0" t="s">
+        <x:v>344</x:v>
       </x:c>
       <x:c r="G94" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="H94" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I94" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J94" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K94" s="0" t="s">
-        <x:v>336</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:11">
       <x:c r="A95" s="0">
-        <x:v>787</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C95" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D95" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E95" s="0" t="s">
-        <x:v>338</x:v>
-[...2 lines deleted...]
-        <x:v>339</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I95" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:11">
       <x:c r="A96" s="0">
-        <x:v>786</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C96" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D96" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="E96" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="F96" s="0" t="s">
+        <x:v>24</x:v>
       </x:c>
       <x:c r="G96" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H96" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I96" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J96" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K96" s="0" t="s">
-        <x:v>344</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:11">
       <x:c r="A97" s="0">
-        <x:v>785</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C97" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D97" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="E97" s="0" t="s">
-        <x:v>345</x:v>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="F97" s="0" t="s">
+        <x:v>24</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
-        <x:v>346</x:v>
-[...2 lines deleted...]
-        <x:v>113</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I97" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:11">
       <x:c r="A98" s="0">
-        <x:v>784</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C98" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D98" s="0" t="s">
-        <x:v>348</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E98" s="0" t="s">
-        <x:v>349</x:v>
-[...2 lines deleted...]
-        <x:v>350</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="G98" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="H98" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="I98" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J98" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K98" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:11">
       <x:c r="A99" s="0">
-        <x:v>783</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C99" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="D99" s="0" t="s">
-        <x:v>353</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="E99" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>355</x:v>
+      </x:c>
+      <x:c r="F99" s="0" t="s">
+        <x:v>356</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I99" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:11">
       <x:c r="A100" s="0">
-        <x:v>782</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C100" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D100" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E100" s="0" t="s">
-        <x:v>356</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="G100" s="0" t="s">
-        <x:v>357</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="H100" s="0" t="s">
-        <x:v>358</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I100" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J100" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K100" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:11">
       <x:c r="A101" s="0">
-        <x:v>781</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C101" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D101" s="0" t="s">
-        <x:v>361</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E101" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
-        <x:v>362</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I101" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
-        <x:v>363</x:v>
+        <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:11">
       <x:c r="A102" s="0">
-        <x:v>780</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C102" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="D102" s="0" t="s">
-        <x:v>364</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="E102" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="F102" s="0" t="s">
+        <x:v>367</x:v>
       </x:c>
       <x:c r="G102" s="0" t="s">
-        <x:v>365</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="H102" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I102" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="J102" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K102" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>369</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:11">
       <x:c r="A103" s="0">
-        <x:v>779</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C103" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D103" s="0" t="s">
-        <x:v>367</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="E103" s="0" t="s">
-        <x:v>368</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
-        <x:v>369</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I103" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
-        <x:v>370</x:v>
+        <x:v>372</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:11">
       <x:c r="A104" s="0">
-        <x:v>778</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C104" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D104" s="0" t="s">
-        <x:v>371</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E104" s="0" t="s">
-        <x:v>372</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="G104" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>374</x:v>
+      </x:c>
+      <x:c r="H104" s="0" t="s">
+        <x:v>375</x:v>
       </x:c>
       <x:c r="I104" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J104" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K104" s="0" t="s">
-        <x:v>375</x:v>
+        <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:11">
       <x:c r="A105" s="0">
-        <x:v>777</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C105" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="D105" s="0" t="s">
-        <x:v>376</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="E105" s="0" t="s">
-        <x:v>372</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>379</x:v>
+      </x:c>
+      <x:c r="H105" s="0" t="s">
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I105" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:11">
       <x:c r="A106" s="0">
-        <x:v>776</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C106" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D106" s="0" t="s">
-        <x:v>379</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="E106" s="0" t="s">
-        <x:v>15</x:v>
-[...2 lines deleted...]
-        <x:v>15</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G106" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="H106" s="0" t="s">
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I106" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J106" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K106" s="0" t="s">
-        <x:v>380</x:v>
+        <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:11">
       <x:c r="A107" s="0">
-        <x:v>775</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C107" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D107" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="E107" s="0" t="s">
-        <x:v>382</x:v>
-[...2 lines deleted...]
-        <x:v>383</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
-        <x:v>384</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I107" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
-        <x:v>385</x:v>
+        <x:v>387</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:11">
       <x:c r="A108" s="0">
-        <x:v>774</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C108" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D108" s="0" t="s">
-        <x:v>386</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="E108" s="0" t="s">
-        <x:v>387</x:v>
-[...2 lines deleted...]
-        <x:v>388</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="G108" s="0" t="s">
-        <x:v>71</x:v>
-[...2 lines deleted...]
-        <x:v>29</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="I108" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J108" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="K108" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:11">
       <x:c r="A109" s="0">
-        <x:v>773</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C109" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D109" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="E109" s="0" t="s">
-        <x:v>392</x:v>
-[...2 lines deleted...]
-        <x:v>393</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
-      <x:c r="H109" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I109" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:11">
       <x:c r="A110" s="0">
-        <x:v>772</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C110" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D110" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="E110" s="0" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="F110" s="0" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="G110" s="0" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="I110" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="J110" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="K110" s="0" t="s">
         <x:v>397</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:11">
       <x:c r="A111" s="0">
-        <x:v>771</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C111" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D111" s="0" t="s">
+        <x:v>398</x:v>
+      </x:c>
+      <x:c r="E111" s="0" t="s">
+        <x:v>399</x:v>
+      </x:c>
+      <x:c r="F111" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
-      <x:c r="E111" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G111" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I111" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:11">
       <x:c r="A112" s="0">
-        <x:v>770</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C112" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D112" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="E112" s="0" t="s">
-        <x:v>397</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="F112" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="G112" s="0" t="s">
-        <x:v>405</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H112" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I112" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J112" s="0" t="s">
-        <x:v>17</x:v>
-[...1 lines deleted...]
-      <x:c r="K112" s="2" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="K112" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:11">
       <x:c r="A113" s="0">
-        <x:v>769</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C113" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="D113" s="0" t="s">
-        <x:v>407</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="E113" s="0" t="s">
-        <x:v>397</x:v>
+        <x:v>409</x:v>
+      </x:c>
+      <x:c r="F113" s="0" t="s">
+        <x:v>410</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
-        <x:v>408</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I113" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
-        <x:v>409</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:11">
       <x:c r="A114" s="0">
-        <x:v>768</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C114" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="D114" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="E114" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="F114" s="0" t="s">
-        <x:v>412</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="G114" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="H114" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I114" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="J114" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K114" s="0" t="s">
-        <x:v>409</x:v>
+        <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:11">
       <x:c r="A115" s="0">
-        <x:v>767</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C115" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D115" s="0" t="s">
+        <x:v>417</x:v>
+      </x:c>
+      <x:c r="E115" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
-      <x:c r="E115" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G115" s="0" t="s">
-        <x:v>417</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I115" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
-        <x:v>418</x:v>
+        <x:v>419</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:11">
       <x:c r="A116" s="0">
-        <x:v>766</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C116" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D116" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="E116" s="0" t="s">
-        <x:v>397</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="F116" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="G116" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="H116" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I116" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="J116" s="0" t="s">
-        <x:v>17</x:v>
-[...1 lines deleted...]
-      <x:c r="K116" s="0" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="K116" s="2" t="s">
         <x:v>423</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:11">
       <x:c r="A117" s="0">
-        <x:v>765</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C117" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D117" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="E117" s="0" t="s">
-        <x:v>397</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I117" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
-        <x:v>423</x:v>
+        <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:11">
       <x:c r="A118" s="0">
-        <x:v>764</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C118" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D118" s="0" t="s">
+        <x:v>427</x:v>
+      </x:c>
+      <x:c r="E118" s="0" t="s">
+        <x:v>428</x:v>
+      </x:c>
+      <x:c r="F118" s="0" t="s">
+        <x:v>429</x:v>
+      </x:c>
+      <x:c r="G118" s="0" t="s">
+        <x:v>430</x:v>
+      </x:c>
+      <x:c r="H118" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I118" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="J118" s="0" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="K118" s="0" t="s">
         <x:v>426</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:11">
       <x:c r="A119" s="0">
-        <x:v>763</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C119" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D119" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="E119" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="F119" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
-        <x:v>362</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I119" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
-        <x:v>431</x:v>
+        <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:11">
       <x:c r="A120" s="0">
-        <x:v>762</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C120" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="D120" s="0" t="s">
-        <x:v>432</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="E120" s="0" t="s">
-        <x:v>433</x:v>
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="F120" s="0" t="s">
+        <x:v>438</x:v>
       </x:c>
       <x:c r="G120" s="0" t="s">
-        <x:v>434</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="H120" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I120" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J120" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K120" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:11">
       <x:c r="A121" s="0">
-        <x:v>761</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C121" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="D121" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="E121" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
-        <x:v>437</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I121" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:11">
       <x:c r="A122" s="0">
-        <x:v>760</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C122" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="D122" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="E122" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="G122" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="H122" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I122" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J122" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K122" s="0" t="s">
-        <x:v>440</x:v>
+        <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:11">
       <x:c r="A123" s="0">
-        <x:v>759</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C123" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="D123" s="0" t="s">
-        <x:v>441</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="E123" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="F123" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I123" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
-        <x:v>444</x:v>
+        <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:11">
       <x:c r="A124" s="0">
-        <x:v>758</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C124" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="D124" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="E124" s="0" t="s">
-        <x:v>446</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="G124" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="H124" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I124" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="J124" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K124" s="0" t="s">
-        <x:v>448</x:v>
+        <x:v>452</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:11">
       <x:c r="A125" s="0">
-        <x:v>757</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C125" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D125" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="E125" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
-        <x:v>450</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="I125" s="0" t="s">
-        <x:v>451</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
-        <x:v>452</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
-        <x:v>453</x:v>
+        <x:v>455</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:11">
       <x:c r="A126" s="0">
-        <x:v>756</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C126" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D126" s="0" t="s">
-        <x:v>441</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="E126" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="G126" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="H126" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="I126" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J126" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K126" s="0" t="s">
-        <x:v>455</x:v>
+        <x:v>457</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:11">
       <x:c r="A127" s="0">
-        <x:v>755</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C127" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D127" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="E127" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
-        <x:v>457</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I127" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
-        <x:v>458</x:v>
+        <x:v>461</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:11">
       <x:c r="A128" s="0">
-        <x:v>754</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C128" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D128" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="E128" s="0" t="s">
-        <x:v>459</x:v>
-[...2 lines deleted...]
-        <x:v>460</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="G128" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="H128" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I128" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J128" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K128" s="0" t="s">
-        <x:v>462</x:v>
+        <x:v>465</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:11">
       <x:c r="A129" s="0">
-        <x:v>753</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C129" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D129" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="E129" s="0" t="s">
-        <x:v>463</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
-        <x:v>464</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I129" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
-        <x:v>465</x:v>
+        <x:v>469</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:11">
       <x:c r="A130" s="0">
-        <x:v>752</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C130" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D130" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="E130" s="0" t="s">
-        <x:v>466</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="G130" s="0" t="s">
-        <x:v>467</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="H130" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I130" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J130" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K130" s="0" t="s">
-        <x:v>468</x:v>
+        <x:v>471</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:11">
       <x:c r="A131" s="0">
-        <x:v>751</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C131" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D131" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="E131" s="0" t="s">
-        <x:v>470</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I131" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
-        <x:v>473</x:v>
+        <x:v>474</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:11">
       <x:c r="A132" s="0">
-        <x:v>750</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C132" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D132" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="E132" s="0" t="s">
-        <x:v>474</x:v>
+        <x:v>475</x:v>
+      </x:c>
+      <x:c r="F132" s="0" t="s">
+        <x:v>476</x:v>
       </x:c>
       <x:c r="G132" s="0" t="s">
-        <x:v>475</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="H132" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I132" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J132" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K132" s="0" t="s">
-        <x:v>476</x:v>
+        <x:v>478</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:11">
       <x:c r="A133" s="0">
-        <x:v>749</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C133" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D133" s="0" t="s">
-        <x:v>477</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="E133" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I133" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>481</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:11">
       <x:c r="A134" s="0">
-        <x:v>748</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C134" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D134" s="0" t="s">
-        <x:v>477</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="E134" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="G134" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="H134" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="I134" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J134" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K134" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>484</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:11">
       <x:c r="A135" s="0">
-        <x:v>747</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C135" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D135" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="E135" s="0" t="s">
-        <x:v>478</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
-        <x:v>479</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I135" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
-        <x:v>480</x:v>
+        <x:v>489</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:11">
       <x:c r="A136" s="0">
-        <x:v>746</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C136" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D136" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="E136" s="0" t="s">
-        <x:v>481</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="G136" s="0" t="s">
-        <x:v>482</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="H136" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I136" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J136" s="0" t="s">
-        <x:v>452</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K136" s="0" t="s">
-        <x:v>483</x:v>
+        <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:11">
       <x:c r="A137" s="0">
-        <x:v>745</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C137" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D137" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="E137" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I137" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
-        <x:v>485</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:11">
       <x:c r="A138" s="0">
-        <x:v>744</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C138" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D138" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="E138" s="0" t="s">
-        <x:v>486</x:v>
-[...2 lines deleted...]
-        <x:v>487</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="G138" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H138" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I138" s="0" t="s">
-        <x:v>451</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="J138" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="K138" s="0" t="s">
-        <x:v>489</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:11">
       <x:c r="A139" s="0">
-        <x:v>743</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C139" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D139" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="E139" s="0" t="s">
-        <x:v>490</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
-        <x:v>491</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="H139" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I139" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
-        <x:v>492</x:v>
+        <x:v>496</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:11">
       <x:c r="A140" s="0">
-        <x:v>742</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C140" s="0" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D140" s="0" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="E140" s="0" t="s">
+        <x:v>497</x:v>
+      </x:c>
+      <x:c r="G140" s="0" t="s">
+        <x:v>498</x:v>
+      </x:c>
+      <x:c r="H140" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I140" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="D140" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="J140" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="K140" s="0" t="s">
-        <x:v>494</x:v>
+        <x:v>499</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:11">
       <x:c r="A141" s="0">
-        <x:v>741</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C141" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D141" s="0" t="s">
-        <x:v>496</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="E141" s="0" t="s">
-        <x:v>497</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
-        <x:v>498</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
-        <x:v>499</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I141" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
-        <x:v>500</x:v>
+        <x:v>501</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:11">
       <x:c r="A142" s="0">
-        <x:v>740</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C142" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D142" s="0" t="s">
-        <x:v>501</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="E142" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
+      <x:c r="F142" s="0" t="s">
+        <x:v>503</x:v>
+      </x:c>
       <x:c r="G142" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="H142" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I142" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J142" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K142" s="0" t="s">
-        <x:v>503</x:v>
+        <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:11">
       <x:c r="A143" s="0">
-        <x:v>739</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C143" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D143" s="0" t="s">
-        <x:v>504</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="E143" s="0" t="s">
-        <x:v>505</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
-        <x:v>506</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I143" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
-        <x:v>507</x:v>
+        <x:v>508</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:11">
       <x:c r="A144" s="0">
-        <x:v>738</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C144" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D144" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E144" s="0" t="s">
-        <x:v>356</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="G144" s="0" t="s">
-        <x:v>508</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="H144" s="0" t="s">
-        <x:v>358</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I144" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J144" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K144" s="0" t="s">
-        <x:v>509</x:v>
+        <x:v>510</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:11">
       <x:c r="A145" s="0">
-        <x:v>737</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C145" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="D145" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="E145" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
-        <x:v>510</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="H145" s="0" t="s">
-        <x:v>511</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="I145" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
-        <x:v>512</x:v>
+        <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:11">
       <x:c r="A146" s="0">
-        <x:v>731</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C146" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D146" s="0" t="s">
-        <x:v>513</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="E146" s="0" t="s">
-        <x:v>514</x:v>
-[...2 lines deleted...]
-        <x:v>515</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="G146" s="0" t="s">
-        <x:v>516</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H146" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I146" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="J146" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K146" s="0" t="s">
-        <x:v>517</x:v>
+        <x:v>519</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:11">
       <x:c r="A147" s="0">
-        <x:v>730</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C147" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="D147" s="0" t="s">
-        <x:v>518</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="E147" s="0" t="s">
-        <x:v>514</x:v>
-[...2 lines deleted...]
-        <x:v>519</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I147" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
-        <x:v>517</x:v>
+        <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:11">
       <x:c r="A148" s="0">
-        <x:v>729</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C148" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D148" s="0" t="s">
-        <x:v>521</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E148" s="0" t="s">
-        <x:v>514</x:v>
-[...2 lines deleted...]
-        <x:v>522</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="G148" s="0" t="s">
-        <x:v>523</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="H148" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="I148" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J148" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K148" s="0" t="s">
-        <x:v>517</x:v>
+        <x:v>525</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:11">
       <x:c r="A149" s="0">
-        <x:v>728</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C149" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D149" s="0" t="s">
-        <x:v>524</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E149" s="0" t="s">
-        <x:v>514</x:v>
-[...2 lines deleted...]
-        <x:v>522</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
-        <x:v>525</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="I149" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
-        <x:v>63</x:v>
-[...2 lines deleted...]
-        <x:v>526</x:v>
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="K149" s="0" t="s">
+        <x:v>528</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:11">
       <x:c r="A150" s="0">
-        <x:v>727</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C150" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D150" s="0" t="s">
-        <x:v>527</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="E150" s="0" t="s">
-        <x:v>514</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="F150" s="0" t="s">
-        <x:v>528</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="G150" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="H150" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I150" s="0" t="s">
-        <x:v>530</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J150" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K150" s="0" t="s">
-        <x:v>517</x:v>
+        <x:v>533</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:11">
       <x:c r="A151" s="0">
-        <x:v>726</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C151" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D151" s="0" t="s">
-        <x:v>531</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="E151" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="F151" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
-        <x:v>532</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I151" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>533</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:11">
       <x:c r="A152" s="0">
-        <x:v>725</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C152" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D152" s="0" t="s">
-        <x:v>534</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="E152" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="F152" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="G152" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="H152" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I152" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J152" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K152" s="0" t="s">
-        <x:v>535</x:v>
+        <x:v>533</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:11">
       <x:c r="A153" s="0">
-        <x:v>724</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C153" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D153" s="0" t="s">
-        <x:v>536</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="E153" s="0" t="s">
-        <x:v>537</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="F153" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="H153" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I153" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
-        <x:v>17</x:v>
-[...2 lines deleted...]
-        <x:v>535</x:v>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="K153" s="2" t="s">
+        <x:v>542</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:11">
       <x:c r="A154" s="0">
-        <x:v>723</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C154" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D154" s="0" t="s">
-        <x:v>538</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="E154" s="0" t="s">
-        <x:v>397</x:v>
+        <x:v>530</x:v>
+      </x:c>
+      <x:c r="F154" s="0" t="s">
+        <x:v>544</x:v>
       </x:c>
       <x:c r="G154" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="H154" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I154" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="J154" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K154" s="0" t="s">
-        <x:v>539</x:v>
+        <x:v>533</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:11">
       <x:c r="A155" s="0">
-        <x:v>722</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C155" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D155" s="0" t="s">
-        <x:v>540</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="E155" s="0" t="s">
-        <x:v>397</x:v>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="F155" s="0" t="s">
+        <x:v>24</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I155" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
-        <x:v>539</x:v>
+        <x:v>549</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:11">
       <x:c r="A156" s="0">
-        <x:v>719</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C156" s="0" t="s">
-        <x:v>541</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D156" s="0" t="s">
-        <x:v>542</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="E156" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="F156" s="0" t="s">
+        <x:v>24</x:v>
       </x:c>
       <x:c r="G156" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H156" s="0" t="s">
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I156" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J156" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K156" s="0" t="s">
-        <x:v>544</x:v>
+        <x:v>551</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:11">
       <x:c r="A157" s="0">
-        <x:v>718</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C157" s="0" t="s">
-        <x:v>541</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D157" s="0" t="s">
-        <x:v>545</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="E157" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>553</x:v>
+      </x:c>
+      <x:c r="F157" s="0" t="s">
+        <x:v>24</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I157" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
-        <x:v>544</x:v>
+        <x:v>551</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:11">
       <x:c r="A158" s="0">
-        <x:v>717</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C158" s="0" t="s">
-        <x:v>541</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D158" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="E158" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="G158" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H158" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I158" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="J158" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K158" s="0" t="s">
-        <x:v>547</x:v>
+        <x:v>555</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:11">
       <x:c r="A159" s="0">
-        <x:v>716</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C159" s="0" t="s">
-        <x:v>541</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D159" s="0" t="s">
-        <x:v>548</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="E159" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I159" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
-        <x:v>547</x:v>
+        <x:v>555</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:11">
       <x:c r="A160" s="0">
-        <x:v>715</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C160" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="D160" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="E160" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="G160" s="0" t="s">
-        <x:v>549</x:v>
-[...2 lines deleted...]
-        <x:v>108</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I160" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J160" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K160" s="0" t="s">
-        <x:v>550</x:v>
+        <x:v>560</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:11">
       <x:c r="A161" s="0">
-        <x:v>714</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C161" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="D161" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="E161" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
-        <x:v>551</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I161" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
-        <x:v>552</x:v>
+        <x:v>560</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:11">
       <x:c r="A162" s="0">
-        <x:v>713</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C162" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="D162" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="E162" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="G162" s="0" t="s">
-        <x:v>553</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H162" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I162" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J162" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K162" s="0" t="s">
-        <x:v>554</x:v>
+        <x:v>563</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:11">
       <x:c r="A163" s="0">
-        <x:v>712</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C163" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="D163" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="E163" s="0" t="s">
-        <x:v>555</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
-        <x:v>556</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H163" s="0" t="s">
-        <x:v>557</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I163" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
-        <x:v>558</x:v>
+        <x:v>563</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:11">
       <x:c r="A164" s="0">
-        <x:v>711</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C164" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D164" s="0" t="s">
-        <x:v>559</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E164" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="G164" s="0" t="s">
-        <x:v>560</x:v>
+        <x:v>565</x:v>
+      </x:c>
+      <x:c r="H164" s="0" t="s">
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I164" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J164" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K164" s="0" t="s">
-        <x:v>561</x:v>
+        <x:v>566</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:11">
       <x:c r="A165" s="0">
-        <x:v>710</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C165" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D165" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E165" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
-        <x:v>562</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="H165" s="0" t="s">
-        <x:v>511</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I165" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
-        <x:v>563</x:v>
+        <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:11">
       <x:c r="A166" s="0">
-        <x:v>709</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C166" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D166" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E166" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G166" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="H166" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I166" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J166" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K166" s="0" t="s">
-        <x:v>564</x:v>
+        <x:v>570</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:11">
       <x:c r="A167" s="0">
-        <x:v>708</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C167" s="0" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="D167" s="0" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="E167" s="0" t="s">
+        <x:v>571</x:v>
+      </x:c>
+      <x:c r="G167" s="0" t="s">
+        <x:v>572</x:v>
+      </x:c>
+      <x:c r="H167" s="0" t="s">
+        <x:v>573</x:v>
+      </x:c>
+      <x:c r="I167" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="D167" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="J167" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
-        <x:v>567</x:v>
+        <x:v>574</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:11">
       <x:c r="A168" s="0">
-        <x:v>707</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C168" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D168" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="E168" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G168" s="0" t="s">
-        <x:v>568</x:v>
-[...2 lines deleted...]
-        <x:v>116</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="I168" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J168" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K168" s="0" t="s">
-        <x:v>569</x:v>
+        <x:v>577</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:11">
       <x:c r="A169" s="0">
-        <x:v>706</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C169" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D169" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E169" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
-        <x:v>570</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="H169" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="I169" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
-        <x:v>571</x:v>
+        <x:v>579</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:11">
       <x:c r="A170" s="0">
-        <x:v>705</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C170" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D170" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E170" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="G170" s="0" t="s">
-        <x:v>572</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H170" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I170" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J170" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K170" s="0" t="s">
-        <x:v>573</x:v>
+        <x:v>580</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:11">
       <x:c r="A171" s="0">
-        <x:v>703</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C171" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D171" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E171" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
-        <x:v>574</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I171" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
-        <x:v>575</x:v>
+        <x:v>583</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:11">
       <x:c r="A172" s="0">
-        <x:v>702</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C172" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D172" s="0" t="s">
-        <x:v>501</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E172" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G172" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="H172" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I172" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J172" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K172" s="0" t="s">
-        <x:v>503</x:v>
+        <x:v>585</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:11">
       <x:c r="A173" s="0">
-        <x:v>701</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C173" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D173" s="0" t="s">
-        <x:v>501</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E173" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I173" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
-        <x:v>503</x:v>
+        <x:v>587</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:11">
       <x:c r="A174" s="0">
-        <x:v>700</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C174" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D174" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E174" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="G174" s="0" t="s">
-        <x:v>577</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="H174" s="0" t="s">
-        <x:v>578</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I174" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J174" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K174" s="0" t="s">
-        <x:v>579</x:v>
+        <x:v>589</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:11">
       <x:c r="A175" s="0">
-        <x:v>699</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C175" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D175" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E175" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="H175" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I175" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>591</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:11">
       <x:c r="A176" s="0">
-        <x:v>698</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C176" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D176" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="E176" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="G176" s="0" t="s">
-        <x:v>582</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H176" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I176" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="J176" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K176" s="0" t="s">
-        <x:v>583</x:v>
+        <x:v>519</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:11">
       <x:c r="A177" s="0">
-        <x:v>697</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C177" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D177" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="E177" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
-        <x:v>584</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I177" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
-        <x:v>585</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
-        <x:v>586</x:v>
+        <x:v>519</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:11">
       <x:c r="A178" s="0">
-        <x:v>696</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C178" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D178" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="E178" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="G178" s="0" t="s">
-        <x:v>587</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="H178" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="I178" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="J178" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K178" s="0" t="s">
-        <x:v>588</x:v>
+        <x:v>595</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:11">
       <x:c r="A179" s="0">
-        <x:v>695</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C179" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D179" s="0" t="s">
-        <x:v>501</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E179" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I179" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
-        <x:v>589</x:v>
+        <x:v>597</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:11">
       <x:c r="A180" s="0">
-        <x:v>694</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C180" s="0" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="D180" s="0" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="E180" s="0" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="G180" s="0" t="s">
+        <x:v>598</x:v>
+      </x:c>
+      <x:c r="H180" s="0" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="I180" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="D180" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="J180" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K180" s="0" t="s">
-        <x:v>590</x:v>
+        <x:v>599</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:11">
       <x:c r="A181" s="0">
-        <x:v>693</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C181" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D181" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E181" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
-        <x:v>591</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="H181" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I181" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
-        <x:v>592</x:v>
+        <x:v>601</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:11">
       <x:c r="A182" s="0">
-        <x:v>692</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C182" s="0" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="D182" s="0" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="E182" s="0" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="G182" s="0" t="s">
+        <x:v>602</x:v>
+      </x:c>
+      <x:c r="H182" s="0" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="I182" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="D182" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="J182" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K182" s="0" t="s">
-        <x:v>594</x:v>
+        <x:v>603</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:11">
       <x:c r="A183" s="0">
-        <x:v>691</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C183" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D183" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="E183" s="0" t="s">
-        <x:v>345</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
-        <x:v>595</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H183" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I183" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
-        <x:v>596</x:v>
+        <x:v>604</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:11">
       <x:c r="A184" s="0">
-        <x:v>690</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C184" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D184" s="0" t="s">
-        <x:v>597</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E184" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="G184" s="0" t="s">
-        <x:v>598</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="H184" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="I184" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J184" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K184" s="0" t="s">
-        <x:v>599</x:v>
+        <x:v>605</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:11">
       <x:c r="A185" s="0">
-        <x:v>689</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C185" s="0" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="D185" s="0" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="E185" s="0" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="G185" s="0" t="s">
+        <x:v>606</x:v>
+      </x:c>
+      <x:c r="H185" s="0" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="I185" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="D185" s="0" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="J185" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
-        <x:v>603</x:v>
+        <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:11">
       <x:c r="A186" s="0">
-        <x:v>688</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C186" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D186" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E186" s="0" t="s">
-        <x:v>604</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="G186" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="H186" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I186" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="J186" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K186" s="0" t="s">
-        <x:v>480</x:v>
+        <x:v>609</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:11">
       <x:c r="A187" s="0">
-        <x:v>687</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C187" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D187" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E187" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
-        <x:v>605</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
-        <x:v>578</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I187" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
-        <x:v>606</x:v>
+        <x:v>611</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:11">
       <x:c r="A188" s="0">
-        <x:v>686</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C188" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D188" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="E188" s="0" t="s">
-        <x:v>334</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G188" s="0" t="s">
-        <x:v>607</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="H188" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I188" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J188" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K188" s="0" t="s">
-        <x:v>608</x:v>
+        <x:v>614</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:11">
       <x:c r="A189" s="0">
-        <x:v>685</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C189" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D189" s="0" t="s">
-        <x:v>559</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E189" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>615</x:v>
+      </x:c>
+      <x:c r="F189" s="0" t="s">
+        <x:v>616</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
-        <x:v>609</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="H189" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="I189" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
-        <x:v>610</x:v>
+        <x:v>618</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:11">
       <x:c r="A190" s="0">
-        <x:v>684</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C190" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D190" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="E190" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="G190" s="0" t="s">
-        <x:v>611</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H190" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="I190" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="J190" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K190" s="0" t="s">
-        <x:v>612</x:v>
+        <x:v>496</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:11">
       <x:c r="A191" s="0">
-        <x:v>683</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C191" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D191" s="0" t="s">
-        <x:v>559</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E191" s="0" t="s">
-        <x:v>613</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
-        <x:v>614</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="I191" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
-        <x:v>615</x:v>
+        <x:v>621</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:11">
       <x:c r="A192" s="0">
-        <x:v>682</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C192" s="0" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="D192" s="0" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="E192" s="0" t="s">
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="G192" s="0" t="s">
+        <x:v>622</x:v>
+      </x:c>
+      <x:c r="H192" s="0" t="s">
+        <x:v>342</x:v>
+      </x:c>
+      <x:c r="I192" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="D192" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="J192" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K192" s="0" t="s">
-        <x:v>617</x:v>
+        <x:v>623</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:11">
       <x:c r="A193" s="0">
-        <x:v>680</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C193" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D193" s="0" t="s">
-        <x:v>618</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="E193" s="0" t="s">
-        <x:v>619</x:v>
-[...2 lines deleted...]
-        <x:v>620</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
-        <x:v>621</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I193" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
-        <x:v>622</x:v>
+        <x:v>625</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:11">
       <x:c r="A194" s="0">
-        <x:v>679</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C194" s="0" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="D194" s="0" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="E194" s="0" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="G194" s="0" t="s">
+        <x:v>626</x:v>
+      </x:c>
+      <x:c r="H194" s="0" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="I194" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="D194" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="J194" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K194" s="0" t="s">
-        <x:v>625</x:v>
+        <x:v>627</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:11">
       <x:c r="A195" s="0">
-        <x:v>678</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C195" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D195" s="0" t="s">
-        <x:v>626</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="E195" s="0" t="s">
-        <x:v>627</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>629</x:v>
+      </x:c>
+      <x:c r="H195" s="0" t="s">
+        <x:v>156</x:v>
       </x:c>
       <x:c r="I195" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
-        <x:v>628</x:v>
+        <x:v>630</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:11">
       <x:c r="A196" s="0">
-        <x:v>677</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C196" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D196" s="0" t="s">
-        <x:v>629</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E196" s="0" t="s">
-        <x:v>15</x:v>
-[...2 lines deleted...]
-        <x:v>15</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="G196" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="H196" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="I196" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J196" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K196" s="0" t="s">
-        <x:v>628</x:v>
+        <x:v>632</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:11">
       <x:c r="A197" s="0">
-        <x:v>676</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C197" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="D197" s="0" t="s">
-        <x:v>630</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="E197" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>634</x:v>
+      </x:c>
+      <x:c r="F197" s="0" t="s">
+        <x:v>635</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="H197" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I197" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
-        <x:v>628</x:v>
+        <x:v>637</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:11">
       <x:c r="A198" s="0">
-        <x:v>675</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C198" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D198" s="0" t="s">
-        <x:v>631</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E198" s="0" t="s">
-        <x:v>632</x:v>
-[...2 lines deleted...]
-        <x:v>633</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="G198" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="H198" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I198" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J198" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K198" s="0" t="s">
-        <x:v>628</x:v>
+        <x:v>640</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:11">
       <x:c r="A199" s="0">
-        <x:v>674</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C199" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D199" s="0" t="s">
-        <x:v>634</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="E199" s="0" t="s">
-        <x:v>635</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
-        <x:v>15</x:v>
-[...2 lines deleted...]
-        <x:v>127</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I199" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
-        <x:v>628</x:v>
+        <x:v>643</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:11">
       <x:c r="A200" s="0">
-        <x:v>673</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C200" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D200" s="0" t="s">
-        <x:v>636</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="E200" s="0" t="s">
-        <x:v>635</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F200" s="0" t="s">
-        <x:v>637</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="G200" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H200" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="I200" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J200" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K200" s="0" t="s">
-        <x:v>638</x:v>
+        <x:v>643</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:11">
       <x:c r="A201" s="0">
-        <x:v>672</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C201" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D201" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="E201" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
-        <x:v>640</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="I201" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
-        <x:v>641</x:v>
+        <x:v>643</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:11">
       <x:c r="A202" s="0">
-        <x:v>671</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C202" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D202" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="E202" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="F202" s="0" t="s">
-        <x:v>642</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="G202" s="0" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H202" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="I202" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="J202" s="0" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="K202" s="0" t="s">
         <x:v>643</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>644</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:11">
       <x:c r="A203" s="0">
-        <x:v>670</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C203" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D203" s="0" t="s">
-        <x:v>645</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="E203" s="0" t="s">
-        <x:v>646</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
-        <x:v>647</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="I203" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
-        <x:v>648</x:v>
+        <x:v>643</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:11">
       <x:c r="A204" s="0">
-        <x:v>667</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C204" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D204" s="0" t="s">
-        <x:v>649</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="E204" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="F204" s="0" t="s">
-        <x:v>650</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="G204" s="0" t="s">
-        <x:v>651</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H204" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="I204" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J204" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K204" s="0" t="s">
-        <x:v>652</x:v>
+        <x:v>653</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:11">
       <x:c r="A205" s="0">
-        <x:v>666</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C205" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D205" s="0" t="s">
-        <x:v>653</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E205" s="0" t="s">
         <x:v>654</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="H205" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I205" s="0" t="s">
-        <x:v>655</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>656</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:11">
       <x:c r="A206" s="0">
-        <x:v>665</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C206" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="D206" s="0" t="s">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="E206" s="0" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="F206" s="0" t="s">
         <x:v>657</x:v>
       </x:c>
-      <x:c r="E206" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G206" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="H206" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I206" s="0" t="s">
-        <x:v>655</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="J206" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K206" s="0" t="s">
-        <x:v>656</x:v>
+        <x:v>659</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:11">
       <x:c r="A207" s="0">
-        <x:v>664</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C207" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D207" s="0" t="s">
-        <x:v>658</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="E207" s="0" t="s">
-        <x:v>654</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="H207" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I207" s="0" t="s">
-        <x:v>655</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
-        <x:v>659</x:v>
+        <x:v>663</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:11">
       <x:c r="A208" s="0">
-        <x:v>663</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C208" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="D208" s="0" t="s">
-        <x:v>660</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="E208" s="0" t="s">
-        <x:v>661</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="F208" s="0" t="s">
-        <x:v>662</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="G208" s="0" t="s">
-        <x:v>663</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="H208" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I208" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J208" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K208" s="0" t="s">
-        <x:v>664</x:v>
+        <x:v>667</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:11">
       <x:c r="A209" s="0">
-        <x:v>662</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C209" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="D209" s="0" t="s">
-        <x:v>665</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="E209" s="0" t="s">
-        <x:v>666</x:v>
-[...2 lines deleted...]
-        <x:v>667</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
-        <x:v>668</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H209" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I209" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
-        <x:v>664</x:v>
+        <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:11">
       <x:c r="A210" s="0">
-        <x:v>661</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C210" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="D210" s="0" t="s">
+        <x:v>672</x:v>
+      </x:c>
+      <x:c r="E210" s="0" t="s">
         <x:v>669</x:v>
       </x:c>
-      <x:c r="E210" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G210" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H210" s="0" t="s">
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I210" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="J210" s="0" t="s">
-        <x:v>17</x:v>
-[...2 lines deleted...]
-        <x:v>670</x:v>
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="K210" s="0" t="s">
+        <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:11">
       <x:c r="A211" s="0">
-        <x:v>660</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C211" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="D211" s="0" t="s">
-        <x:v>671</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="E211" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H211" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I211" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
-        <x:v>17</x:v>
-[...2 lines deleted...]
-        <x:v>670</x:v>
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="K211" s="0" t="s">
+        <x:v>674</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:11">
       <x:c r="A212" s="0">
-        <x:v>659</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C212" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D212" s="0" t="s">
-        <x:v>672</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="E212" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>676</x:v>
+      </x:c>
+      <x:c r="F212" s="0" t="s">
+        <x:v>677</x:v>
       </x:c>
       <x:c r="G212" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>678</x:v>
+      </x:c>
+      <x:c r="H212" s="0" t="s">
+        <x:v>34</x:v>
       </x:c>
       <x:c r="I212" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J212" s="0" t="s">
-        <x:v>17</x:v>
-[...2 lines deleted...]
-        <x:v>670</x:v>
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="K212" s="0" t="s">
+        <x:v>679</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:11">
       <x:c r="A213" s="0">
-        <x:v>658</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C213" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D213" s="0" t="s">
-        <x:v>673</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="E213" s="0" t="s">
-        <x:v>674</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="F213" s="0" t="s">
-        <x:v>675</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="G213" s="0" t="s">
-        <x:v>676</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="H213" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="I213" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
-        <x:v>677</x:v>
+        <x:v>679</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:11">
       <x:c r="A214" s="0">
-        <x:v>657</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C214" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D214" s="0" t="s">
-        <x:v>678</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="E214" s="0" t="s">
-        <x:v>397</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="G214" s="0" t="s">
-        <x:v>397</x:v>
-[...2 lines deleted...]
-        <x:v>29</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I214" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J214" s="0" t="s">
-        <x:v>679</x:v>
-[...2 lines deleted...]
-        <x:v>680</x:v>
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="K214" s="2" t="s">
+        <x:v>685</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:11">
       <x:c r="A215" s="0">
-        <x:v>656</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C215" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D215" s="0" t="s">
-        <x:v>678</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="E215" s="0" t="s">
-        <x:v>397</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
-        <x:v>397</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H215" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I215" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
-        <x:v>679</x:v>
-[...2 lines deleted...]
-        <x:v>680</x:v>
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="K215" s="2" t="s">
+        <x:v>685</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:11">
       <x:c r="A216" s="0">
-        <x:v>655</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C216" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D216" s="0" t="s">
-        <x:v>681</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="E216" s="0" t="s">
-        <x:v>682</x:v>
-[...2 lines deleted...]
-        <x:v>683</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="G216" s="0" t="s">
-        <x:v>684</x:v>
-[...2 lines deleted...]
-        <x:v>29</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I216" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J216" s="0" t="s">
-        <x:v>17</x:v>
-[...1 lines deleted...]
-      <x:c r="K216" s="0" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="K216" s="2" t="s">
         <x:v>685</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:11">
       <x:c r="A217" s="0">
-        <x:v>654</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C217" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D217" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="E217" s="0" t="s">
-        <x:v>686</x:v>
+        <x:v>689</x:v>
+      </x:c>
+      <x:c r="F217" s="0" t="s">
+        <x:v>690</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
-        <x:v>687</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I217" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
-        <x:v>688</x:v>
+        <x:v>692</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:11">
       <x:c r="A218" s="0">
-        <x:v>653</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C218" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D218" s="0" t="s">
-        <x:v>501</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="E218" s="0" t="s">
-        <x:v>689</x:v>
-[...2 lines deleted...]
-        <x:v>690</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="G218" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H218" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I218" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J218" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K218" s="0" t="s">
-        <x:v>691</x:v>
+        <x:v>694</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:11">
       <x:c r="A219" s="0">
-        <x:v>652</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C219" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D219" s="0" t="s">
-        <x:v>501</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="E219" s="0" t="s">
-        <x:v>692</x:v>
-[...2 lines deleted...]
-        <x:v>693</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I219" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
-        <x:v>691</x:v>
+        <x:v>694</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:11">
       <x:c r="A220" s="0">
-        <x:v>651</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C220" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="D220" s="0" t="s">
-        <x:v>501</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="E220" s="0" t="s">
-        <x:v>694</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="F220" s="0" t="s">
-        <x:v>695</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="G220" s="0" t="s">
-        <x:v>696</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="H220" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I220" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J220" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K220" s="0" t="s">
-        <x:v>691</x:v>
+        <x:v>699</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:11">
       <x:c r="A221" s="0">
-        <x:v>650</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C221" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D221" s="0" t="s">
-        <x:v>697</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E221" s="0" t="s">
-        <x:v>698</x:v>
-[...2 lines deleted...]
-        <x:v>699</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
-        <x:v>700</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="H221" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="I221" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
-        <x:v>701</x:v>
+        <x:v>702</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:11">
       <x:c r="A222" s="0">
-        <x:v>649</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C222" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D222" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="E222" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>703</x:v>
+      </x:c>
+      <x:c r="F222" s="0" t="s">
+        <x:v>704</x:v>
       </x:c>
       <x:c r="G222" s="0" t="s">
-        <x:v>577</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H222" s="0" t="s">
-        <x:v>578</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I222" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="J222" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K222" s="0" t="s">
-        <x:v>702</x:v>
+        <x:v>705</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:11">
       <x:c r="A223" s="0">
-        <x:v>648</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C223" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D223" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="E223" s="0" t="s">
-        <x:v>703</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="F223" s="0" t="s">
-        <x:v>704</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H223" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I223" s="0" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="J223" s="0" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="K223" s="0" t="s">
         <x:v>705</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>706</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:11">
       <x:c r="A224" s="0">
-        <x:v>647</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C224" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D224" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="E224" s="0" t="s">
-        <x:v>707</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="F224" s="0" t="s">
-        <x:v>708</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="G224" s="0" t="s">
-        <x:v>709</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="H224" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I224" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="J224" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K224" s="0" t="s">
-        <x:v>710</x:v>
+        <x:v>705</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:11">
       <x:c r="A225" s="0">
-        <x:v>646</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C225" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="D225" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="E225" s="0" t="s">
-        <x:v>478</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="F225" s="0" t="s">
-        <x:v>711</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="H225" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I225" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
-        <x:v>712</x:v>
+        <x:v>715</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:11">
       <x:c r="A226" s="0">
-        <x:v>645</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C226" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D226" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="E226" s="0" t="s">
-        <x:v>713</x:v>
-[...2 lines deleted...]
-        <x:v>714</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="G226" s="0" t="s">
-        <x:v>715</x:v>
+        <x:v>593</x:v>
+      </x:c>
+      <x:c r="H226" s="0" t="s">
+        <x:v>594</x:v>
       </x:c>
       <x:c r="I226" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J226" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K226" s="0" t="s">
-        <x:v>644</x:v>
+        <x:v>716</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:11">
       <x:c r="A227" s="0">
-        <x:v>644</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C227" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="D227" s="0" t="s">
-        <x:v>716</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="E227" s="0" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="F227" s="0" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="H227" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I227" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>720</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:11">
       <x:c r="A228" s="0">
-        <x:v>643</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C228" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="D228" s="0" t="s">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="E228" s="0" t="s">
         <x:v>721</x:v>
       </x:c>
-      <x:c r="E228" s="0" t="s">
+      <x:c r="F228" s="0" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="G228" s="0" t="s">
         <x:v>723</x:v>
       </x:c>
       <x:c r="H228" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I228" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="J228" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K228" s="0" t="s">
         <x:v>724</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:11">
       <x:c r="A229" s="0">
-        <x:v>642</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C229" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="D229" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="E229" s="0" t="s">
+        <x:v>494</x:v>
+      </x:c>
+      <x:c r="F229" s="0" t="s">
         <x:v>725</x:v>
       </x:c>
-      <x:c r="F229" s="0" t="s">
+      <x:c r="G229" s="0" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H229" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I229" s="0" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="J229" s="0" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="K229" s="0" t="s">
         <x:v>726</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>724</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:11">
       <x:c r="A230" s="0">
-        <x:v>641</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C230" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="D230" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="E230" s="0" t="s">
+        <x:v>727</x:v>
+      </x:c>
+      <x:c r="F230" s="0" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="G230" s="0" t="s">
         <x:v>729</x:v>
       </x:c>
-      <x:c r="H230" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I230" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="J230" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K230" s="0" t="s">
-        <x:v>730</x:v>
+        <x:v>659</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:11">
       <x:c r="A231" s="0">
-        <x:v>640</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C231" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D231" s="0" t="s">
+        <x:v>730</x:v>
+      </x:c>
+      <x:c r="E231" s="0" t="s">
         <x:v>731</x:v>
       </x:c>
-      <x:c r="E231" s="0" t="s">
-        <x:v>301</x:v>
+      <x:c r="F231" s="0" t="s">
+        <x:v>732</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="H231" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I231" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
-        <x:v>732</x:v>
+        <x:v>734</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:11">
       <x:c r="A232" s="0">
-        <x:v>639</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C232" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D232" s="0" t="s">
-        <x:v>733</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="E232" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="G232" s="0" t="s">
-        <x:v>734</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="H232" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I232" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="J232" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K232" s="0" t="s">
-        <x:v>732</x:v>
+        <x:v>738</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:11">
       <x:c r="A233" s="0">
-        <x:v>638</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C233" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D233" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="E233" s="0" t="s">
-        <x:v>735</x:v>
+        <x:v>739</x:v>
+      </x:c>
+      <x:c r="F233" s="0" t="s">
+        <x:v>740</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
-        <x:v>736</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="H233" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I233" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
-        <x:v>720</x:v>
+        <x:v>738</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:11">
       <x:c r="A234" s="0">
-        <x:v>637</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C234" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D234" s="0" t="s">
-        <x:v>737</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="E234" s="0" t="s">
-        <x:v>738</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="G234" s="0" t="s">
-        <x:v>739</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="H234" s="0" t="s">
-        <x:v>511</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I234" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="J234" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K234" s="0" t="s">
-        <x:v>740</x:v>
+        <x:v>744</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:11">
       <x:c r="A235" s="0">
-        <x:v>636</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C235" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D235" s="0" t="s">
-        <x:v>741</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="E235" s="0" t="s">
-        <x:v>130</x:v>
-[...2 lines deleted...]
-        <x:v>742</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="G235" s="0" t="s">
-        <x:v>743</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="H235" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I235" s="0" t="s">
-        <x:v>744</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
-        <x:v>745</x:v>
+        <x:v>746</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:11">
       <x:c r="A236" s="0">
-        <x:v>635</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C236" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D236" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="E236" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="G236" s="0" t="s">
+        <x:v>748</x:v>
+      </x:c>
+      <x:c r="H236" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I236" s="0" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="J236" s="0" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="K236" s="0" t="s">
         <x:v>746</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>747</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:11">
       <x:c r="A237" s="0">
-        <x:v>634</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C237" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D237" s="0" t="s">
-        <x:v>748</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="E237" s="0" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
-        <x:v>749</x:v>
+        <x:v>750</x:v>
+      </x:c>
+      <x:c r="H237" s="0" t="s">
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I237" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
-        <x:v>750</x:v>
+        <x:v>734</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:11">
       <x:c r="A238" s="0">
-        <x:v>633</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C238" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="D238" s="0" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="E238" s="0" t="s">
-        <x:v>682</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="G238" s="0" t="s">
-        <x:v>752</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="H238" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="I238" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J238" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K238" s="0" t="s">
-        <x:v>753</x:v>
+        <x:v>754</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:11">
       <x:c r="A239" s="0">
-        <x:v>632</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C239" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="D239" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="E239" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="F239" s="0" t="s">
+        <x:v>756</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
-        <x:v>754</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="H239" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I239" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
-        <x:v>755</x:v>
+        <x:v>759</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:11">
       <x:c r="A240" s="0">
-        <x:v>631</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C240" s="0" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="D240" s="0" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="E240" s="0" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="G240" s="0" t="s">
+        <x:v>760</x:v>
+      </x:c>
+      <x:c r="H240" s="0" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="I240" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="D240" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="J240" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K240" s="0" t="s">
-        <x:v>757</x:v>
+        <x:v>761</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:11">
       <x:c r="A241" s="0">
-        <x:v>630</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C241" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D241" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="E241" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
-        <x:v>157</x:v>
-[...2 lines deleted...]
-        <x:v>108</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="I241" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
-        <x:v>758</x:v>
+        <x:v>764</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:11">
       <x:c r="A242" s="0">
-        <x:v>629</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C242" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="D242" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="E242" s="0" t="s">
-        <x:v>674</x:v>
-[...2 lines deleted...]
-        <x:v>675</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="G242" s="0" t="s">
-        <x:v>676</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="H242" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I242" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J242" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K242" s="0" t="s">
-        <x:v>759</x:v>
+        <x:v>767</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:11">
       <x:c r="A243" s="0">
-        <x:v>628</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C243" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D243" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E243" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
-        <x:v>760</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="H243" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I243" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
-        <x:v>761</x:v>
+        <x:v>769</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:11">
       <x:c r="A244" s="0">
-        <x:v>627</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C244" s="0" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="D244" s="0" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="E244" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="G244" s="0" t="s">
+        <x:v>770</x:v>
+      </x:c>
+      <x:c r="H244" s="0" t="s">
+        <x:v>342</x:v>
+      </x:c>
+      <x:c r="I244" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="D244" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="J244" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K244" s="0" t="s">
-        <x:v>758</x:v>
+        <x:v>771</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:11">
       <x:c r="A245" s="0">
-        <x:v>626</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C245" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D245" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E245" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
-        <x:v>762</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="H245" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I245" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
-        <x:v>763</x:v>
+        <x:v>772</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:11">
       <x:c r="A246" s="0">
-        <x:v>625</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C246" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D246" s="0" t="s">
-        <x:v>764</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="E246" s="0" t="s">
-        <x:v>765</x:v>
+        <x:v>689</x:v>
+      </x:c>
+      <x:c r="F246" s="0" t="s">
+        <x:v>690</x:v>
       </x:c>
       <x:c r="G246" s="0" t="s">
-        <x:v>766</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="H246" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I246" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J246" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K246" s="0" t="s">
-        <x:v>767</x:v>
+        <x:v>773</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:11">
       <x:c r="A247" s="0">
-        <x:v>624</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C247" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D247" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E247" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
-        <x:v>768</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="H247" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I247" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
-        <x:v>769</x:v>
+        <x:v>775</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:11">
       <x:c r="A248" s="0">
-        <x:v>623</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C248" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D248" s="0" t="s">
-        <x:v>770</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E248" s="0" t="s">
-        <x:v>771</x:v>
-[...1 lines deleted...]
-      <x:c r="F248" s="0" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="G248" s="0" t="s">
+        <x:v>600</x:v>
+      </x:c>
+      <x:c r="H248" s="0" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="I248" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="J248" s="0" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="K248" s="0" t="s">
         <x:v>772</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>776</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:11">
       <x:c r="A249" s="0">
-        <x:v>622</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C249" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D249" s="0" t="s">
-        <x:v>777</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E249" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
-      <x:c r="F249" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G249" s="0" t="s">
-        <x:v>778</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="H249" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I249" s="0" t="s">
-        <x:v>779</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
-        <x:v>780</x:v>
+        <x:v>777</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:11">
       <x:c r="A250" s="0">
-        <x:v>621</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C250" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="D250" s="0" t="s">
-        <x:v>781</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="E250" s="0" t="s">
-        <x:v>782</x:v>
-[...2 lines deleted...]
-        <x:v>15</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="G250" s="0" t="s">
-        <x:v>783</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="H250" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I250" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J250" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K250" s="0" t="s">
-        <x:v>784</x:v>
+        <x:v>781</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:11">
       <x:c r="A251" s="0">
-        <x:v>620</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C251" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D251" s="0" t="s">
-        <x:v>785</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E251" s="0" t="s">
-        <x:v>786</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
-        <x:v>787</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="H251" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="I251" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
-        <x:v>784</x:v>
+        <x:v>783</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:11">
       <x:c r="A252" s="0">
-        <x:v>619</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C252" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="D252" s="0" t="s">
+        <x:v>784</x:v>
+      </x:c>
+      <x:c r="E252" s="0" t="s">
+        <x:v>785</x:v>
+      </x:c>
+      <x:c r="F252" s="0" t="s">
+        <x:v>786</x:v>
+      </x:c>
+      <x:c r="G252" s="0" t="s">
+        <x:v>787</x:v>
+      </x:c>
+      <x:c r="H252" s="0" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="I252" s="0" t="s">
         <x:v>788</x:v>
       </x:c>
-      <x:c r="E252" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="G252" s="0" t="s">
+      <x:c r="J252" s="0" t="s">
         <x:v>789</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>17</x:v>
       </x:c>
       <x:c r="K252" s="0" t="s">
         <x:v>790</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:11">
       <x:c r="A253" s="0">
-        <x:v>618</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C253" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="D253" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="E253" s="0" t="s">
-        <x:v>791</x:v>
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="F253" s="0" t="s">
+        <x:v>756</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
         <x:v>792</x:v>
       </x:c>
       <x:c r="H253" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I253" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
-        <x:v>720</x:v>
+        <x:v>794</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:11">
       <x:c r="A254" s="0">
-        <x:v>617</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C254" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D254" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="E254" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>796</x:v>
+      </x:c>
+      <x:c r="F254" s="0" t="s">
+        <x:v>24</x:v>
       </x:c>
       <x:c r="G254" s="0" t="s">
-        <x:v>793</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="H254" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I254" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J254" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K254" s="0" t="s">
-        <x:v>794</x:v>
+        <x:v>798</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:11">
       <x:c r="A255" s="0">
-        <x:v>616</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C255" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D255" s="0" t="s">
-        <x:v>795</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="E255" s="0" t="s">
-        <x:v>42</x:v>
-[...2 lines deleted...]
-        <x:v>42</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="G255" s="0" t="s">
-        <x:v>796</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="H255" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I255" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J255" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
-        <x:v>797</x:v>
+        <x:v>798</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:11">
       <x:c r="A256" s="0">
-        <x:v>615</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C256" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="D256" s="0" t="s">
-        <x:v>559</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="E256" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>785</x:v>
+      </x:c>
+      <x:c r="F256" s="0" t="s">
+        <x:v>786</x:v>
       </x:c>
       <x:c r="G256" s="0" t="s">
-        <x:v>798</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="H256" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="I256" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J256" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K256" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>804</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:11">
       <x:c r="A257" s="0">
-        <x:v>614</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C257" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D257" s="0" t="s">
-        <x:v>800</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="E257" s="0" t="s">
-        <x:v>674</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
-        <x:v>801</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="H257" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I257" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
-        <x:v>802</x:v>
+        <x:v>734</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:11">
       <x:c r="A258" s="0">
-        <x:v>613</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C258" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D258" s="0" t="s">
-        <x:v>803</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E258" s="0" t="s">
-        <x:v>301</x:v>
-[...2 lines deleted...]
-        <x:v>804</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="G258" s="0" t="s">
-        <x:v>805</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="H258" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="I258" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J258" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K258" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>808</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:11">
       <x:c r="A259" s="0">
-        <x:v>612</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C259" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="D259" s="0" t="s">
-        <x:v>731</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="E259" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="F259" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="H259" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I259" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
-        <x:v>732</x:v>
+        <x:v>811</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:11">
       <x:c r="A260" s="0">
-        <x:v>611</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C260" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D260" s="0" t="s">
-        <x:v>806</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="E260" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="G260" s="0" t="s">
-        <x:v>807</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="H260" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="I260" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J260" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K260" s="0" t="s">
-        <x:v>732</x:v>
+        <x:v>813</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:11">
       <x:c r="A261" s="0">
-        <x:v>610</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C261" s="0" t="s">
-        <x:v>808</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D261" s="0" t="s">
-        <x:v>809</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="E261" s="0" t="s">
-        <x:v>810</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
-        <x:v>811</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="H261" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I261" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
-        <x:v>812</x:v>
+        <x:v>816</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:11">
       <x:c r="A262" s="0">
-        <x:v>609</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C262" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D262" s="0" t="s">
-        <x:v>813</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="E262" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="F262" s="0" t="s">
+        <x:v>818</x:v>
       </x:c>
       <x:c r="G262" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="H262" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I262" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J262" s="0" t="s">
-        <x:v>814</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K262" s="0" t="s">
-        <x:v>815</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:11">
       <x:c r="A263" s="0">
-        <x:v>607</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C263" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D263" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="E263" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="G263" s="0" t="s">
-        <x:v>816</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="H263" s="0" t="s">
-        <x:v>578</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I263" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
-        <x:v>817</x:v>
+        <x:v>746</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:11">
       <x:c r="A264" s="0">
-        <x:v>606</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C264" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D264" s="0" t="s">
-        <x:v>559</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="E264" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="G264" s="0" t="s">
-        <x:v>818</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="H264" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I264" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J264" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K264" s="0" t="s">
-        <x:v>819</x:v>
+        <x:v>746</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:11">
       <x:c r="A265" s="0">
-        <x:v>605</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C265" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="D265" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="E265" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
-        <x:v>820</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="H265" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I265" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
-        <x:v>821</x:v>
+        <x:v>826</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:11">
       <x:c r="A266" s="0">
-        <x:v>604</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C266" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D266" s="0" t="s">
-        <x:v>559</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="E266" s="0" t="s">
-        <x:v>822</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="G266" s="0" t="s">
-        <x:v>823</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="H266" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I266" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J266" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="K266" s="0" t="s">
-        <x:v>824</x:v>
+        <x:v>829</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:11">
       <x:c r="A267" s="0">
-        <x:v>603</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C267" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D267" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E267" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
-        <x:v>825</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="H267" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="I267" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
-        <x:v>821</x:v>
+        <x:v>831</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:11">
       <x:c r="A268" s="0">
-        <x:v>601</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C268" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D268" s="0" t="s">
-        <x:v>559</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="E268" s="0" t="s">
-        <x:v>826</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G268" s="0" t="s">
-        <x:v>827</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="H268" s="0" t="s">
-        <x:v>557</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I268" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J268" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K268" s="0" t="s">
-        <x:v>828</x:v>
+        <x:v>833</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:11">
       <x:c r="A269" s="0">
-        <x:v>600</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C269" s="0" t="s">
-        <x:v>829</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D269" s="0" t="s">
-        <x:v>830</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E269" s="0" t="s">
-        <x:v>831</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
-        <x:v>832</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="H269" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I269" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
-        <x:v>833</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
-        <x:v>834</x:v>
+        <x:v>835</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:11">
       <x:c r="A270" s="0">
-        <x:v>599</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C270" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D270" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="E270" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="G270" s="0" t="s">
-        <x:v>835</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="H270" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I270" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J270" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K270" s="0" t="s">
-        <x:v>836</x:v>
+        <x:v>838</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:11">
       <x:c r="A271" s="0">
-        <x:v>598</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C271" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D271" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E271" s="0" t="s">
-        <x:v>345</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
-        <x:v>837</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="H271" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I271" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
-        <x:v>838</x:v>
+        <x:v>835</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:11">
       <x:c r="A272" s="0">
-        <x:v>597</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C272" s="0" t="s">
-        <x:v>829</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D272" s="0" t="s">
-        <x:v>839</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="E272" s="0" t="s">
         <x:v>840</x:v>
       </x:c>
-      <x:c r="F272" s="0" t="s">
+      <x:c r="G272" s="0" t="s">
         <x:v>841</x:v>
       </x:c>
-      <x:c r="G272" s="0" t="s">
+      <x:c r="H272" s="0" t="s">
+        <x:v>573</x:v>
+      </x:c>
+      <x:c r="I272" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="J272" s="0" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="K272" s="0" t="s">
         <x:v>842</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>843</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:11">
       <x:c r="A273" s="0">
-        <x:v>596</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C273" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="D273" s="0" t="s">
         <x:v>844</x:v>
       </x:c>
       <x:c r="E273" s="0" t="s">
-        <x:v>78</x:v>
-[...1 lines deleted...]
-      <x:c r="F273" s="0" t="s">
         <x:v>845</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
         <x:v>846</x:v>
       </x:c>
       <x:c r="H273" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I273" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
-        <x:v>847</x:v>
+        <x:v>848</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:11">
       <x:c r="A274" s="0">
-        <x:v>595</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C274" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D274" s="0" t="s">
-        <x:v>848</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E274" s="0" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="G274" s="0" t="s">
         <x:v>849</x:v>
       </x:c>
-      <x:c r="G274" s="0" t="s">
+      <x:c r="H274" s="0" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="I274" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="J274" s="0" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="K274" s="0" t="s">
         <x:v>850</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>851</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:11">
       <x:c r="A275" s="0">
-        <x:v>594</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C275" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D275" s="0" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="E275" s="0" t="s">
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="G275" s="0" t="s">
+        <x:v>851</x:v>
+      </x:c>
+      <x:c r="H275" s="0" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="I275" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="J275" s="0" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="K275" s="0" t="s">
         <x:v>852</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>856</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:11">
       <x:c r="A276" s="0">
-        <x:v>593</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C276" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="D276" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="E276" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>854</x:v>
+      </x:c>
+      <x:c r="F276" s="0" t="s">
+        <x:v>855</x:v>
       </x:c>
       <x:c r="G276" s="0" t="s">
+        <x:v>856</x:v>
+      </x:c>
+      <x:c r="H276" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I276" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="J276" s="0" t="s">
+        <x:v>847</x:v>
+      </x:c>
+      <x:c r="K276" s="0" t="s">
         <x:v>857</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>858</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:11">
       <x:c r="A277" s="0">
-        <x:v>592</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C277" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="D277" s="0" t="s">
-        <x:v>559</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="E277" s="0" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="F277" s="0" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
         <x:v>860</x:v>
       </x:c>
+      <x:c r="H277" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
       <x:c r="I277" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J277" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>861</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:11">
       <x:c r="A278" s="0">
-        <x:v>591</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C278" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="D278" s="0" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="E278" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="G278" s="0" t="s">
-        <x:v>863</x:v>
+        <x:v>864</x:v>
       </x:c>
       <x:c r="H278" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I278" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J278" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K278" s="0" t="s">
-        <x:v>864</x:v>
+        <x:v>865</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:11">
       <x:c r="A279" s="0">
-        <x:v>590</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C279" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="D279" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>866</x:v>
       </x:c>
       <x:c r="E279" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>867</x:v>
+      </x:c>
+      <x:c r="F279" s="0" t="s">
+        <x:v>868</x:v>
       </x:c>
       <x:c r="G279" s="0" t="s">
-        <x:v>865</x:v>
+        <x:v>869</x:v>
       </x:c>
       <x:c r="H279" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I279" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J279" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
-        <x:v>866</x:v>
+        <x:v>870</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:11">
       <x:c r="A280" s="0">
-        <x:v>589</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C280" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D280" s="0" t="s">
-        <x:v>559</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E280" s="0" t="s">
-        <x:v>859</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="G280" s="0" t="s">
-        <x:v>867</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="H280" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="I280" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J280" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K280" s="0" t="s">
-        <x:v>861</x:v>
+        <x:v>872</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:11">
       <x:c r="A281" s="0">
-        <x:v>588</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C281" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D281" s="0" t="s">
-        <x:v>868</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="E281" s="0" t="s">
-        <x:v>869</x:v>
-[...2 lines deleted...]
-        <x:v>42</x:v>
+        <x:v>873</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
-        <x:v>870</x:v>
-[...2 lines deleted...]
-        <x:v>871</x:v>
+        <x:v>874</x:v>
       </x:c>
       <x:c r="I281" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J281" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
-        <x:v>872</x:v>
+        <x:v>875</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:11">
       <x:c r="A282" s="0">
-        <x:v>587</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C282" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="D282" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="E282" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="G282" s="0" t="s">
-        <x:v>873</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H282" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I282" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J282" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K282" s="0" t="s">
-        <x:v>874</x:v>
+        <x:v>878</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:11">
       <x:c r="A283" s="0">
-        <x:v>586</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C283" s="0" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="D283" s="0" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="E283" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="G283" s="0" t="s">
+        <x:v>879</x:v>
+      </x:c>
+      <x:c r="H283" s="0" t="s">
+        <x:v>342</x:v>
+      </x:c>
+      <x:c r="I283" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="D283" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="J283" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
-        <x:v>876</x:v>
+        <x:v>880</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:11">
       <x:c r="A284" s="0">
-        <x:v>585</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C284" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D284" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="E284" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>873</x:v>
       </x:c>
       <x:c r="G284" s="0" t="s">
-        <x:v>877</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="H284" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I284" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J284" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K284" s="0" t="s">
-        <x:v>878</x:v>
+        <x:v>875</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:11">
       <x:c r="A285" s="0">
-        <x:v>584</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C285" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="D285" s="0" t="s">
-        <x:v>879</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="E285" s="0" t="s">
-        <x:v>880</x:v>
+        <x:v>883</x:v>
+      </x:c>
+      <x:c r="F285" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G285" s="0" t="s">
-        <x:v>881</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="H285" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>885</x:v>
       </x:c>
       <x:c r="I285" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J285" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
-        <x:v>882</x:v>
+        <x:v>886</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:11">
       <x:c r="A286" s="0">
-        <x:v>583</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C286" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D286" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E286" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="G286" s="0" t="s">
-        <x:v>883</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="H286" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="I286" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J286" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K286" s="0" t="s">
-        <x:v>884</x:v>
+        <x:v>888</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:11">
       <x:c r="A287" s="0">
-        <x:v>582</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C287" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D287" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="E287" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>873</x:v>
       </x:c>
       <x:c r="G287" s="0" t="s">
-        <x:v>885</x:v>
+        <x:v>889</x:v>
       </x:c>
       <x:c r="H287" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I287" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J287" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
-        <x:v>886</x:v>
+        <x:v>890</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:11">
       <x:c r="A288" s="0">
-        <x:v>581</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C288" s="0" t="s">
-        <x:v>829</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D288" s="0" t="s">
-        <x:v>887</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E288" s="0" t="s">
-        <x:v>888</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G288" s="0" t="s">
-        <x:v>889</x:v>
+        <x:v>891</x:v>
       </x:c>
       <x:c r="H288" s="0" t="s">
-        <x:v>890</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I288" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J288" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K288" s="0" t="s">
-        <x:v>891</x:v>
+        <x:v>892</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:11">
       <x:c r="A289" s="0">
-        <x:v>580</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C289" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D289" s="0" t="s">
-        <x:v>892</x:v>
+        <x:v>893</x:v>
       </x:c>
       <x:c r="E289" s="0" t="s">
-        <x:v>893</x:v>
+        <x:v>894</x:v>
       </x:c>
       <x:c r="G289" s="0" t="s">
-        <x:v>894</x:v>
+        <x:v>895</x:v>
       </x:c>
       <x:c r="H289" s="0" t="s">
-        <x:v>895</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="I289" s="0" t="s">
-        <x:v>451</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>896</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:11">
       <x:c r="A290" s="0">
-        <x:v>578</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C290" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D290" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E290" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="G290" s="0" t="s">
         <x:v>897</x:v>
       </x:c>
-      <x:c r="G290" s="0" t="s">
+      <x:c r="H290" s="0" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="I290" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="J290" s="0" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="K290" s="0" t="s">
         <x:v>898</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>899</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:11">
       <x:c r="A291" s="0">
-        <x:v>577</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C291" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D291" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E291" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G291" s="0" t="s">
+        <x:v>899</x:v>
+      </x:c>
+      <x:c r="H291" s="0" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="I291" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="J291" s="0" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="K291" s="0" t="s">
         <x:v>900</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>901</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:11">
       <x:c r="A292" s="0">
-        <x:v>576</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C292" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="D292" s="0" t="s">
+        <x:v>901</x:v>
+      </x:c>
+      <x:c r="E292" s="0" t="s">
         <x:v>902</x:v>
       </x:c>
-      <x:c r="E292" s="0" t="s">
+      <x:c r="G292" s="0" t="s">
         <x:v>903</x:v>
       </x:c>
-      <x:c r="G292" s="0" t="s">
+      <x:c r="H292" s="0" t="s">
         <x:v>904</x:v>
       </x:c>
-      <x:c r="H292" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I292" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J292" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K292" s="0" t="s">
         <x:v>905</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:11">
       <x:c r="A293" s="0">
-        <x:v>575</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C293" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D293" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>906</x:v>
       </x:c>
       <x:c r="E293" s="0" t="s">
-        <x:v>906</x:v>
+        <x:v>907</x:v>
       </x:c>
       <x:c r="G293" s="0" t="s">
-        <x:v>907</x:v>
+        <x:v>908</x:v>
       </x:c>
       <x:c r="H293" s="0" t="s">
-        <x:v>557</x:v>
+        <x:v>909</x:v>
       </x:c>
       <x:c r="I293" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J293" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
-        <x:v>908</x:v>
+        <x:v>910</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:11">
       <x:c r="A294" s="0">
-        <x:v>573</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C294" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D294" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E294" s="0" t="s">
-        <x:v>909</x:v>
+        <x:v>911</x:v>
       </x:c>
       <x:c r="G294" s="0" t="s">
-        <x:v>865</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H294" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="I294" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J294" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K294" s="0" t="s">
-        <x:v>910</x:v>
+        <x:v>913</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:11">
       <x:c r="A295" s="0">
-        <x:v>572</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C295" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D295" s="0" t="s">
-        <x:v>477</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="E295" s="0" t="s">
-        <x:v>749</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="G295" s="0" t="s">
-        <x:v>911</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="H295" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="I295" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J295" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
-        <x:v>912</x:v>
+        <x:v>915</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:11">
       <x:c r="A296" s="0">
-        <x:v>571</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C296" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="D296" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="E296" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>917</x:v>
       </x:c>
       <x:c r="G296" s="0" t="s">
-        <x:v>913</x:v>
+        <x:v>918</x:v>
       </x:c>
       <x:c r="H296" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I296" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J296" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K296" s="0" t="s">
-        <x:v>914</x:v>
+        <x:v>919</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:11">
       <x:c r="A297" s="0">
-        <x:v>570</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C297" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D297" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E297" s="0" t="s">
-        <x:v>906</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="G297" s="0" t="s">
-        <x:v>915</x:v>
+        <x:v>921</x:v>
       </x:c>
       <x:c r="H297" s="0" t="s">
-        <x:v>557</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="I297" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J297" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
-        <x:v>916</x:v>
+        <x:v>922</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:11">
       <x:c r="A298" s="0">
-        <x:v>569</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C298" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D298" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E298" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="G298" s="0" t="s">
-        <x:v>917</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="H298" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="I298" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J298" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K298" s="0" t="s">
-        <x:v>918</x:v>
+        <x:v>924</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:11">
       <x:c r="A299" s="0">
-        <x:v>568</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C299" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D299" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="E299" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="G299" s="0" t="s">
-        <x:v>919</x:v>
+        <x:v>925</x:v>
       </x:c>
       <x:c r="H299" s="0" t="s">
-        <x:v>358</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I299" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="J299" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
-        <x:v>920</x:v>
+        <x:v>926</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:11">
       <x:c r="A300" s="0">
-        <x:v>567</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C300" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D300" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E300" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="G300" s="0" t="s">
-        <x:v>921</x:v>
+        <x:v>927</x:v>
       </x:c>
       <x:c r="H300" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="I300" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J300" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K300" s="0" t="s">
-        <x:v>922</x:v>
+        <x:v>928</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:11">
       <x:c r="A301" s="0">
-        <x:v>565</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C301" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D301" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E301" s="0" t="s">
-        <x:v>923</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="G301" s="0" t="s">
-        <x:v>924</x:v>
+        <x:v>929</x:v>
       </x:c>
       <x:c r="H301" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="I301" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J301" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
-        <x:v>925</x:v>
+        <x:v>930</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:11">
       <x:c r="A302" s="0">
-        <x:v>563</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C302" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D302" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E302" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="G302" s="0" t="s">
-        <x:v>926</x:v>
+        <x:v>931</x:v>
       </x:c>
       <x:c r="H302" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="I302" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J302" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K302" s="0" t="s">
-        <x:v>927</x:v>
+        <x:v>932</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:11">
       <x:c r="A303" s="0">
-        <x:v>562</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C303" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D303" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E303" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="G303" s="0" t="s">
-        <x:v>928</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="H303" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="I303" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J303" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
-        <x:v>929</x:v>
+        <x:v>934</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:11">
       <x:c r="A304" s="0">
-        <x:v>561</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C304" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D304" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E304" s="0" t="s">
-        <x:v>930</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="G304" s="0" t="s">
-        <x:v>931</x:v>
+        <x:v>935</x:v>
       </x:c>
       <x:c r="H304" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="I304" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J304" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K304" s="0" t="s">
-        <x:v>932</x:v>
+        <x:v>936</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:11">
       <x:c r="A305" s="0">
-        <x:v>560</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C305" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D305" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E305" s="0" t="s">
-        <x:v>686</x:v>
+        <x:v>937</x:v>
       </x:c>
       <x:c r="G305" s="0" t="s">
-        <x:v>933</x:v>
+        <x:v>938</x:v>
       </x:c>
       <x:c r="H305" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I305" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J305" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
-        <x:v>934</x:v>
+        <x:v>939</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:11">
       <x:c r="A306" s="0">
-        <x:v>559</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C306" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D306" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E306" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="G306" s="0" t="s">
-        <x:v>935</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="H306" s="0" t="s">
-        <x:v>557</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I306" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J306" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K306" s="0" t="s">
-        <x:v>936</x:v>
+        <x:v>941</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:11">
       <x:c r="A307" s="0">
-        <x:v>557</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C307" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D307" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E307" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="G307" s="0" t="s">
-        <x:v>937</x:v>
+        <x:v>942</x:v>
       </x:c>
       <x:c r="H307" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I307" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J307" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
-        <x:v>938</x:v>
+        <x:v>943</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:11">
       <x:c r="A308" s="0">
-        <x:v>556</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C308" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D308" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E308" s="0" t="s">
-        <x:v>939</x:v>
+        <x:v>944</x:v>
       </x:c>
       <x:c r="G308" s="0" t="s">
-        <x:v>940</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="H308" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I308" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J308" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K308" s="0" t="s">
-        <x:v>941</x:v>
+        <x:v>946</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:11">
       <x:c r="A309" s="0">
-        <x:v>552</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C309" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D309" s="0" t="s">
-        <x:v>942</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E309" s="0" t="s">
-        <x:v>943</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="G309" s="0" t="s">
-        <x:v>944</x:v>
+        <x:v>947</x:v>
       </x:c>
       <x:c r="H309" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="I309" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J309" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
-        <x:v>945</x:v>
+        <x:v>948</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:11">
       <x:c r="A310" s="0">
-        <x:v>551</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C310" s="0" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="D310" s="0" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="E310" s="0" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="G310" s="0" t="s">
+        <x:v>949</x:v>
+      </x:c>
+      <x:c r="H310" s="0" t="s">
+        <x:v>573</x:v>
+      </x:c>
+      <x:c r="I310" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="D310" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="J310" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K310" s="0" t="s">
-        <x:v>947</x:v>
+        <x:v>950</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:11">
       <x:c r="A311" s="0">
-        <x:v>550</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C311" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D311" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E311" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G311" s="0" t="s">
-        <x:v>948</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H311" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I311" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J311" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
-        <x:v>949</x:v>
+        <x:v>952</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:11">
       <x:c r="A312" s="0">
-        <x:v>549</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C312" s="0" t="s">
-        <x:v>829</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D312" s="0" t="s">
-        <x:v>950</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E312" s="0" t="s">
-        <x:v>951</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="G312" s="0" t="s">
-        <x:v>952</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="H312" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I312" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J312" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K312" s="0" t="s">
-        <x:v>953</x:v>
+        <x:v>955</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:11">
       <x:c r="A313" s="0">
-        <x:v>548</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C313" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D313" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>956</x:v>
       </x:c>
       <x:c r="E313" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>957</x:v>
       </x:c>
       <x:c r="G313" s="0" t="s">
-        <x:v>954</x:v>
+        <x:v>958</x:v>
       </x:c>
       <x:c r="H313" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I313" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J313" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
-        <x:v>955</x:v>
+        <x:v>959</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:11">
       <x:c r="A314" s="0">
-        <x:v>547</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C314" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D314" s="0" t="s">
-        <x:v>956</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E314" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="G314" s="0" t="s">
-        <x:v>957</x:v>
+        <x:v>960</x:v>
       </x:c>
       <x:c r="H314" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="I314" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J314" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K314" s="0" t="s">
-        <x:v>958</x:v>
+        <x:v>961</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:11">
       <x:c r="A315" s="0">
-        <x:v>546</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C315" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D315" s="0" t="s">
-        <x:v>959</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="E315" s="0" t="s">
-        <x:v>749</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G315" s="0" t="s">
-        <x:v>960</x:v>
+        <x:v>962</x:v>
       </x:c>
       <x:c r="H315" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I315" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J315" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
-        <x:v>961</x:v>
+        <x:v>963</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:11">
       <x:c r="A316" s="0">
-        <x:v>545</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C316" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="D316" s="0" t="s">
-        <x:v>959</x:v>
+        <x:v>964</x:v>
       </x:c>
       <x:c r="E316" s="0" t="s">
-        <x:v>749</x:v>
+        <x:v>965</x:v>
       </x:c>
       <x:c r="G316" s="0" t="s">
-        <x:v>962</x:v>
+        <x:v>966</x:v>
       </x:c>
       <x:c r="H316" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I316" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="J316" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K316" s="0" t="s">
-        <x:v>912</x:v>
+        <x:v>967</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:11">
       <x:c r="A317" s="0">
-        <x:v>544</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C317" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D317" s="0" t="s">
-        <x:v>477</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E317" s="0" t="s">
-        <x:v>749</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G317" s="0" t="s">
-        <x:v>963</x:v>
+        <x:v>968</x:v>
+      </x:c>
+      <x:c r="H317" s="0" t="s">
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I317" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J317" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
-        <x:v>912</x:v>
+        <x:v>969</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:11">
       <x:c r="A318" s="0">
-        <x:v>543</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C318" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D318" s="0" t="s">
-        <x:v>959</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="E318" s="0" t="s">
-        <x:v>749</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="G318" s="0" t="s">
-        <x:v>964</x:v>
+        <x:v>971</x:v>
       </x:c>
       <x:c r="H318" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I318" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J318" s="0" t="s">
-        <x:v>54</x:v>
-[...2 lines deleted...]
-        <x:v>965</x:v>
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="K318" s="0" t="s">
+        <x:v>972</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:11">
       <x:c r="A319" s="0">
-        <x:v>542</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C319" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D319" s="0" t="s">
-        <x:v>477</x:v>
+        <x:v>973</x:v>
       </x:c>
       <x:c r="E319" s="0" t="s">
-        <x:v>749</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="G319" s="0" t="s">
-        <x:v>966</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="H319" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I319" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="J319" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
-        <x:v>912</x:v>
+        <x:v>975</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:11">
       <x:c r="A320" s="0">
-        <x:v>541</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C320" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D320" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>973</x:v>
       </x:c>
       <x:c r="E320" s="0" t="s">
-        <x:v>967</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="G320" s="0" t="s">
-        <x:v>968</x:v>
+        <x:v>976</x:v>
       </x:c>
       <x:c r="H320" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I320" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="J320" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="K320" s="0" t="s">
-        <x:v>969</x:v>
+        <x:v>926</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:11">
       <x:c r="A321" s="0">
-        <x:v>540</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C321" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D321" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="E321" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="G321" s="0" t="s">
-        <x:v>970</x:v>
-[...2 lines deleted...]
-        <x:v>163</x:v>
+        <x:v>977</x:v>
       </x:c>
       <x:c r="I321" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="J321" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
-        <x:v>971</x:v>
+        <x:v>926</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:11">
       <x:c r="A322" s="0">
-        <x:v>539</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="B322" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C322" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D322" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>973</x:v>
       </x:c>
       <x:c r="E322" s="0" t="s">
-        <x:v>972</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="G322" s="0" t="s">
-        <x:v>973</x:v>
+        <x:v>978</x:v>
       </x:c>
       <x:c r="H322" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I322" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="J322" s="0" t="s">
-        <x:v>17</x:v>
-[...2 lines deleted...]
-        <x:v>974</x:v>
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="K322" s="2" t="s">
+        <x:v>979</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:11">
       <x:c r="A323" s="0">
-        <x:v>538</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C323" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D323" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="E323" s="0" t="s">
-        <x:v>975</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="G323" s="0" t="s">
-        <x:v>976</x:v>
+        <x:v>980</x:v>
       </x:c>
       <x:c r="H323" s="0" t="s">
-        <x:v>578</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I323" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="J323" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
-        <x:v>977</x:v>
+        <x:v>926</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:11">
       <x:c r="A324" s="0">
-        <x:v>537</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C324" s="0" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="D324" s="0" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="E324" s="0" t="s">
+        <x:v>981</x:v>
+      </x:c>
+      <x:c r="G324" s="0" t="s">
+        <x:v>982</x:v>
+      </x:c>
+      <x:c r="H324" s="0" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="I324" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="D324" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="J324" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K324" s="0" t="s">
-        <x:v>980</x:v>
+        <x:v>983</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:11">
       <x:c r="A325" s="0">
-        <x:v>536</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C325" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D325" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E325" s="0" t="s">
-        <x:v>981</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="G325" s="0" t="s">
-        <x:v>982</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="H325" s="0" t="s">
-        <x:v>511</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="I325" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J325" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
-        <x:v>983</x:v>
+        <x:v>985</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:11">
       <x:c r="A326" s="0">
-        <x:v>535</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C326" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D326" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E326" s="0" t="s">
-        <x:v>984</x:v>
+        <x:v>986</x:v>
       </x:c>
       <x:c r="G326" s="0" t="s">
-        <x:v>985</x:v>
+        <x:v>987</x:v>
       </x:c>
       <x:c r="H326" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I326" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J326" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K326" s="0" t="s">
-        <x:v>986</x:v>
+        <x:v>988</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:11">
       <x:c r="A327" s="0">
-        <x:v>534</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C327" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D327" s="0" t="s">
-        <x:v>987</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E327" s="0" t="s">
-        <x:v>988</x:v>
-[...1 lines deleted...]
-      <x:c r="F327" s="0" t="s">
         <x:v>989</x:v>
       </x:c>
       <x:c r="G327" s="0" t="s">
         <x:v>990</x:v>
       </x:c>
       <x:c r="H327" s="0" t="s">
+        <x:v>594</x:v>
+      </x:c>
+      <x:c r="I327" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="J327" s="0" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="K327" s="0" t="s">
         <x:v>991</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>992</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:11">
       <x:c r="A328" s="0">
-        <x:v>533</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="B328" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C328" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D328" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E328" s="0" t="s">
+        <x:v>992</x:v>
+      </x:c>
+      <x:c r="G328" s="0" t="s">
         <x:v>993</x:v>
       </x:c>
-      <x:c r="G328" s="0" t="s">
+      <x:c r="H328" s="0" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="I328" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="J328" s="0" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="K328" s="0" t="s">
         <x:v>994</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>995</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:11">
       <x:c r="A329" s="0">
-        <x:v>532</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C329" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D329" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E329" s="0" t="s">
-        <x:v>923</x:v>
+        <x:v>995</x:v>
       </x:c>
       <x:c r="G329" s="0" t="s">
         <x:v>996</x:v>
       </x:c>
+      <x:c r="H329" s="0" t="s">
+        <x:v>527</x:v>
+      </x:c>
       <x:c r="I329" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J329" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
         <x:v>997</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:11">
       <x:c r="A330" s="0">
-        <x:v>531</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="B330" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C330" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D330" s="0" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="E330" s="0" t="s">
         <x:v>998</x:v>
       </x:c>
-      <x:c r="E330" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F330" s="0" t="s">
+      <x:c r="G330" s="0" t="s">
         <x:v>999</x:v>
       </x:c>
-      <x:c r="G330" s="0" t="s">
+      <x:c r="H330" s="0" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="I330" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="J330" s="0" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="K330" s="0" t="s">
         <x:v>1000</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1001</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:11">
       <x:c r="A331" s="0">
-        <x:v>530</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C331" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D331" s="0" t="s">
+        <x:v>1001</x:v>
+      </x:c>
+      <x:c r="E331" s="0" t="s">
         <x:v>1002</x:v>
       </x:c>
-      <x:c r="E331" s="0" t="s">
-        <x:v>88</x:v>
+      <x:c r="F331" s="0" t="s">
+        <x:v>1003</x:v>
       </x:c>
       <x:c r="G331" s="0" t="s">
-        <x:v>1003</x:v>
+        <x:v>1004</x:v>
+      </x:c>
+      <x:c r="H331" s="0" t="s">
+        <x:v>1005</x:v>
       </x:c>
       <x:c r="I331" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J331" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
-        <x:v>1004</x:v>
+        <x:v>1006</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:11">
       <x:c r="A332" s="0">
-        <x:v>529</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="B332" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C332" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D332" s="0" t="s">
-        <x:v>1005</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E332" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>1007</x:v>
       </x:c>
       <x:c r="G332" s="0" t="s">
-        <x:v>1006</x:v>
+        <x:v>1008</x:v>
+      </x:c>
+      <x:c r="H332" s="0" t="s">
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I332" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J332" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K332" s="0" t="s">
-        <x:v>1007</x:v>
+        <x:v>1009</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:11">
       <x:c r="A333" s="0">
-        <x:v>528</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C333" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D333" s="0" t="s">
-        <x:v>1008</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E333" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>937</x:v>
       </x:c>
       <x:c r="G333" s="0" t="s">
-        <x:v>1006</x:v>
+        <x:v>1010</x:v>
       </x:c>
       <x:c r="I333" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J333" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
-        <x:v>517</x:v>
+        <x:v>1011</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:11">
       <x:c r="A334" s="0">
-        <x:v>527</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="B334" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C334" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="D334" s="0" t="s">
-        <x:v>1009</x:v>
+        <x:v>1012</x:v>
       </x:c>
       <x:c r="E334" s="0" t="s">
-        <x:v>397</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F334" s="0" t="s">
-        <x:v>1010</x:v>
+        <x:v>1013</x:v>
       </x:c>
       <x:c r="G334" s="0" t="s">
-        <x:v>1011</x:v>
+        <x:v>1014</x:v>
       </x:c>
       <x:c r="H334" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I334" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J334" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="K334" s="0" t="s">
-        <x:v>1012</x:v>
+        <x:v>1015</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:11">
       <x:c r="A335" s="0">
-        <x:v>526</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C335" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D335" s="0" t="s">
-        <x:v>1013</x:v>
+        <x:v>1016</x:v>
       </x:c>
       <x:c r="E335" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G335" s="0" t="s">
-        <x:v>1014</x:v>
+        <x:v>1017</x:v>
       </x:c>
       <x:c r="I335" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="J335" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>1018</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:11">
       <x:c r="A336" s="0">
-        <x:v>525</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="B336" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C336" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="D336" s="0" t="s">
-        <x:v>1015</x:v>
+        <x:v>1019</x:v>
       </x:c>
       <x:c r="E336" s="0" t="s">
-        <x:v>1016</x:v>
-[...2 lines deleted...]
-        <x:v>1017</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G336" s="0" t="s">
-        <x:v>1018</x:v>
-[...2 lines deleted...]
-        <x:v>29</x:v>
+        <x:v>1020</x:v>
       </x:c>
       <x:c r="I336" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J336" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K336" s="0" t="s">
-        <x:v>1019</x:v>
+        <x:v>1021</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:11">
       <x:c r="A337" s="0">
-        <x:v>524</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C337" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="D337" s="0" t="s">
+        <x:v>1022</x:v>
+      </x:c>
+      <x:c r="E337" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="G337" s="0" t="s">
         <x:v>1020</x:v>
       </x:c>
-      <x:c r="E337" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I337" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J337" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
-        <x:v>1023</x:v>
+        <x:v>533</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:11">
       <x:c r="A338" s="0">
-        <x:v>521</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="B338" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C338" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="D338" s="0" t="s">
+        <x:v>1023</x:v>
+      </x:c>
+      <x:c r="E338" s="0" t="s">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="F338" s="0" t="s">
         <x:v>1024</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>15</x:v>
       </x:c>
       <x:c r="G338" s="0" t="s">
         <x:v>1025</x:v>
       </x:c>
       <x:c r="H338" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I338" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J338" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K338" s="0" t="s">
         <x:v>1026</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:11">
       <x:c r="A339" s="0">
-        <x:v>520</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C339" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D339" s="0" t="s">
         <x:v>1027</x:v>
       </x:c>
       <x:c r="E339" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="G339" s="0" t="s">
-        <x:v>1025</x:v>
-[...2 lines deleted...]
-        <x:v>29</x:v>
+        <x:v>1028</x:v>
       </x:c>
       <x:c r="I339" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J339" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
-        <x:v>1026</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:11">
       <x:c r="A340" s="0">
-        <x:v>519</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="B340" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C340" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="D340" s="0" t="s">
-        <x:v>1028</x:v>
+        <x:v>1029</x:v>
       </x:c>
       <x:c r="E340" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>1030</x:v>
+      </x:c>
+      <x:c r="F340" s="0" t="s">
+        <x:v>1031</x:v>
       </x:c>
       <x:c r="G340" s="0" t="s">
-        <x:v>1025</x:v>
+        <x:v>1032</x:v>
       </x:c>
       <x:c r="H340" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I340" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J340" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K340" s="0" t="s">
-        <x:v>1026</x:v>
+        <x:v>1033</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:11">
       <x:c r="A341" s="0">
-        <x:v>517</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C341" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="D341" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>1034</x:v>
       </x:c>
       <x:c r="E341" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="F341" s="0" t="s">
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="G341" s="0" t="s">
-        <x:v>996</x:v>
+        <x:v>1036</x:v>
       </x:c>
       <x:c r="H341" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I341" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J341" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
-        <x:v>1029</x:v>
+        <x:v>1037</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:11">
       <x:c r="A342" s="0">
-        <x:v>516</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="B342" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C342" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D342" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>1038</x:v>
       </x:c>
       <x:c r="E342" s="0" t="s">
-        <x:v>1030</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="G342" s="0" t="s">
-        <x:v>1031</x:v>
+        <x:v>1039</x:v>
       </x:c>
       <x:c r="H342" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I342" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J342" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K342" s="0" t="s">
-        <x:v>1032</x:v>
+        <x:v>1040</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:11">
       <x:c r="A343" s="0">
-        <x:v>515</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C343" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D343" s="0" t="s">
-        <x:v>1033</x:v>
+        <x:v>1041</x:v>
       </x:c>
       <x:c r="E343" s="0" t="s">
-        <x:v>1034</x:v>
-[...2 lines deleted...]
-        <x:v>1035</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="G343" s="0" t="s">
-        <x:v>1036</x:v>
+        <x:v>1039</x:v>
       </x:c>
       <x:c r="H343" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I343" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J343" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
-        <x:v>1037</x:v>
+        <x:v>1040</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:11">
       <x:c r="A344" s="0">
-        <x:v>514</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="B344" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C344" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D344" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>1042</x:v>
       </x:c>
       <x:c r="E344" s="0" t="s">
-        <x:v>1038</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="G344" s="0" t="s">
         <x:v>1039</x:v>
       </x:c>
       <x:c r="H344" s="0" t="s">
-        <x:v>557</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I344" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J344" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K344" s="0" t="s">
         <x:v>1040</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:11">
       <x:c r="A345" s="0">
-        <x:v>513</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C345" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D345" s="0" t="s">
-        <x:v>1041</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E345" s="0" t="s">
-        <x:v>1042</x:v>
-[...1 lines deleted...]
-      <x:c r="F345" s="0" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="G345" s="0" t="s">
+        <x:v>1010</x:v>
+      </x:c>
+      <x:c r="H345" s="0" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="I345" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="J345" s="0" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="K345" s="0" t="s">
         <x:v>1043</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>1045</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:11">
       <x:c r="A346" s="0">
-        <x:v>512</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="B346" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C346" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D346" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E346" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>1044</x:v>
       </x:c>
       <x:c r="G346" s="0" t="s">
+        <x:v>1045</x:v>
+      </x:c>
+      <x:c r="H346" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="I346" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="J346" s="0" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="K346" s="0" t="s">
         <x:v>1046</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1047</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:11">
       <x:c r="A347" s="0">
-        <x:v>511</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C347" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D347" s="0" t="s">
+        <x:v>1047</x:v>
+      </x:c>
+      <x:c r="E347" s="0" t="s">
         <x:v>1048</x:v>
       </x:c>
-      <x:c r="E347" s="0" t="s">
+      <x:c r="F347" s="0" t="s">
         <x:v>1049</x:v>
       </x:c>
-      <x:c r="F347" s="0" t="s">
+      <x:c r="G347" s="0" t="s">
         <x:v>1050</x:v>
       </x:c>
-      <x:c r="G347" s="0" t="s">
+      <x:c r="H347" s="0" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="I347" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="J347" s="0" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="K347" s="0" t="s">
         <x:v>1051</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1053</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:11">
       <x:c r="A348" s="0">
-        <x:v>510</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="B348" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C348" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D348" s="0" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="E348" s="0" t="s">
+        <x:v>1052</x:v>
+      </x:c>
+      <x:c r="G348" s="0" t="s">
+        <x:v>1053</x:v>
+      </x:c>
+      <x:c r="H348" s="0" t="s">
+        <x:v>573</x:v>
+      </x:c>
+      <x:c r="I348" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="J348" s="0" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="K348" s="0" t="s">
         <x:v>1054</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>599</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:11">
       <x:c r="A349" s="0">
-        <x:v>509</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C349" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="D349" s="0" t="s">
+        <x:v>1055</x:v>
+      </x:c>
+      <x:c r="E349" s="0" t="s">
+        <x:v>1056</x:v>
+      </x:c>
+      <x:c r="F349" s="0" t="s">
+        <x:v>1057</x:v>
+      </x:c>
+      <x:c r="G349" s="0" t="s">
         <x:v>1058</x:v>
       </x:c>
-      <x:c r="E349" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H349" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I349" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J349" s="0" t="s">
-        <x:v>833</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
-        <x:v>599</x:v>
+        <x:v>1059</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:11">
       <x:c r="A350" s="0">
-        <x:v>508</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="B350" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C350" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D350" s="0" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="E350" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="G350" s="0" t="s">
+        <x:v>1060</x:v>
+      </x:c>
+      <x:c r="H350" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="I350" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="J350" s="0" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="K350" s="0" t="s">
         <x:v>1061</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>1065</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:11">
       <x:c r="A351" s="0">
-        <x:v>507</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C351" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D351" s="0" t="s">
+        <x:v>1062</x:v>
+      </x:c>
+      <x:c r="E351" s="0" t="s">
+        <x:v>1063</x:v>
+      </x:c>
+      <x:c r="F351" s="0" t="s">
+        <x:v>1064</x:v>
+      </x:c>
+      <x:c r="G351" s="0" t="s">
+        <x:v>1065</x:v>
+      </x:c>
+      <x:c r="H351" s="0" t="s">
         <x:v>1066</x:v>
       </x:c>
-      <x:c r="E351" s="0" t="s">
+      <x:c r="I351" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="J351" s="0" t="s">
+        <x:v>847</x:v>
+      </x:c>
+      <x:c r="K351" s="0" t="s">
         <x:v>1067</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>1065</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:11">
       <x:c r="A352" s="0">
-        <x:v>506</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="B352" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C352" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D352" s="0" t="s">
         <x:v>1068</x:v>
       </x:c>
       <x:c r="E352" s="0" t="s">
         <x:v>1069</x:v>
       </x:c>
+      <x:c r="F352" s="0" t="s">
+        <x:v>1070</x:v>
+      </x:c>
       <x:c r="G352" s="0" t="s">
-        <x:v>1070</x:v>
+        <x:v>1071</x:v>
       </x:c>
       <x:c r="H352" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I352" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J352" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="K352" s="0" t="s">
-        <x:v>1071</x:v>
+        <x:v>614</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:11">
       <x:c r="A353" s="0">
-        <x:v>505</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C353" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D353" s="0" t="s">
         <x:v>1072</x:v>
       </x:c>
       <x:c r="E353" s="0" t="s">
-        <x:v>397</x:v>
+        <x:v>1073</x:v>
+      </x:c>
+      <x:c r="F353" s="0" t="s">
+        <x:v>1074</x:v>
       </x:c>
       <x:c r="G353" s="0" t="s">
-        <x:v>1073</x:v>
+        <x:v>1071</x:v>
       </x:c>
       <x:c r="H353" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I353" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J353" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
-        <x:v>1074</x:v>
+        <x:v>614</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:11">
       <x:c r="A354" s="0">
-        <x:v>504</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="B354" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C354" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D354" s="0" t="s">
         <x:v>1075</x:v>
       </x:c>
       <x:c r="E354" s="0" t="s">
         <x:v>1076</x:v>
       </x:c>
-      <x:c r="F354" s="0" t="s">
+      <x:c r="G354" s="0" t="s">
         <x:v>1077</x:v>
       </x:c>
-      <x:c r="G354" s="0" t="s">
+      <x:c r="H354" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I354" s="0" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="J354" s="0" t="s">
         <x:v>1078</x:v>
       </x:c>
-      <x:c r="H354" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="J354" s="0" t="s">
+      <x:c r="K354" s="2" t="s">
         <x:v>1079</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1080</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:11">
       <x:c r="A355" s="0">
-        <x:v>503</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C355" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D355" s="0" t="s">
+        <x:v>1080</x:v>
+      </x:c>
+      <x:c r="E355" s="0" t="s">
         <x:v>1081</x:v>
       </x:c>
-      <x:c r="E355" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G355" s="0" t="s">
-        <x:v>1078</x:v>
+        <x:v>1077</x:v>
       </x:c>
       <x:c r="H355" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I355" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J355" s="0" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="K355" s="2" t="s">
         <x:v>1079</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1080</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:11">
       <x:c r="A356" s="0">
-        <x:v>502</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="B356" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C356" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="D356" s="0" t="s">
+        <x:v>1082</x:v>
+      </x:c>
+      <x:c r="E356" s="0" t="s">
+        <x:v>1083</x:v>
+      </x:c>
+      <x:c r="G356" s="0" t="s">
         <x:v>1084</x:v>
       </x:c>
-      <x:c r="E356" s="0" t="s">
+      <x:c r="H356" s="0" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="I356" s="0" t="s">
+        <x:v>358</x:v>
+      </x:c>
+      <x:c r="J356" s="0" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="K356" s="0" t="s">
         <x:v>1085</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>1080</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:11">
       <x:c r="A357" s="0">
-        <x:v>501</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C357" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="D357" s="0" t="s">
+        <x:v>1086</x:v>
+      </x:c>
+      <x:c r="E357" s="0" t="s">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="G357" s="0" t="s">
         <x:v>1087</x:v>
       </x:c>
-      <x:c r="E357" s="0" t="s">
+      <x:c r="H357" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I357" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="J357" s="0" t="s">
+        <x:v>488</x:v>
+      </x:c>
+      <x:c r="K357" s="0" t="s">
         <x:v>1088</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>1080</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:11">
       <x:c r="A358" s="0">
-        <x:v>500</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="B358" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C358" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D358" s="0" t="s">
         <x:v>1089</x:v>
       </x:c>
       <x:c r="E358" s="0" t="s">
-        <x:v>1088</x:v>
+        <x:v>1090</x:v>
+      </x:c>
+      <x:c r="F358" s="0" t="s">
+        <x:v>1091</x:v>
       </x:c>
       <x:c r="G358" s="0" t="s">
-        <x:v>1078</x:v>
+        <x:v>1092</x:v>
       </x:c>
       <x:c r="H358" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I358" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J358" s="0" t="s">
-        <x:v>1079</x:v>
+        <x:v>1093</x:v>
       </x:c>
       <x:c r="K358" s="0" t="s">
-        <x:v>1080</x:v>
+        <x:v>1094</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:11">
       <x:c r="A359" s="0">
-        <x:v>499</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C359" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D359" s="0" t="s">
-        <x:v>1090</x:v>
+        <x:v>1095</x:v>
       </x:c>
       <x:c r="E359" s="0" t="s">
-        <x:v>1091</x:v>
+        <x:v>1096</x:v>
       </x:c>
       <x:c r="F359" s="0" t="s">
+        <x:v>1097</x:v>
+      </x:c>
+      <x:c r="G359" s="0" t="s">
         <x:v>1092</x:v>
       </x:c>
-      <x:c r="G359" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H359" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I359" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J359" s="0" t="s">
-        <x:v>1079</x:v>
+        <x:v>1093</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
-        <x:v>1080</x:v>
+        <x:v>1094</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:11">
       <x:c r="A360" s="0">
-        <x:v>498</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="B360" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C360" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D360" s="0" t="s">
+        <x:v>1098</x:v>
+      </x:c>
+      <x:c r="E360" s="0" t="s">
+        <x:v>1099</x:v>
+      </x:c>
+      <x:c r="F360" s="0" t="s">
+        <x:v>1100</x:v>
+      </x:c>
+      <x:c r="G360" s="0" t="s">
+        <x:v>1092</x:v>
+      </x:c>
+      <x:c r="H360" s="0" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="I360" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="J360" s="0" t="s">
         <x:v>1093</x:v>
       </x:c>
-      <x:c r="E360" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="G360" s="0" t="s">
+      <x:c r="K360" s="0" t="s">
         <x:v>1094</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>599</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:11">
       <x:c r="A361" s="0">
-        <x:v>497</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C361" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D361" s="0" t="s">
-        <x:v>1095</x:v>
+        <x:v>1101</x:v>
       </x:c>
       <x:c r="E361" s="0" t="s">
-        <x:v>1096</x:v>
+        <x:v>1102</x:v>
       </x:c>
       <x:c r="G361" s="0" t="s">
-        <x:v>1097</x:v>
+        <x:v>1092</x:v>
       </x:c>
       <x:c r="H361" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I361" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J361" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>1093</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
-        <x:v>599</x:v>
+        <x:v>1094</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:11">
       <x:c r="A362" s="0">
-        <x:v>496</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="B362" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C362" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D362" s="0" t="s">
-        <x:v>1098</x:v>
+        <x:v>1103</x:v>
       </x:c>
       <x:c r="E362" s="0" t="s">
-        <x:v>1099</x:v>
+        <x:v>1102</x:v>
       </x:c>
       <x:c r="G362" s="0" t="s">
-        <x:v>1100</x:v>
+        <x:v>1092</x:v>
       </x:c>
       <x:c r="H362" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I362" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J362" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>1093</x:v>
       </x:c>
       <x:c r="K362" s="0" t="s">
-        <x:v>1101</x:v>
+        <x:v>1094</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:11">
       <x:c r="A363" s="0">
-        <x:v>495</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C363" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D363" s="0" t="s">
-        <x:v>1102</x:v>
+        <x:v>1104</x:v>
       </x:c>
       <x:c r="E363" s="0" t="s">
-        <x:v>1103</x:v>
+        <x:v>1105</x:v>
       </x:c>
       <x:c r="F363" s="0" t="s">
-        <x:v>1104</x:v>
+        <x:v>1106</x:v>
       </x:c>
       <x:c r="G363" s="0" t="s">
-        <x:v>1105</x:v>
+        <x:v>1092</x:v>
       </x:c>
       <x:c r="H363" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I363" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J363" s="0" t="s">
-        <x:v>833</x:v>
+        <x:v>1093</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
-        <x:v>1106</x:v>
+        <x:v>1094</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:11">
       <x:c r="A364" s="0">
-        <x:v>494</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="B364" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C364" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D364" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>1107</x:v>
       </x:c>
       <x:c r="E364" s="0" t="s">
-        <x:v>1107</x:v>
+        <x:v>1073</x:v>
       </x:c>
       <x:c r="G364" s="0" t="s">
         <x:v>1108</x:v>
       </x:c>
       <x:c r="H364" s="0" t="s">
-        <x:v>578</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I364" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J364" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="K364" s="0" t="s">
-        <x:v>1109</x:v>
+        <x:v>614</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:11">
       <x:c r="A365" s="0">
-        <x:v>493</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C365" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D365" s="0" t="s">
+        <x:v>1109</x:v>
+      </x:c>
+      <x:c r="E365" s="0" t="s">
         <x:v>1110</x:v>
       </x:c>
-      <x:c r="E365" s="0" t="s">
+      <x:c r="G365" s="0" t="s">
         <x:v>1111</x:v>
       </x:c>
-      <x:c r="G365" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H365" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I365" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J365" s="0" t="s">
-        <x:v>679</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
-        <x:v>1113</x:v>
+        <x:v>614</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:11">
       <x:c r="A366" s="0">
-        <x:v>492</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="B366" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C366" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="D366" s="0" t="s">
+        <x:v>1112</x:v>
+      </x:c>
+      <x:c r="E366" s="0" t="s">
+        <x:v>1113</x:v>
+      </x:c>
+      <x:c r="G366" s="0" t="s">
         <x:v>1114</x:v>
       </x:c>
-      <x:c r="E366" s="0" t="s">
+      <x:c r="H366" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I366" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="J366" s="0" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="K366" s="0" t="s">
         <x:v>1115</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>1113</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:11">
       <x:c r="A367" s="0">
-        <x:v>491</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C367" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D367" s="0" t="s">
+        <x:v>1116</x:v>
+      </x:c>
+      <x:c r="E367" s="0" t="s">
         <x:v>1117</x:v>
       </x:c>
-      <x:c r="E367" s="0" t="s">
+      <x:c r="F367" s="0" t="s">
         <x:v>1118</x:v>
       </x:c>
       <x:c r="G367" s="0" t="s">
         <x:v>1119</x:v>
       </x:c>
       <x:c r="H367" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I367" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J367" s="0" t="s">
-        <x:v>679</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="K367" s="0" t="s">
         <x:v>1120</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:11">
       <x:c r="A368" s="0">
-        <x:v>489</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="B368" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C368" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D368" s="0" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="E368" s="0" t="s">
         <x:v>1121</x:v>
       </x:c>
-      <x:c r="E368" s="0" t="s">
+      <x:c r="G368" s="0" t="s">
         <x:v>1122</x:v>
       </x:c>
-      <x:c r="G368" s="0" t="s">
+      <x:c r="H368" s="0" t="s">
+        <x:v>594</x:v>
+      </x:c>
+      <x:c r="I368" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="J368" s="0" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="K368" s="0" t="s">
         <x:v>1123</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1124</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:11">
       <x:c r="A369" s="0">
-        <x:v>488</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C369" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D369" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>1124</x:v>
       </x:c>
       <x:c r="E369" s="0" t="s">
         <x:v>1125</x:v>
       </x:c>
       <x:c r="G369" s="0" t="s">
         <x:v>1126</x:v>
       </x:c>
       <x:c r="H369" s="0" t="s">
-        <x:v>557</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I369" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J369" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
         <x:v>1127</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:11">
       <x:c r="A370" s="0">
-        <x:v>487</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="B370" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C370" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="D370" s="0" t="s">
         <x:v>1128</x:v>
       </x:c>
-      <x:c r="D370" s="0" t="s">
+      <x:c r="E370" s="0" t="s">
         <x:v>1129</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>646</x:v>
       </x:c>
       <x:c r="G370" s="0" t="s">
         <x:v>1130</x:v>
       </x:c>
       <x:c r="H370" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I370" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J370" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K370" s="0" t="s">
-        <x:v>1131</x:v>
+        <x:v>1127</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:11">
       <x:c r="A371" s="0">
-        <x:v>486</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C371" s="0" t="s">
-        <x:v>808</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D371" s="0" t="s">
+        <x:v>1131</x:v>
+      </x:c>
+      <x:c r="E371" s="0" t="s">
         <x:v>1132</x:v>
       </x:c>
-      <x:c r="E371" s="0" t="s">
+      <x:c r="G371" s="0" t="s">
         <x:v>1133</x:v>
       </x:c>
-      <x:c r="G371" s="0" t="s">
+      <x:c r="H371" s="0" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="I371" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="J371" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K371" s="0" t="s">
         <x:v>1134</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1135</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:11">
       <x:c r="A372" s="0">
-        <x:v>485</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="B372" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C372" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D372" s="0" t="s">
+        <x:v>1135</x:v>
+      </x:c>
+      <x:c r="E372" s="0" t="s">
         <x:v>1136</x:v>
       </x:c>
-      <x:c r="E372" s="0" t="s">
+      <x:c r="G372" s="0" t="s">
         <x:v>1137</x:v>
       </x:c>
-      <x:c r="G372" s="0" t="s">
+      <x:c r="H372" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I372" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="J372" s="0" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="K372" s="0" t="s">
         <x:v>1138</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1139</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:11">
       <x:c r="A373" s="0">
-        <x:v>484</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C373" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D373" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E373" s="0" t="s">
+        <x:v>1139</x:v>
+      </x:c>
+      <x:c r="G373" s="0" t="s">
         <x:v>1140</x:v>
       </x:c>
-      <x:c r="G373" s="0" t="s">
+      <x:c r="H373" s="0" t="s">
+        <x:v>573</x:v>
+      </x:c>
+      <x:c r="I373" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="J373" s="0" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="K373" s="0" t="s">
         <x:v>1141</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1142</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:11">
       <x:c r="A374" s="0">
-        <x:v>483</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="B374" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C374" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>1142</x:v>
       </x:c>
       <x:c r="D374" s="0" t="s">
         <x:v>1143</x:v>
       </x:c>
       <x:c r="E374" s="0" t="s">
+        <x:v>661</x:v>
+      </x:c>
+      <x:c r="G374" s="0" t="s">
         <x:v>1144</x:v>
       </x:c>
-      <x:c r="G374" s="0" t="s">
+      <x:c r="H374" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I374" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="J374" s="0" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="K374" s="0" t="s">
         <x:v>1145</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1146</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:11">
       <x:c r="A375" s="0">
-        <x:v>482</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C375" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="D375" s="0" t="s">
+        <x:v>1146</x:v>
+      </x:c>
+      <x:c r="E375" s="0" t="s">
         <x:v>1147</x:v>
       </x:c>
-      <x:c r="E375" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G375" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>1148</x:v>
       </x:c>
       <x:c r="H375" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I375" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J375" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
-        <x:v>1012</x:v>
+        <x:v>1149</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:11">
       <x:c r="A376" s="0">
-        <x:v>481</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="B376" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C376" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D376" s="0" t="s">
-        <x:v>1148</x:v>
+        <x:v>1150</x:v>
       </x:c>
       <x:c r="E376" s="0" t="s">
-        <x:v>1149</x:v>
+        <x:v>1151</x:v>
       </x:c>
       <x:c r="G376" s="0" t="s">
-        <x:v>1150</x:v>
+        <x:v>1152</x:v>
       </x:c>
       <x:c r="H376" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I376" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J376" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K376" s="0" t="s">
-        <x:v>1151</x:v>
+        <x:v>1153</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:11">
       <x:c r="A377" s="0">
-        <x:v>480</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C377" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D377" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E377" s="0" t="s">
-        <x:v>356</x:v>
+        <x:v>1154</x:v>
       </x:c>
       <x:c r="G377" s="0" t="s">
-        <x:v>1152</x:v>
+        <x:v>1155</x:v>
       </x:c>
       <x:c r="H377" s="0" t="s">
-        <x:v>358</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I377" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J377" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K377" s="0" t="s">
-        <x:v>1153</x:v>
+        <x:v>1156</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:11">
       <x:c r="A378" s="0">
-        <x:v>479</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="B378" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C378" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D378" s="0" t="s">
-        <x:v>1154</x:v>
+        <x:v>1157</x:v>
       </x:c>
       <x:c r="E378" s="0" t="s">
-        <x:v>1155</x:v>
+        <x:v>1158</x:v>
       </x:c>
       <x:c r="G378" s="0" t="s">
-        <x:v>1156</x:v>
+        <x:v>1159</x:v>
       </x:c>
       <x:c r="H378" s="0" t="s">
-        <x:v>578</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="I378" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J378" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K378" s="0" t="s">
-        <x:v>1157</x:v>
+        <x:v>1160</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:11">
       <x:c r="A379" s="0">
-        <x:v>478</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C379" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="D379" s="0" t="s">
-        <x:v>1158</x:v>
+        <x:v>1161</x:v>
       </x:c>
       <x:c r="E379" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="F379" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G379" s="0" t="s">
-        <x:v>1159</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H379" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I379" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J379" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s">
-        <x:v>1160</x:v>
+        <x:v>1026</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:11">
       <x:c r="A380" s="0">
-        <x:v>477</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="B380" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C380" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="D380" s="0" t="s">
-        <x:v>1161</x:v>
+        <x:v>1162</x:v>
       </x:c>
       <x:c r="E380" s="0" t="s">
-        <x:v>1162</x:v>
+        <x:v>1163</x:v>
       </x:c>
       <x:c r="G380" s="0" t="s">
-        <x:v>1163</x:v>
+        <x:v>1164</x:v>
       </x:c>
       <x:c r="H380" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I380" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J380" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K380" s="0" t="s">
-        <x:v>1164</x:v>
+        <x:v>1165</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:11">
       <x:c r="A381" s="0">
-        <x:v>476</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C381" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D381" s="0" t="s">
-        <x:v>1165</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E381" s="0" t="s">
+        <x:v>373</x:v>
+      </x:c>
+      <x:c r="G381" s="0" t="s">
         <x:v>1166</x:v>
       </x:c>
-      <x:c r="G381" s="0" t="s">
+      <x:c r="H381" s="0" t="s">
+        <x:v>375</x:v>
+      </x:c>
+      <x:c r="I381" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="J381" s="0" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="K381" s="0" t="s">
         <x:v>1167</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1168</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:11">
       <x:c r="A382" s="0">
-        <x:v>475</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="B382" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C382" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D382" s="0" t="s">
-        <x:v>1165</x:v>
+        <x:v>1168</x:v>
       </x:c>
       <x:c r="E382" s="0" t="s">
         <x:v>1169</x:v>
       </x:c>
       <x:c r="G382" s="0" t="s">
-        <x:v>577</x:v>
+        <x:v>1170</x:v>
       </x:c>
       <x:c r="H382" s="0" t="s">
-        <x:v>578</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="I382" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J382" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K382" s="0" t="s">
-        <x:v>1170</x:v>
+        <x:v>1171</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:11">
       <x:c r="A383" s="0">
-        <x:v>474</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C383" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="D383" s="0" t="s">
-        <x:v>1171</x:v>
+        <x:v>1172</x:v>
       </x:c>
       <x:c r="E383" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="G383" s="0" t="s">
-        <x:v>1172</x:v>
+        <x:v>1173</x:v>
       </x:c>
       <x:c r="H383" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I383" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J383" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
-        <x:v>1173</x:v>
+        <x:v>1174</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:11">
       <x:c r="A384" s="0">
-        <x:v>473</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="B384" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C384" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D384" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>1175</x:v>
       </x:c>
       <x:c r="E384" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>1176</x:v>
       </x:c>
       <x:c r="G384" s="0" t="s">
-        <x:v>587</x:v>
+        <x:v>1177</x:v>
       </x:c>
       <x:c r="H384" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I384" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J384" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K384" s="0" t="s">
-        <x:v>1174</x:v>
+        <x:v>1178</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:11">
       <x:c r="A385" s="0">
-        <x:v>472</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C385" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D385" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>1179</x:v>
       </x:c>
       <x:c r="E385" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>1180</x:v>
       </x:c>
       <x:c r="G385" s="0" t="s">
-        <x:v>1175</x:v>
+        <x:v>1181</x:v>
+      </x:c>
+      <x:c r="H385" s="0" t="s">
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I385" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J385" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
-        <x:v>1176</x:v>
+        <x:v>1182</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:11">
       <x:c r="A386" s="0">
-        <x:v>471</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="B386" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C386" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D386" s="0" t="s">
-        <x:v>1177</x:v>
+        <x:v>1179</x:v>
       </x:c>
       <x:c r="E386" s="0" t="s">
-        <x:v>42</x:v>
-[...2 lines deleted...]
-        <x:v>1178</x:v>
+        <x:v>1183</x:v>
       </x:c>
       <x:c r="G386" s="0" t="s">
-        <x:v>1179</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="H386" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="I386" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J386" s="0" t="s">
-        <x:v>1180</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K386" s="0" t="s">
-        <x:v>1181</x:v>
+        <x:v>1184</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:11">
       <x:c r="A387" s="0">
-        <x:v>470</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C387" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D387" s="0" t="s">
-        <x:v>1182</x:v>
+        <x:v>1185</x:v>
       </x:c>
       <x:c r="E387" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="G387" s="0" t="s">
-        <x:v>1183</x:v>
+        <x:v>1186</x:v>
       </x:c>
       <x:c r="H387" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I387" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J387" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
-        <x:v>1184</x:v>
+        <x:v>1187</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:11">
       <x:c r="A388" s="0">
-        <x:v>469</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="B388" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C388" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D388" s="0" t="s">
-        <x:v>1185</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E388" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="G388" s="0" t="s">
-        <x:v>1183</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="H388" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I388" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J388" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K388" s="0" t="s">
-        <x:v>1184</x:v>
+        <x:v>1188</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:11">
       <x:c r="A389" s="0">
-        <x:v>468</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C389" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D389" s="0" t="s">
-        <x:v>1186</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E389" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="G389" s="0" t="s">
-        <x:v>1183</x:v>
-[...2 lines deleted...]
-        <x:v>29</x:v>
+        <x:v>1189</x:v>
       </x:c>
       <x:c r="I389" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="J389" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
-        <x:v>1184</x:v>
+        <x:v>1190</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:11">
       <x:c r="A390" s="0">
-        <x:v>467</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="B390" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C390" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="D390" s="0" t="s">
-        <x:v>1187</x:v>
+        <x:v>1191</x:v>
       </x:c>
       <x:c r="E390" s="0" t="s">
-        <x:v>1188</x:v>
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="F390" s="0" t="s">
+        <x:v>1192</x:v>
       </x:c>
       <x:c r="G390" s="0" t="s">
-        <x:v>1189</x:v>
+        <x:v>1193</x:v>
       </x:c>
       <x:c r="H390" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I390" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J390" s="0" t="s">
-        <x:v>679</x:v>
+        <x:v>1194</x:v>
       </x:c>
       <x:c r="K390" s="0" t="s">
-        <x:v>1190</x:v>
+        <x:v>1195</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:11">
       <x:c r="A391" s="0">
-        <x:v>466</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C391" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D391" s="0" t="s">
-        <x:v>1191</x:v>
+        <x:v>1196</x:v>
       </x:c>
       <x:c r="E391" s="0" t="s">
-        <x:v>301</x:v>
-[...2 lines deleted...]
-        <x:v>1043</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G391" s="0" t="s">
-        <x:v>1192</x:v>
+        <x:v>1197</x:v>
       </x:c>
       <x:c r="H391" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I391" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="J391" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
-        <x:v>1193</x:v>
+        <x:v>1198</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:11">
       <x:c r="A392" s="0">
-        <x:v>465</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="B392" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C392" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D392" s="0" t="s">
-        <x:v>1194</x:v>
+        <x:v>1199</x:v>
       </x:c>
       <x:c r="E392" s="0" t="s">
-        <x:v>1195</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G392" s="0" t="s">
-        <x:v>1196</x:v>
+        <x:v>1197</x:v>
       </x:c>
       <x:c r="H392" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I392" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="J392" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="K392" s="0" t="s">
-        <x:v>1197</x:v>
+        <x:v>1198</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:11">
       <x:c r="A393" s="0">
-        <x:v>464</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C393" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D393" s="0" t="s">
-        <x:v>1196</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="E393" s="0" t="s">
-        <x:v>1195</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G393" s="0" t="s">
-        <x:v>1196</x:v>
+        <x:v>1197</x:v>
       </x:c>
       <x:c r="H393" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I393" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="J393" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
-        <x:v>1197</x:v>
+        <x:v>1198</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:11">
       <x:c r="A394" s="0">
-        <x:v>462</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="B394" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C394" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D394" s="0" t="s">
-        <x:v>1198</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="E394" s="0" t="s">
-        <x:v>301</x:v>
-[...2 lines deleted...]
-        <x:v>301</x:v>
+        <x:v>1202</x:v>
       </x:c>
       <x:c r="G394" s="0" t="s">
-        <x:v>1199</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="H394" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I394" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J394" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K394" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>1204</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:11">
       <x:c r="A395" s="0">
-        <x:v>459</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C395" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="D395" s="0" t="s">
-        <x:v>1201</x:v>
+        <x:v>1205</x:v>
       </x:c>
       <x:c r="E395" s="0" t="s">
-        <x:v>1202</x:v>
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="F395" s="0" t="s">
+        <x:v>1057</x:v>
       </x:c>
       <x:c r="G395" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1206</x:v>
       </x:c>
       <x:c r="H395" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I395" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J395" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
-        <x:v>1204</x:v>
+        <x:v>1207</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:11">
       <x:c r="A396" s="0">
-        <x:v>458</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="B396" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C396" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D396" s="0" t="s">
-        <x:v>1205</x:v>
+        <x:v>1208</x:v>
       </x:c>
       <x:c r="E396" s="0" t="s">
-        <x:v>859</x:v>
+        <x:v>1209</x:v>
       </x:c>
       <x:c r="G396" s="0" t="s">
-        <x:v>1206</x:v>
+        <x:v>1210</x:v>
       </x:c>
       <x:c r="H396" s="0" t="s">
-        <x:v>511</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I396" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J396" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K396" s="0" t="s">
-        <x:v>1207</x:v>
+        <x:v>1211</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:11">
       <x:c r="A397" s="0">
-        <x:v>457</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C397" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D397" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>1210</x:v>
       </x:c>
       <x:c r="E397" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>1209</x:v>
       </x:c>
       <x:c r="G397" s="0" t="s">
-        <x:v>1208</x:v>
+        <x:v>1210</x:v>
       </x:c>
       <x:c r="H397" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I397" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J397" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
-        <x:v>1209</x:v>
+        <x:v>1211</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:11">
       <x:c r="A398" s="0">
-        <x:v>456</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="B398" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C398" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="D398" s="0" t="s">
-        <x:v>1210</x:v>
+        <x:v>1212</x:v>
       </x:c>
       <x:c r="E398" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="F398" s="0" t="s">
+        <x:v>318</x:v>
       </x:c>
       <x:c r="G398" s="0" t="s">
-        <x:v>1211</x:v>
+        <x:v>1213</x:v>
       </x:c>
       <x:c r="H398" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I398" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J398" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K398" s="0" t="s">
-        <x:v>1212</x:v>
+        <x:v>1214</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:11">
       <x:c r="A399" s="0">
-        <x:v>455</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C399" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="D399" s="0" t="s">
-        <x:v>1213</x:v>
+        <x:v>1215</x:v>
       </x:c>
       <x:c r="E399" s="0" t="s">
-        <x:v>1202</x:v>
+        <x:v>1216</x:v>
       </x:c>
       <x:c r="G399" s="0" t="s">
-        <x:v>1214</x:v>
+        <x:v>1217</x:v>
       </x:c>
       <x:c r="H399" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I399" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J399" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
-        <x:v>1215</x:v>
+        <x:v>1218</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:11">
       <x:c r="A400" s="0">
-        <x:v>454</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="B400" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C400" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="D400" s="0" t="s">
-        <x:v>1216</x:v>
+        <x:v>1219</x:v>
       </x:c>
       <x:c r="E400" s="0" t="s">
-        <x:v>1217</x:v>
-[...2 lines deleted...]
-        <x:v>1218</x:v>
+        <x:v>873</x:v>
       </x:c>
       <x:c r="G400" s="0" t="s">
-        <x:v>1219</x:v>
+        <x:v>1220</x:v>
       </x:c>
       <x:c r="H400" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="I400" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J400" s="0" t="s">
-        <x:v>585</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K400" s="0" t="s">
-        <x:v>1220</x:v>
+        <x:v>1221</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:11">
       <x:c r="A401" s="0">
-        <x:v>453</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C401" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D401" s="0" t="s">
-        <x:v>1221</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E401" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G401" s="0" t="s">
         <x:v>1222</x:v>
       </x:c>
       <x:c r="H401" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I401" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J401" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
         <x:v>1223</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:11">
       <x:c r="A402" s="0">
-        <x:v>452</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="B402" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C402" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D402" s="0" t="s">
         <x:v>1224</x:v>
       </x:c>
       <x:c r="E402" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G402" s="0" t="s">
         <x:v>1225</x:v>
       </x:c>
       <x:c r="H402" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I402" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J402" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K402" s="0" t="s">
         <x:v>1226</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:11">
       <x:c r="A403" s="0">
-        <x:v>451</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C403" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="D403" s="0" t="s">
         <x:v>1227</x:v>
       </x:c>
       <x:c r="E403" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>1216</x:v>
       </x:c>
       <x:c r="G403" s="0" t="s">
         <x:v>1228</x:v>
       </x:c>
       <x:c r="H403" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I403" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J403" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
         <x:v>1229</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:11">
       <x:c r="A404" s="0">
-        <x:v>450</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="B404" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C404" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D404" s="0" t="s">
         <x:v>1230</x:v>
       </x:c>
       <x:c r="E404" s="0" t="s">
-        <x:v>1202</x:v>
+        <x:v>1231</x:v>
+      </x:c>
+      <x:c r="F404" s="0" t="s">
+        <x:v>1232</x:v>
       </x:c>
       <x:c r="G404" s="0" t="s">
-        <x:v>1231</x:v>
+        <x:v>1233</x:v>
       </x:c>
       <x:c r="H404" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I404" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J404" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="K404" s="0" t="s">
-        <x:v>1232</x:v>
+        <x:v>1234</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:11">
       <x:c r="A405" s="0">
-        <x:v>449</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C405" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="D405" s="0" t="s">
-        <x:v>1233</x:v>
+        <x:v>1235</x:v>
       </x:c>
       <x:c r="E405" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="G405" s="0" t="s">
-        <x:v>1234</x:v>
+        <x:v>1236</x:v>
       </x:c>
       <x:c r="H405" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I405" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J405" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
-        <x:v>1235</x:v>
+        <x:v>1237</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:11">
       <x:c r="A406" s="0">
-        <x:v>447</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="B406" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C406" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D406" s="0" t="s">
-        <x:v>1236</x:v>
+        <x:v>1238</x:v>
       </x:c>
       <x:c r="E406" s="0" t="s">
-        <x:v>1237</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="G406" s="0" t="s">
-        <x:v>1057</x:v>
+        <x:v>1239</x:v>
       </x:c>
       <x:c r="H406" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I406" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J406" s="0" t="s">
-        <x:v>833</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K406" s="0" t="s">
-        <x:v>599</x:v>
+        <x:v>1240</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:11">
       <x:c r="A407" s="0">
-        <x:v>446</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C407" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D407" s="0" t="s">
-        <x:v>1238</x:v>
+        <x:v>1241</x:v>
       </x:c>
       <x:c r="E407" s="0" t="s">
-        <x:v>1239</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="G407" s="0" t="s">
-        <x:v>1057</x:v>
+        <x:v>1242</x:v>
       </x:c>
       <x:c r="H407" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="I407" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J407" s="0" t="s">
-        <x:v>833</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
-        <x:v>599</x:v>
+        <x:v>1243</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:11">
       <x:c r="A408" s="0">
-        <x:v>445</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="B408" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C408" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D408" s="0" t="s">
-        <x:v>1240</x:v>
+        <x:v>1244</x:v>
       </x:c>
       <x:c r="E408" s="0" t="s">
-        <x:v>1239</x:v>
+        <x:v>1216</x:v>
       </x:c>
       <x:c r="G408" s="0" t="s">
-        <x:v>1057</x:v>
+        <x:v>1245</x:v>
       </x:c>
       <x:c r="H408" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I408" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J408" s="0" t="s">
-        <x:v>833</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K408" s="0" t="s">
-        <x:v>599</x:v>
+        <x:v>1246</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:11">
       <x:c r="A409" s="0">
-        <x:v>444</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C409" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D409" s="0" t="s">
-        <x:v>1241</x:v>
+        <x:v>1247</x:v>
       </x:c>
       <x:c r="E409" s="0" t="s">
-        <x:v>1242</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G409" s="0" t="s">
-        <x:v>1243</x:v>
+        <x:v>1248</x:v>
       </x:c>
       <x:c r="H409" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I409" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J409" s="0" t="s">
-        <x:v>679</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
-        <x:v>1244</x:v>
+        <x:v>1249</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:11">
       <x:c r="A410" s="0">
-        <x:v>443</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="B410" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C410" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D410" s="0" t="s">
-        <x:v>1245</x:v>
+        <x:v>1250</x:v>
       </x:c>
       <x:c r="E410" s="0" t="s">
-        <x:v>1242</x:v>
+        <x:v>1251</x:v>
       </x:c>
       <x:c r="G410" s="0" t="s">
-        <x:v>1243</x:v>
+        <x:v>1071</x:v>
       </x:c>
       <x:c r="H410" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I410" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J410" s="0" t="s">
-        <x:v>679</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="K410" s="0" t="s">
-        <x:v>1244</x:v>
+        <x:v>614</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:11">
       <x:c r="A411" s="0">
-        <x:v>442</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C411" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D411" s="0" t="s">
-        <x:v>1246</x:v>
+        <x:v>1252</x:v>
       </x:c>
       <x:c r="E411" s="0" t="s">
-        <x:v>1247</x:v>
+        <x:v>1253</x:v>
       </x:c>
       <x:c r="G411" s="0" t="s">
-        <x:v>1243</x:v>
+        <x:v>1071</x:v>
       </x:c>
       <x:c r="H411" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I411" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J411" s="0" t="s">
-        <x:v>679</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="K411" s="0" t="s">
-        <x:v>1244</x:v>
+        <x:v>614</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:11">
       <x:c r="A412" s="0">
-        <x:v>441</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="B412" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C412" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D412" s="0" t="s">
-        <x:v>1248</x:v>
+        <x:v>1254</x:v>
       </x:c>
       <x:c r="E412" s="0" t="s">
-        <x:v>1249</x:v>
+        <x:v>1253</x:v>
       </x:c>
       <x:c r="G412" s="0" t="s">
-        <x:v>1243</x:v>
+        <x:v>1071</x:v>
       </x:c>
       <x:c r="H412" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I412" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J412" s="0" t="s">
-        <x:v>679</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="K412" s="0" t="s">
-        <x:v>1244</x:v>
+        <x:v>614</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:11">
       <x:c r="A413" s="0">
-        <x:v>439</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C413" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D413" s="0" t="s">
-        <x:v>1250</x:v>
+        <x:v>1255</x:v>
       </x:c>
       <x:c r="E413" s="0" t="s">
-        <x:v>397</x:v>
-[...2 lines deleted...]
-        <x:v>1251</x:v>
+        <x:v>1256</x:v>
       </x:c>
       <x:c r="G413" s="0" t="s">
-        <x:v>397</x:v>
+        <x:v>1257</x:v>
       </x:c>
       <x:c r="H413" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I413" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J413" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K413" s="0" t="s">
-        <x:v>1252</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:11">
       <x:c r="A414" s="0">
-        <x:v>438</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="B414" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C414" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D414" s="0" t="s">
-        <x:v>1253</x:v>
+        <x:v>1258</x:v>
       </x:c>
       <x:c r="E414" s="0" t="s">
-        <x:v>1254</x:v>
+        <x:v>1256</x:v>
       </x:c>
       <x:c r="G414" s="0" t="s">
-        <x:v>1255</x:v>
+        <x:v>1257</x:v>
       </x:c>
       <x:c r="H414" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I414" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J414" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K414" s="0" t="s">
-        <x:v>1256</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:11">
       <x:c r="A415" s="0">
-        <x:v>437</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C415" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D415" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>1259</x:v>
       </x:c>
       <x:c r="E415" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>1260</x:v>
       </x:c>
       <x:c r="G415" s="0" t="s">
         <x:v>1257</x:v>
       </x:c>
       <x:c r="H415" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I415" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J415" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K415" s="0" t="s">
-        <x:v>1258</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:11">
       <x:c r="A416" s="0">
-        <x:v>436</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="B416" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C416" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D416" s="0" t="s">
-        <x:v>1259</x:v>
+        <x:v>1261</x:v>
       </x:c>
       <x:c r="E416" s="0" t="s">
-        <x:v>1260</x:v>
-[...2 lines deleted...]
-        <x:v>1261</x:v>
+        <x:v>1262</x:v>
       </x:c>
       <x:c r="G416" s="0" t="s">
-        <x:v>1262</x:v>
+        <x:v>1257</x:v>
       </x:c>
       <x:c r="H416" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I416" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J416" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K416" s="0" t="s">
-        <x:v>1263</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:11">
       <x:c r="A417" s="0">
-        <x:v>435</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C417" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="D417" s="0" t="s">
-        <x:v>559</x:v>
+        <x:v>1263</x:v>
       </x:c>
       <x:c r="E417" s="0" t="s">
-        <x:v>826</x:v>
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="F417" s="0" t="s">
+        <x:v>1264</x:v>
       </x:c>
       <x:c r="G417" s="0" t="s">
-        <x:v>1264</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H417" s="0" t="s">
-        <x:v>557</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I417" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J417" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K417" s="0" t="s">
         <x:v>1265</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:11">
       <x:c r="A418" s="0">
-        <x:v>434</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="B418" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C418" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="D418" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>1266</x:v>
       </x:c>
       <x:c r="E418" s="0" t="s">
-        <x:v>943</x:v>
+        <x:v>1267</x:v>
       </x:c>
       <x:c r="G418" s="0" t="s">
-        <x:v>1266</x:v>
+        <x:v>1268</x:v>
       </x:c>
       <x:c r="H418" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="I418" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J418" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K418" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1269</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:11">
       <x:c r="A419" s="0">
-        <x:v>433</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C419" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D419" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E419" s="0" t="s">
-        <x:v>301</x:v>
-[...2 lines deleted...]
-        <x:v>301</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="G419" s="0" t="s">
-        <x:v>1269</x:v>
+        <x:v>1270</x:v>
       </x:c>
       <x:c r="H419" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I419" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J419" s="0" t="s">
-        <x:v>1270</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K419" s="0" t="s">
         <x:v>1271</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:11">
       <x:c r="A420" s="0">
-        <x:v>432</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="B420" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C420" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D420" s="0" t="s">
         <x:v>1272</x:v>
       </x:c>
       <x:c r="E420" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="F420" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>1274</x:v>
       </x:c>
       <x:c r="G420" s="0" t="s">
-        <x:v>1273</x:v>
+        <x:v>1275</x:v>
       </x:c>
       <x:c r="H420" s="0" t="s">
-        <x:v>1274</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I420" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J420" s="0" t="s">
-        <x:v>679</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="K420" s="0" t="s">
-        <x:v>1275</x:v>
+        <x:v>1276</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:11">
       <x:c r="A421" s="0">
-        <x:v>426</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C421" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D421" s="0" t="s">
-        <x:v>559</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="E421" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="G421" s="0" t="s">
-        <x:v>1276</x:v>
+        <x:v>1277</x:v>
       </x:c>
       <x:c r="H421" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="I421" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J421" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
-        <x:v>1277</x:v>
+        <x:v>1278</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:11">
       <x:c r="A422" s="0">
-        <x:v>425</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="B422" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C422" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D422" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E422" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>957</x:v>
       </x:c>
       <x:c r="G422" s="0" t="s">
-        <x:v>1278</x:v>
+        <x:v>1279</x:v>
       </x:c>
       <x:c r="H422" s="0" t="s">
-        <x:v>511</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I422" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J422" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K422" s="0" t="s">
-        <x:v>1279</x:v>
+        <x:v>1280</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:11">
       <x:c r="A423" s="0">
-        <x:v>423</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C423" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D423" s="0" t="s">
-        <x:v>1280</x:v>
+        <x:v>1281</x:v>
       </x:c>
       <x:c r="E423" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="F423" s="0" t="s">
+        <x:v>318</x:v>
       </x:c>
       <x:c r="G423" s="0" t="s">
-        <x:v>1281</x:v>
+        <x:v>1282</x:v>
       </x:c>
       <x:c r="H423" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I423" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J423" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>1283</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
-        <x:v>1282</x:v>
+        <x:v>1284</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:11">
       <x:c r="A424" s="0">
-        <x:v>422</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="B424" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C424" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D424" s="0" t="s">
-        <x:v>1283</x:v>
+        <x:v>1285</x:v>
       </x:c>
       <x:c r="E424" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="F424" s="0" t="s">
+        <x:v>318</x:v>
       </x:c>
       <x:c r="G424" s="0" t="s">
-        <x:v>1284</x:v>
+        <x:v>1286</x:v>
       </x:c>
       <x:c r="H424" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>1287</x:v>
       </x:c>
       <x:c r="I424" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J424" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K424" s="0" t="s">
-        <x:v>1285</x:v>
+        <x:v>1288</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:11">
       <x:c r="A425" s="0">
-        <x:v>419</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C425" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D425" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="E425" s="0" t="s">
-        <x:v>930</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G425" s="0" t="s">
-        <x:v>1286</x:v>
+        <x:v>1289</x:v>
       </x:c>
       <x:c r="H425" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I425" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J425" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K425" s="0" t="s">
-        <x:v>1287</x:v>
+        <x:v>1290</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:11">
       <x:c r="A426" s="0">
-        <x:v>418</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="B426" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C426" s="0" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="D426" s="0" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="E426" s="0" t="s">
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="G426" s="0" t="s">
+        <x:v>1291</x:v>
+      </x:c>
+      <x:c r="H426" s="0" t="s">
+        <x:v>527</x:v>
+      </x:c>
+      <x:c r="I426" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="D426" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="J426" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K426" s="0" t="s">
-        <x:v>1290</x:v>
+        <x:v>1292</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:11">
       <x:c r="A427" s="0">
-        <x:v>415</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C427" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="D427" s="0" t="s">
-        <x:v>1291</x:v>
+        <x:v>1293</x:v>
       </x:c>
       <x:c r="E427" s="0" t="s">
-        <x:v>1292</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="G427" s="0" t="s">
-        <x:v>1293</x:v>
+        <x:v>1294</x:v>
       </x:c>
       <x:c r="H427" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I427" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J427" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K427" s="0" t="s">
-        <x:v>1294</x:v>
+        <x:v>1295</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:11">
       <x:c r="A428" s="0">
-        <x:v>414</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="B428" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C428" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="D428" s="0" t="s">
-        <x:v>1295</x:v>
+        <x:v>1296</x:v>
       </x:c>
       <x:c r="E428" s="0" t="s">
-        <x:v>1296</x:v>
-[...1 lines deleted...]
-      <x:c r="F428" s="0" t="s">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="G428" s="0" t="s">
         <x:v>1297</x:v>
       </x:c>
-      <x:c r="G428" s="0" t="s">
-        <x:v>1298</x:v>
+      <x:c r="H428" s="0" t="s">
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I428" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J428" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K428" s="0" t="s">
-        <x:v>1299</x:v>
+        <x:v>1298</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:11">
       <x:c r="A429" s="0">
-        <x:v>411</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C429" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D429" s="0" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="E429" s="0" t="s">
+        <x:v>944</x:v>
+      </x:c>
+      <x:c r="G429" s="0" t="s">
+        <x:v>1299</x:v>
+      </x:c>
+      <x:c r="H429" s="0" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="I429" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="J429" s="0" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="K429" s="0" t="s">
         <x:v>1300</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>1304</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:11">
       <x:c r="A430" s="0">
-        <x:v>410</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="B430" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C430" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D430" s="0" t="s">
-        <x:v>1305</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E430" s="0" t="s">
-        <x:v>1306</x:v>
+        <x:v>1301</x:v>
       </x:c>
       <x:c r="G430" s="0" t="s">
         <x:v>1302</x:v>
       </x:c>
       <x:c r="H430" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I430" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J430" s="0" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="K430" s="0" t="s">
         <x:v>1303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1304</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:11">
       <x:c r="A431" s="0">
-        <x:v>409</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C431" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D431" s="0" t="s">
+        <x:v>1304</x:v>
+      </x:c>
+      <x:c r="E431" s="0" t="s">
+        <x:v>1305</x:v>
+      </x:c>
+      <x:c r="G431" s="0" t="s">
+        <x:v>1306</x:v>
+      </x:c>
+      <x:c r="H431" s="0" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="I431" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="J431" s="0" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="K431" s="0" t="s">
         <x:v>1307</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>1304</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:11">
       <x:c r="A432" s="0">
-        <x:v>408</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="B432" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C432" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D432" s="0" t="s">
+        <x:v>1308</x:v>
+      </x:c>
+      <x:c r="E432" s="0" t="s">
         <x:v>1309</x:v>
       </x:c>
-      <x:c r="E432" s="0" t="s">
-        <x:v>1308</x:v>
+      <x:c r="F432" s="0" t="s">
+        <x:v>1310</x:v>
       </x:c>
       <x:c r="G432" s="0" t="s">
-        <x:v>1302</x:v>
-[...2 lines deleted...]
-        <x:v>265</x:v>
+        <x:v>1311</x:v>
       </x:c>
       <x:c r="I432" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J432" s="0" t="s">
-        <x:v>1303</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K432" s="0" t="s">
-        <x:v>1304</x:v>
+        <x:v>1312</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:11">
       <x:c r="A433" s="0">
-        <x:v>407</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C433" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D433" s="0" t="s">
-        <x:v>1310</x:v>
+        <x:v>1313</x:v>
       </x:c>
       <x:c r="E433" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>1314</x:v>
       </x:c>
       <x:c r="G433" s="0" t="s">
-        <x:v>1311</x:v>
+        <x:v>1315</x:v>
       </x:c>
       <x:c r="H433" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I433" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J433" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>1316</x:v>
       </x:c>
       <x:c r="K433" s="0" t="s">
-        <x:v>1312</x:v>
+        <x:v>1317</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:11">
       <x:c r="A434" s="0">
-        <x:v>406</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="B434" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C434" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D434" s="0" t="s">
-        <x:v>1313</x:v>
+        <x:v>1318</x:v>
       </x:c>
       <x:c r="E434" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>1319</x:v>
       </x:c>
       <x:c r="G434" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>1315</x:v>
       </x:c>
       <x:c r="H434" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I434" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J434" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>1316</x:v>
       </x:c>
       <x:c r="K434" s="0" t="s">
-        <x:v>1314</x:v>
+        <x:v>1317</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:11">
       <x:c r="A435" s="0">
-        <x:v>405</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C435" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D435" s="0" t="s">
+        <x:v>1320</x:v>
+      </x:c>
+      <x:c r="E435" s="0" t="s">
+        <x:v>1321</x:v>
+      </x:c>
+      <x:c r="G435" s="0" t="s">
         <x:v>1315</x:v>
       </x:c>
-      <x:c r="E435" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="G435" s="0" t="s">
+      <x:c r="H435" s="0" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="I435" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="J435" s="0" t="s">
         <x:v>1316</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>17</x:v>
       </x:c>
       <x:c r="K435" s="0" t="s">
         <x:v>1317</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:11">
       <x:c r="A436" s="0">
-        <x:v>401</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="B436" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C436" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D436" s="0" t="s">
-        <x:v>1318</x:v>
+        <x:v>1322</x:v>
       </x:c>
       <x:c r="E436" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>1321</x:v>
       </x:c>
       <x:c r="G436" s="0" t="s">
-        <x:v>1319</x:v>
+        <x:v>1315</x:v>
       </x:c>
       <x:c r="H436" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I436" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J436" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>1316</x:v>
       </x:c>
       <x:c r="K436" s="0" t="s">
-        <x:v>1320</x:v>
+        <x:v>1317</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:11">
       <x:c r="A437" s="0">
-        <x:v>400</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C437" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D437" s="0" t="s">
-        <x:v>1321</x:v>
+        <x:v>1323</x:v>
       </x:c>
       <x:c r="E437" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="G437" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>1324</x:v>
       </x:c>
       <x:c r="H437" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I437" s="0" t="s">
-        <x:v>779</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J437" s="0" t="s">
-        <x:v>779</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K437" s="0" t="s">
-        <x:v>1322</x:v>
+        <x:v>1325</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:11">
       <x:c r="A438" s="0">
-        <x:v>391</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="B438" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C438" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D438" s="0" t="s">
-        <x:v>1323</x:v>
+        <x:v>1326</x:v>
       </x:c>
       <x:c r="E438" s="0" t="s">
-        <x:v>1324</x:v>
-[...2 lines deleted...]
-        <x:v>1325</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="G438" s="0" t="s">
-        <x:v>1298</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="H438" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I438" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J438" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K438" s="0" t="s">
-        <x:v>1326</x:v>
+        <x:v>1327</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:11">
       <x:c r="A439" s="0">
-        <x:v>390</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C439" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="D439" s="0" t="s">
-        <x:v>694</x:v>
+        <x:v>1328</x:v>
       </x:c>
       <x:c r="E439" s="0" t="s">
-        <x:v>1327</x:v>
-[...2 lines deleted...]
-        <x:v>1328</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="G439" s="0" t="s">
         <x:v>1329</x:v>
       </x:c>
       <x:c r="H439" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I439" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J439" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K439" s="0" t="s">
-        <x:v>1314</x:v>
+        <x:v>1330</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:11">
       <x:c r="A440" s="0">
-        <x:v>389</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="B440" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C440" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D440" s="0" t="s">
-        <x:v>1330</x:v>
+        <x:v>1331</x:v>
       </x:c>
       <x:c r="E440" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="G440" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>1332</x:v>
       </x:c>
       <x:c r="H440" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I440" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J440" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K440" s="0" t="s">
-        <x:v>1314</x:v>
+        <x:v>1333</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:11">
       <x:c r="A441" s="0">
-        <x:v>388</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C441" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="D441" s="0" t="s">
-        <x:v>1331</x:v>
+        <x:v>1334</x:v>
       </x:c>
       <x:c r="E441" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="G441" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="H441" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I441" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="J441" s="0" t="s">
-        <x:v>1332</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="K441" s="0" t="s">
-        <x:v>1333</x:v>
+        <x:v>1335</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:11">
       <x:c r="A442" s="0">
-        <x:v>387</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="B442" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C442" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D442" s="0" t="s">
-        <x:v>1334</x:v>
+        <x:v>1336</x:v>
       </x:c>
       <x:c r="E442" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>1337</x:v>
+      </x:c>
+      <x:c r="F442" s="0" t="s">
+        <x:v>1338</x:v>
       </x:c>
       <x:c r="G442" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>1311</x:v>
       </x:c>
       <x:c r="H442" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I442" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J442" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="K442" s="0" t="s">
-        <x:v>1314</x:v>
+        <x:v>1339</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:11">
       <x:c r="A443" s="0">
-        <x:v>386</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C443" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D443" s="0" t="s">
-        <x:v>1335</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="E443" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>1340</x:v>
       </x:c>
       <x:c r="F443" s="0" t="s">
-        <x:v>1336</x:v>
+        <x:v>1341</x:v>
       </x:c>
       <x:c r="G443" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>1342</x:v>
       </x:c>
       <x:c r="H443" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I443" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J443" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K443" s="0" t="s">
-        <x:v>1314</x:v>
+        <x:v>1327</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:11">
       <x:c r="A444" s="0">
-        <x:v>385</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="B444" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C444" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D444" s="0" t="s">
-        <x:v>1337</x:v>
+        <x:v>1343</x:v>
       </x:c>
       <x:c r="E444" s="0" t="s">
-        <x:v>301</x:v>
-[...2 lines deleted...]
-        <x:v>1338</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="G444" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="H444" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I444" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J444" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K444" s="0" t="s">
-        <x:v>1314</x:v>
+        <x:v>1327</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:11">
       <x:c r="A445" s="0">
-        <x:v>384</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C445" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="D445" s="0" t="s">
-        <x:v>1339</x:v>
+        <x:v>1344</x:v>
       </x:c>
       <x:c r="E445" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="G445" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="H445" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I445" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J445" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>1345</x:v>
       </x:c>
       <x:c r="K445" s="0" t="s">
-        <x:v>1314</x:v>
+        <x:v>1346</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:11">
       <x:c r="A446" s="0">
-        <x:v>376</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="B446" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C446" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D446" s="0" t="s">
-        <x:v>1340</x:v>
+        <x:v>1347</x:v>
       </x:c>
       <x:c r="E446" s="0" t="s">
-        <x:v>1341</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="G446" s="0" t="s">
-        <x:v>1342</x:v>
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="H446" s="0" t="s">
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I446" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J446" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K446" s="0" t="s">
-        <x:v>1343</x:v>
+        <x:v>1327</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:11">
       <x:c r="A447" s="0">
-        <x:v>375</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C447" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D447" s="0" t="s">
-        <x:v>1344</x:v>
+        <x:v>1348</x:v>
       </x:c>
       <x:c r="E447" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="F447" s="0" t="s">
+        <x:v>1349</x:v>
       </x:c>
       <x:c r="G447" s="0" t="s">
-        <x:v>1345</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="H447" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I447" s="0" t="s">
-        <x:v>451</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J447" s="0" t="s">
-        <x:v>452</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K447" s="0" t="s">
-        <x:v>1346</x:v>
+        <x:v>1327</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:11">
       <x:c r="A448" s="0">
-        <x:v>374</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="B448" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C448" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D448" s="0" t="s">
-        <x:v>1347</x:v>
+        <x:v>1350</x:v>
       </x:c>
       <x:c r="E448" s="0" t="s">
-        <x:v>1239</x:v>
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="F448" s="0" t="s">
+        <x:v>1351</x:v>
       </x:c>
       <x:c r="G448" s="0" t="s">
-        <x:v>1094</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="H448" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I448" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J448" s="0" t="s">
-        <x:v>833</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K448" s="0" t="s">
-        <x:v>599</x:v>
+        <x:v>1327</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:11">
       <x:c r="A449" s="0">
-        <x:v>373</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C449" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D449" s="0" t="s">
-        <x:v>1348</x:v>
+        <x:v>1352</x:v>
       </x:c>
       <x:c r="E449" s="0" t="s">
-        <x:v>1239</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="G449" s="0" t="s">
-        <x:v>1094</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="H449" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I449" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J449" s="0" t="s">
-        <x:v>833</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K449" s="0" t="s">
-        <x:v>599</x:v>
+        <x:v>1327</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:11">
       <x:c r="A450" s="0">
-        <x:v>372</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="B450" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C450" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="D450" s="0" t="s">
-        <x:v>1349</x:v>
+        <x:v>1353</x:v>
       </x:c>
       <x:c r="E450" s="0" t="s">
-        <x:v>1239</x:v>
+        <x:v>1354</x:v>
       </x:c>
       <x:c r="G450" s="0" t="s">
-        <x:v>1094</x:v>
-[...2 lines deleted...]
-        <x:v>265</x:v>
+        <x:v>1355</x:v>
       </x:c>
       <x:c r="I450" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J450" s="0" t="s">
-        <x:v>833</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K450" s="0" t="s">
-        <x:v>599</x:v>
+        <x:v>1356</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:11">
       <x:c r="A451" s="0">
-        <x:v>371</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C451" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="D451" s="0" t="s">
-        <x:v>1350</x:v>
+        <x:v>1357</x:v>
       </x:c>
       <x:c r="E451" s="0" t="s">
-        <x:v>1239</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="G451" s="0" t="s">
-        <x:v>1094</x:v>
+        <x:v>1358</x:v>
       </x:c>
       <x:c r="H451" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I451" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J451" s="0" t="s">
-        <x:v>833</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="K451" s="0" t="s">
-        <x:v>599</x:v>
+        <x:v>1359</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:11">
       <x:c r="A452" s="0">
-        <x:v>370</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="B452" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C452" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D452" s="0" t="s">
-        <x:v>1351</x:v>
+        <x:v>1360</x:v>
       </x:c>
       <x:c r="E452" s="0" t="s">
-        <x:v>1239</x:v>
+        <x:v>1253</x:v>
       </x:c>
       <x:c r="G452" s="0" t="s">
-        <x:v>1094</x:v>
+        <x:v>1108</x:v>
       </x:c>
       <x:c r="H452" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I452" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J452" s="0" t="s">
-        <x:v>833</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="K452" s="0" t="s">
-        <x:v>599</x:v>
+        <x:v>614</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:11">
       <x:c r="A453" s="0">
-        <x:v>359</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C453" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D453" s="0" t="s">
-        <x:v>1352</x:v>
+        <x:v>1361</x:v>
       </x:c>
       <x:c r="E453" s="0" t="s">
-        <x:v>1341</x:v>
-[...2 lines deleted...]
-        <x:v>1353</x:v>
+        <x:v>1253</x:v>
       </x:c>
       <x:c r="G453" s="0" t="s">
-        <x:v>1354</x:v>
+        <x:v>1108</x:v>
+      </x:c>
+      <x:c r="H453" s="0" t="s">
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I453" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J453" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="K453" s="0" t="s">
-        <x:v>1355</x:v>
+        <x:v>614</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:11">
       <x:c r="A454" s="0">
-        <x:v>357</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="B454" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C454" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D454" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>1362</x:v>
       </x:c>
       <x:c r="E454" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>1253</x:v>
       </x:c>
       <x:c r="G454" s="0" t="s">
-        <x:v>1356</x:v>
+        <x:v>1108</x:v>
+      </x:c>
+      <x:c r="H454" s="0" t="s">
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I454" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J454" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="K454" s="0" t="s">
-        <x:v>1357</x:v>
+        <x:v>614</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:11">
       <x:c r="A455" s="0">
-        <x:v>356</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C455" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D455" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>1363</x:v>
       </x:c>
       <x:c r="E455" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>1253</x:v>
       </x:c>
       <x:c r="G455" s="0" t="s">
-        <x:v>1358</x:v>
+        <x:v>1108</x:v>
+      </x:c>
+      <x:c r="H455" s="0" t="s">
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I455" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J455" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="K455" s="0" t="s">
-        <x:v>1359</x:v>
+        <x:v>614</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:11">
       <x:c r="A456" s="0">
-        <x:v>346</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="B456" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C456" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D456" s="0" t="s">
-        <x:v>1360</x:v>
+        <x:v>1364</x:v>
       </x:c>
       <x:c r="E456" s="0" t="s">
-        <x:v>1361</x:v>
+        <x:v>1253</x:v>
       </x:c>
       <x:c r="G456" s="0" t="s">
-        <x:v>1097</x:v>
+        <x:v>1108</x:v>
       </x:c>
       <x:c r="H456" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I456" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J456" s="0" t="s">
-        <x:v>833</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="K456" s="0" t="s">
-        <x:v>599</x:v>
+        <x:v>614</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:11">
       <x:c r="A457" s="0">
-        <x:v>345</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C457" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="D457" s="0" t="s">
-        <x:v>1362</x:v>
+        <x:v>1365</x:v>
       </x:c>
       <x:c r="E457" s="0" t="s">
-        <x:v>1361</x:v>
+        <x:v>1354</x:v>
+      </x:c>
+      <x:c r="F457" s="0" t="s">
+        <x:v>1366</x:v>
       </x:c>
       <x:c r="G457" s="0" t="s">
-        <x:v>1097</x:v>
-[...2 lines deleted...]
-        <x:v>265</x:v>
+        <x:v>1367</x:v>
       </x:c>
       <x:c r="I457" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J457" s="0" t="s">
-        <x:v>833</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="K457" s="0" t="s">
-        <x:v>599</x:v>
+        <x:v>1368</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:11">
       <x:c r="A458" s="0">
-        <x:v>343</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="B458" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C458" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D458" s="0" t="s">
-        <x:v>1363</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="E458" s="0" t="s">
-        <x:v>1361</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="G458" s="0" t="s">
-        <x:v>1097</x:v>
-[...2 lines deleted...]
-        <x:v>265</x:v>
+        <x:v>1369</x:v>
       </x:c>
       <x:c r="I458" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J458" s="0" t="s">
-        <x:v>833</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K458" s="0" t="s">
-        <x:v>599</x:v>
+        <x:v>1370</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:11">
       <x:c r="A459" s="0">
-        <x:v>342</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C459" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D459" s="0" t="s">
-        <x:v>1364</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E459" s="0" t="s">
-        <x:v>1361</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="G459" s="0" t="s">
-        <x:v>1097</x:v>
-[...2 lines deleted...]
-        <x:v>265</x:v>
+        <x:v>1371</x:v>
       </x:c>
       <x:c r="I459" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J459" s="0" t="s">
-        <x:v>833</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K459" s="0" t="s">
-        <x:v>599</x:v>
+        <x:v>1372</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:11">
       <x:c r="A460" s="0">
-        <x:v>340</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="B460" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C460" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D460" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>1373</x:v>
       </x:c>
       <x:c r="E460" s="0" t="s">
-        <x:v>1365</x:v>
+        <x:v>1374</x:v>
       </x:c>
       <x:c r="G460" s="0" t="s">
-        <x:v>1366</x:v>
+        <x:v>1111</x:v>
+      </x:c>
+      <x:c r="H460" s="0" t="s">
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I460" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J460" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="K460" s="0" t="s">
-        <x:v>1367</x:v>
+        <x:v>614</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:11">
       <x:c r="A461" s="0">
-        <x:v>332</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C461" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D461" s="0" t="s">
-        <x:v>1368</x:v>
+        <x:v>1375</x:v>
       </x:c>
       <x:c r="E461" s="0" t="s">
-        <x:v>1369</x:v>
-[...2 lines deleted...]
-        <x:v>1261</x:v>
+        <x:v>1374</x:v>
       </x:c>
       <x:c r="G461" s="0" t="s">
-        <x:v>1262</x:v>
+        <x:v>1111</x:v>
       </x:c>
       <x:c r="H461" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I461" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J461" s="0" t="s">
-        <x:v>833</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="K461" s="0" t="s">
-        <x:v>1370</x:v>
+        <x:v>614</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:11">
       <x:c r="A462" s="0">
-        <x:v>322</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="B462" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C462" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D462" s="0" t="s">
-        <x:v>1371</x:v>
+        <x:v>1376</x:v>
       </x:c>
       <x:c r="E462" s="0" t="s">
-        <x:v>1372</x:v>
-[...2 lines deleted...]
-        <x:v>1373</x:v>
+        <x:v>1374</x:v>
       </x:c>
       <x:c r="G462" s="0" t="s">
-        <x:v>1094</x:v>
+        <x:v>1111</x:v>
       </x:c>
       <x:c r="H462" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I462" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J462" s="0" t="s">
-        <x:v>833</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="K462" s="0" t="s">
-        <x:v>1374</x:v>
+        <x:v>614</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:11">
       <x:c r="A463" s="0">
-        <x:v>321</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C463" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D463" s="0" t="s">
-        <x:v>1375</x:v>
+        <x:v>1377</x:v>
       </x:c>
       <x:c r="E463" s="0" t="s">
-        <x:v>1376</x:v>
-[...2 lines deleted...]
-        <x:v>1377</x:v>
+        <x:v>1374</x:v>
       </x:c>
       <x:c r="G463" s="0" t="s">
-        <x:v>1094</x:v>
+        <x:v>1111</x:v>
       </x:c>
       <x:c r="H463" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I463" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J463" s="0" t="s">
-        <x:v>833</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="K463" s="0" t="s">
-        <x:v>1374</x:v>
+        <x:v>614</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:11">
       <x:c r="A464" s="0">
-        <x:v>320</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="B464" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C464" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D464" s="0" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="E464" s="0" t="s">
         <x:v>1378</x:v>
       </x:c>
-      <x:c r="E464" s="0" t="s">
+      <x:c r="G464" s="0" t="s">
         <x:v>1379</x:v>
       </x:c>
-      <x:c r="F464" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I464" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J464" s="0" t="s">
-        <x:v>833</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K464" s="0" t="s">
-        <x:v>1370</x:v>
+        <x:v>1380</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:11">
       <x:c r="A465" s="0">
-        <x:v>317</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C465" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D465" s="0" t="s">
-        <x:v>1380</x:v>
+        <x:v>1381</x:v>
       </x:c>
       <x:c r="E465" s="0" t="s">
-        <x:v>1381</x:v>
+        <x:v>1382</x:v>
       </x:c>
       <x:c r="F465" s="0" t="s">
-        <x:v>1382</x:v>
+        <x:v>1274</x:v>
       </x:c>
       <x:c r="G465" s="0" t="s">
+        <x:v>1275</x:v>
+      </x:c>
+      <x:c r="H465" s="0" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="I465" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="J465" s="0" t="s">
+        <x:v>847</x:v>
+      </x:c>
+      <x:c r="K465" s="0" t="s">
         <x:v>1383</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1299</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:11">
       <x:c r="A466" s="0">
-        <x:v>316</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="B466" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C466" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D466" s="0" t="s">
         <x:v>1384</x:v>
       </x:c>
       <x:c r="E466" s="0" t="s">
         <x:v>1385</x:v>
       </x:c>
       <x:c r="F466" s="0" t="s">
         <x:v>1386</x:v>
       </x:c>
       <x:c r="G466" s="0" t="s">
-        <x:v>1383</x:v>
+        <x:v>1108</x:v>
       </x:c>
       <x:c r="H466" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I466" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J466" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="K466" s="0" t="s">
-        <x:v>1299</x:v>
+        <x:v>1387</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:11">
       <x:c r="A467" s="0">
-        <x:v>315</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C467" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D467" s="0" t="s">
+        <x:v>1388</x:v>
+      </x:c>
+      <x:c r="E467" s="0" t="s">
+        <x:v>1389</x:v>
+      </x:c>
+      <x:c r="F467" s="0" t="s">
+        <x:v>1390</x:v>
+      </x:c>
+      <x:c r="G467" s="0" t="s">
+        <x:v>1108</x:v>
+      </x:c>
+      <x:c r="H467" s="0" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="I467" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="J467" s="0" t="s">
+        <x:v>847</x:v>
+      </x:c>
+      <x:c r="K467" s="0" t="s">
         <x:v>1387</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>1391</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:11">
       <x:c r="A468" s="0">
-        <x:v>314</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="B468" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C468" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D468" s="0" t="s">
+        <x:v>1391</x:v>
+      </x:c>
+      <x:c r="E468" s="0" t="s">
         <x:v>1392</x:v>
       </x:c>
-      <x:c r="E468" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F468" s="0" t="s">
-        <x:v>1393</x:v>
+        <x:v>1274</x:v>
       </x:c>
       <x:c r="G468" s="0" t="s">
-        <x:v>1394</x:v>
+        <x:v>1275</x:v>
       </x:c>
       <x:c r="H468" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I468" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J468" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="K468" s="0" t="s">
-        <x:v>1395</x:v>
+        <x:v>1383</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:11">
       <x:c r="A469" s="0">
-        <x:v>313</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C469" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D469" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>1393</x:v>
       </x:c>
       <x:c r="E469" s="0" t="s">
+        <x:v>1394</x:v>
+      </x:c>
+      <x:c r="F469" s="0" t="s">
+        <x:v>1395</x:v>
+      </x:c>
+      <x:c r="G469" s="0" t="s">
         <x:v>1396</x:v>
       </x:c>
-      <x:c r="G469" s="0" t="s">
-        <x:v>1366</x:v>
+      <x:c r="H469" s="0" t="s">
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I469" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J469" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K469" s="0" t="s">
-        <x:v>1397</x:v>
+        <x:v>1312</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:11">
       <x:c r="A470" s="0">
-        <x:v>312</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="B470" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C470" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D470" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>1397</x:v>
       </x:c>
       <x:c r="E470" s="0" t="s">
-        <x:v>1140</x:v>
+        <x:v>1398</x:v>
+      </x:c>
+      <x:c r="F470" s="0" t="s">
+        <x:v>1399</x:v>
       </x:c>
       <x:c r="G470" s="0" t="s">
-        <x:v>1398</x:v>
+        <x:v>1396</x:v>
+      </x:c>
+      <x:c r="H470" s="0" t="s">
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I470" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J470" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K470" s="0" t="s">
-        <x:v>1399</x:v>
+        <x:v>1312</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:11">
       <x:c r="A471" s="0">
-        <x:v>308</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C471" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D471" s="0" t="s">
         <x:v>1400</x:v>
       </x:c>
       <x:c r="E471" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>1401</x:v>
+      </x:c>
+      <x:c r="F471" s="0" t="s">
+        <x:v>1402</x:v>
       </x:c>
       <x:c r="G471" s="0" t="s">
-        <x:v>1401</x:v>
+        <x:v>1403</x:v>
+      </x:c>
+      <x:c r="H471" s="0" t="s">
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I471" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J471" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K471" s="0" t="s">
-        <x:v>1402</x:v>
+        <x:v>1404</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:11">
       <x:c r="A472" s="0">
-        <x:v>307</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="B472" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C472" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D472" s="0" t="s">
-        <x:v>1403</x:v>
+        <x:v>1405</x:v>
       </x:c>
       <x:c r="E472" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>1401</x:v>
+      </x:c>
+      <x:c r="F472" s="0" t="s">
+        <x:v>1406</x:v>
       </x:c>
       <x:c r="G472" s="0" t="s">
-        <x:v>1404</x:v>
+        <x:v>1407</x:v>
       </x:c>
       <x:c r="H472" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I472" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J472" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K472" s="0" t="s">
-        <x:v>1402</x:v>
+        <x:v>1408</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:11">
       <x:c r="A473" s="0">
-        <x:v>306</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C473" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D473" s="0" t="s">
-        <x:v>1405</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="E473" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>1409</x:v>
       </x:c>
       <x:c r="G473" s="0" t="s">
-        <x:v>1406</x:v>
-[...2 lines deleted...]
-        <x:v>29</x:v>
+        <x:v>1379</x:v>
       </x:c>
       <x:c r="I473" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J473" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K473" s="0" t="s">
-        <x:v>1402</x:v>
+        <x:v>1410</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:11">
       <x:c r="A474" s="0">
-        <x:v>287</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="B474" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C474" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D474" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E474" s="0" t="s">
-        <x:v>1407</x:v>
+        <x:v>1154</x:v>
       </x:c>
       <x:c r="G474" s="0" t="s">
-        <x:v>1408</x:v>
+        <x:v>1411</x:v>
       </x:c>
       <x:c r="I474" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J474" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K474" s="0" t="s">
-        <x:v>1409</x:v>
+        <x:v>1412</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:11">
       <x:c r="A475" s="0">
-        <x:v>286</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C475" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D475" s="0" t="s">
-        <x:v>1410</x:v>
+        <x:v>1413</x:v>
       </x:c>
       <x:c r="E475" s="0" t="s">
-        <x:v>1411</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="G475" s="0" t="s">
-        <x:v>1412</x:v>
-[...2 lines deleted...]
-        <x:v>265</x:v>
+        <x:v>1414</x:v>
       </x:c>
       <x:c r="I475" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J475" s="0" t="s">
-        <x:v>1413</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K475" s="0" t="s">
-        <x:v>1414</x:v>
+        <x:v>1415</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:11">
       <x:c r="A476" s="0">
-        <x:v>280</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="B476" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C476" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D476" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>1416</x:v>
       </x:c>
       <x:c r="E476" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="G476" s="0" t="s">
+        <x:v>1417</x:v>
+      </x:c>
+      <x:c r="H476" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I476" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="J476" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="K476" s="0" t="s">
         <x:v>1415</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1416</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:11">
       <x:c r="A477" s="0">
-        <x:v>263</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C477" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D477" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>1418</x:v>
       </x:c>
       <x:c r="E477" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="G477" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>1419</x:v>
+      </x:c>
+      <x:c r="H477" s="0" t="s">
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I477" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J477" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K477" s="0" t="s">
-        <x:v>1417</x:v>
+        <x:v>1415</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:11">
       <x:c r="A478" s="0">
-        <x:v>253</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="B478" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C478" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D478" s="0" t="s">
-        <x:v>1418</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="E478" s="0" t="s">
-        <x:v>1419</x:v>
-[...1 lines deleted...]
-      <x:c r="F478" s="0" t="s">
         <x:v>1420</x:v>
       </x:c>
       <x:c r="G478" s="0" t="s">
-        <x:v>1412</x:v>
-[...2 lines deleted...]
-        <x:v>265</x:v>
+        <x:v>1421</x:v>
       </x:c>
       <x:c r="I478" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J478" s="0" t="s">
-        <x:v>1413</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K478" s="0" t="s">
-        <x:v>1421</x:v>
+        <x:v>1422</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:11">
       <x:c r="A479" s="0">
-        <x:v>252</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C479" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D479" s="0" t="s">
-        <x:v>1422</x:v>
+        <x:v>1423</x:v>
       </x:c>
       <x:c r="E479" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>1424</x:v>
       </x:c>
       <x:c r="G479" s="0" t="s">
-        <x:v>1423</x:v>
+        <x:v>1425</x:v>
       </x:c>
       <x:c r="H479" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I479" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J479" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>1426</x:v>
       </x:c>
       <x:c r="K479" s="0" t="s">
-        <x:v>1314</x:v>
+        <x:v>1427</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:11">
       <x:c r="A480" s="0">
-        <x:v>251</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="B480" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C480" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D480" s="0" t="s">
-        <x:v>1424</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E480" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="G480" s="0" t="s">
-        <x:v>1425</x:v>
-[...2 lines deleted...]
-        <x:v>29</x:v>
+        <x:v>1428</x:v>
       </x:c>
       <x:c r="I480" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J480" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K480" s="0" t="s">
-        <x:v>1314</x:v>
+        <x:v>1429</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:11">
       <x:c r="A481" s="0">
-        <x:v>250</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C481" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D481" s="0" t="s">
-        <x:v>1426</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E481" s="0" t="s">
-        <x:v>1427</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G481" s="0" t="s">
-        <x:v>1412</x:v>
-[...2 lines deleted...]
-        <x:v>265</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="I481" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J481" s="0" t="s">
-        <x:v>1428</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K481" s="0" t="s">
-        <x:v>1080</x:v>
+        <x:v>1430</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:11">
       <x:c r="A482" s="0">
-        <x:v>249</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="B482" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C482" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D482" s="0" t="s">
-        <x:v>1429</x:v>
+        <x:v>1431</x:v>
       </x:c>
       <x:c r="E482" s="0" t="s">
-        <x:v>1430</x:v>
+        <x:v>1432</x:v>
       </x:c>
       <x:c r="F482" s="0" t="s">
-        <x:v>1261</x:v>
+        <x:v>1433</x:v>
       </x:c>
       <x:c r="G482" s="0" t="s">
-        <x:v>1262</x:v>
+        <x:v>1425</x:v>
       </x:c>
       <x:c r="H482" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I482" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J482" s="0" t="s">
-        <x:v>833</x:v>
+        <x:v>1426</x:v>
       </x:c>
       <x:c r="K482" s="0" t="s">
-        <x:v>1370</x:v>
+        <x:v>1434</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:11">
       <x:c r="A483" s="0">
-        <x:v>241</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C483" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D483" s="0" t="s">
-        <x:v>1431</x:v>
+        <x:v>1435</x:v>
       </x:c>
       <x:c r="E483" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="G483" s="0" t="s">
-        <x:v>1243</x:v>
+        <x:v>1436</x:v>
       </x:c>
       <x:c r="H483" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I483" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J483" s="0" t="s">
-        <x:v>1428</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K483" s="0" t="s">
-        <x:v>1080</x:v>
+        <x:v>1327</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:11">
       <x:c r="A484" s="0">
-        <x:v>240</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="B484" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C484" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D484" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>1437</x:v>
       </x:c>
       <x:c r="E484" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="G484" s="0" t="s">
-        <x:v>562</x:v>
+        <x:v>1438</x:v>
+      </x:c>
+      <x:c r="H484" s="0" t="s">
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I484" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J484" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K484" s="0" t="s">
-        <x:v>1432</x:v>
+        <x:v>1327</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:11">
       <x:c r="A485" s="0">
-        <x:v>239</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C485" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D485" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>1439</x:v>
       </x:c>
       <x:c r="E485" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>1440</x:v>
       </x:c>
       <x:c r="G485" s="0" t="s">
-        <x:v>1433</x:v>
+        <x:v>1425</x:v>
+      </x:c>
+      <x:c r="H485" s="0" t="s">
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I485" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J485" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>1441</x:v>
       </x:c>
       <x:c r="K485" s="0" t="s">
-        <x:v>1434</x:v>
+        <x:v>1094</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:11">
       <x:c r="A486" s="0">
-        <x:v>225</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="B486" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C486" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D486" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>1442</x:v>
       </x:c>
       <x:c r="E486" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>1443</x:v>
+      </x:c>
+      <x:c r="F486" s="0" t="s">
+        <x:v>1274</x:v>
       </x:c>
       <x:c r="G486" s="0" t="s">
-        <x:v>510</x:v>
+        <x:v>1275</x:v>
+      </x:c>
+      <x:c r="H486" s="0" t="s">
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I486" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J486" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="K486" s="0" t="s">
-        <x:v>1435</x:v>
+        <x:v>1383</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:11">
       <x:c r="A487" s="0">
-        <x:v>218</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C487" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D487" s="0" t="s">
-        <x:v>1436</x:v>
+        <x:v>1444</x:v>
       </x:c>
       <x:c r="E487" s="0" t="s">
-        <x:v>1437</x:v>
-[...2 lines deleted...]
-        <x:v>1438</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G487" s="0" t="s">
-        <x:v>1439</x:v>
+        <x:v>1257</x:v>
       </x:c>
       <x:c r="H487" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I487" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J487" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>1441</x:v>
       </x:c>
       <x:c r="K487" s="0" t="s">
-        <x:v>1440</x:v>
+        <x:v>1094</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:11">
       <x:c r="A488" s="0">
-        <x:v>209</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="B488" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C488" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D488" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E488" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="G488" s="0" t="s">
-        <x:v>1441</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="I488" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J488" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K488" s="0" t="s">
-        <x:v>1442</x:v>
+        <x:v>1445</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:11">
       <x:c r="A489" s="0">
-        <x:v>208</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C489" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D489" s="0" t="s">
-        <x:v>1443</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E489" s="0" t="s">
-        <x:v>1444</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G489" s="0" t="s">
-        <x:v>1445</x:v>
+        <x:v>1446</x:v>
       </x:c>
       <x:c r="I489" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J489" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K489" s="0" t="s">
-        <x:v>1446</x:v>
+        <x:v>1447</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:11">
       <x:c r="A490" s="0">
-        <x:v>206</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="B490" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C490" s="0" t="s">
-        <x:v>1128</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D490" s="0" t="s">
-        <x:v>1447</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E490" s="0" t="s">
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="G490" s="0" t="s">
+        <x:v>526</x:v>
+      </x:c>
+      <x:c r="I490" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="J490" s="0" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="K490" s="0" t="s">
         <x:v>1448</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1450</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:11">
       <x:c r="A491" s="0">
-        <x:v>205</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C491" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D491" s="0" t="s">
+        <x:v>1449</x:v>
+      </x:c>
+      <x:c r="E491" s="0" t="s">
+        <x:v>1450</x:v>
+      </x:c>
+      <x:c r="F491" s="0" t="s">
         <x:v>1451</x:v>
       </x:c>
-      <x:c r="E491" s="0" t="s">
+      <x:c r="G491" s="0" t="s">
         <x:v>1452</x:v>
       </x:c>
-      <x:c r="F491" s="0" t="s">
+      <x:c r="H491" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I491" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="J491" s="0" t="s">
+        <x:v>488</x:v>
+      </x:c>
+      <x:c r="K491" s="0" t="s">
         <x:v>1453</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>1454</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:11">
       <x:c r="A492" s="0">
-        <x:v>204</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="B492" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C492" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D492" s="0" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="E492" s="0" t="s">
+        <x:v>592</x:v>
+      </x:c>
+      <x:c r="G492" s="0" t="s">
+        <x:v>1454</x:v>
+      </x:c>
+      <x:c r="I492" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="J492" s="0" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="K492" s="0" t="s">
         <x:v>1455</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>1458</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:11">
       <x:c r="A493" s="0">
-        <x:v>203</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C493" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D493" s="0" t="s">
+        <x:v>1456</x:v>
+      </x:c>
+      <x:c r="E493" s="0" t="s">
+        <x:v>1457</x:v>
+      </x:c>
+      <x:c r="G493" s="0" t="s">
+        <x:v>1458</x:v>
+      </x:c>
+      <x:c r="I493" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="J493" s="0" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="K493" s="0" t="s">
         <x:v>1459</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>1458</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:11">
       <x:c r="A494" s="0">
-        <x:v>202</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="B494" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C494" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>1142</x:v>
       </x:c>
       <x:c r="D494" s="0" t="s">
+        <x:v>1460</x:v>
+      </x:c>
+      <x:c r="E494" s="0" t="s">
         <x:v>1461</x:v>
       </x:c>
-      <x:c r="E494" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G494" s="0" t="s">
-        <x:v>1243</x:v>
+        <x:v>1462</x:v>
       </x:c>
       <x:c r="I494" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J494" s="0" t="s">
-        <x:v>1428</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K494" s="0" t="s">
-        <x:v>1462</x:v>
+        <x:v>1463</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:11">
       <x:c r="A495" s="0">
-        <x:v>195</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C495" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D495" s="0" t="s">
-        <x:v>1463</x:v>
+        <x:v>1464</x:v>
       </x:c>
       <x:c r="E495" s="0" t="s">
-        <x:v>1464</x:v>
+        <x:v>1465</x:v>
+      </x:c>
+      <x:c r="F495" s="0" t="s">
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="G495" s="0" t="s">
-        <x:v>1465</x:v>
+        <x:v>1311</x:v>
       </x:c>
       <x:c r="H495" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I495" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J495" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="K495" s="0" t="s">
-        <x:v>1466</x:v>
+        <x:v>1467</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:11">
       <x:c r="A496" s="0">
-        <x:v>194</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="B496" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C496" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D496" s="0" t="s">
-        <x:v>1467</x:v>
+        <x:v>1468</x:v>
       </x:c>
       <x:c r="E496" s="0" t="s">
-        <x:v>1464</x:v>
+        <x:v>1469</x:v>
+      </x:c>
+      <x:c r="F496" s="0" t="s">
+        <x:v>1470</x:v>
       </x:c>
       <x:c r="G496" s="0" t="s">
-        <x:v>1465</x:v>
+        <x:v>1071</x:v>
       </x:c>
       <x:c r="H496" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I496" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J496" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="K496" s="0" t="s">
-        <x:v>1466</x:v>
+        <x:v>1471</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:11">
       <x:c r="A497" s="0">
-        <x:v>191</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C497" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D497" s="0" t="s">
-        <x:v>1468</x:v>
+        <x:v>1472</x:v>
       </x:c>
       <x:c r="E497" s="0" t="s">
-        <x:v>1469</x:v>
+        <x:v>1473</x:v>
       </x:c>
       <x:c r="G497" s="0" t="s">
-        <x:v>1470</x:v>
+        <x:v>1071</x:v>
+      </x:c>
+      <x:c r="H497" s="0" t="s">
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I497" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J497" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="K497" s="0" t="s">
         <x:v>1471</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:11">
       <x:c r="A498" s="0">
-        <x:v>190</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="B498" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C498" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D498" s="0" t="s">
-        <x:v>1472</x:v>
+        <x:v>1474</x:v>
       </x:c>
       <x:c r="E498" s="0" t="s">
-        <x:v>646</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G498" s="0" t="s">
-        <x:v>1473</x:v>
+        <x:v>1257</x:v>
       </x:c>
       <x:c r="I498" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J498" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>1441</x:v>
       </x:c>
       <x:c r="K498" s="0" t="s">
-        <x:v>1474</x:v>
+        <x:v>1475</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:11">
       <x:c r="A499" s="0">
-        <x:v>189</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C499" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D499" s="0" t="s">
-        <x:v>1475</x:v>
+        <x:v>1476</x:v>
       </x:c>
       <x:c r="E499" s="0" t="s">
-        <x:v>397</x:v>
-[...2 lines deleted...]
-        <x:v>397</x:v>
+        <x:v>1477</x:v>
       </x:c>
       <x:c r="G499" s="0" t="s">
-        <x:v>1475</x:v>
+        <x:v>1478</x:v>
       </x:c>
       <x:c r="H499" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I499" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J499" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K499" s="0" t="s">
-        <x:v>1476</x:v>
+        <x:v>1479</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:11">
       <x:c r="A500" s="0">
-        <x:v>185</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="B500" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C500" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D500" s="0" t="s">
+        <x:v>1480</x:v>
+      </x:c>
+      <x:c r="E500" s="0" t="s">
         <x:v>1477</x:v>
       </x:c>
-      <x:c r="E500" s="0" t="s">
+      <x:c r="G500" s="0" t="s">
         <x:v>1478</x:v>
       </x:c>
-      <x:c r="G500" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H500" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I500" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J500" s="0" t="s">
-        <x:v>1428</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K500" s="0" t="s">
         <x:v>1479</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:11">
       <x:c r="A501" s="0">
-        <x:v>184</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C501" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D501" s="0" t="s">
-        <x:v>1480</x:v>
+        <x:v>1481</x:v>
       </x:c>
       <x:c r="E501" s="0" t="s">
-        <x:v>1481</x:v>
+        <x:v>1482</x:v>
       </x:c>
       <x:c r="G501" s="0" t="s">
-        <x:v>1243</x:v>
-[...2 lines deleted...]
-        <x:v>265</x:v>
+        <x:v>1483</x:v>
       </x:c>
       <x:c r="I501" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J501" s="0" t="s">
-        <x:v>1428</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K501" s="0" t="s">
-        <x:v>1479</x:v>
+        <x:v>1484</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:11">
       <x:c r="A502" s="0">
-        <x:v>123</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="B502" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C502" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D502" s="0" t="s">
-        <x:v>1482</x:v>
+        <x:v>1485</x:v>
       </x:c>
       <x:c r="E502" s="0" t="s">
-        <x:v>1483</x:v>
-[...2 lines deleted...]
-        <x:v>1484</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="G502" s="0" t="s">
-        <x:v>1243</x:v>
-[...2 lines deleted...]
-        <x:v>265</x:v>
+        <x:v>1486</x:v>
       </x:c>
       <x:c r="I502" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J502" s="0" t="s">
-        <x:v>1428</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K502" s="0" t="s">
-        <x:v>1485</x:v>
+        <x:v>1487</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:11">
       <x:c r="A503" s="0">
-        <x:v>122</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C503" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D503" s="0" t="s">
-        <x:v>1486</x:v>
+        <x:v>1488</x:v>
       </x:c>
       <x:c r="E503" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="F503" s="0" t="s">
+        <x:v>414</x:v>
       </x:c>
       <x:c r="G503" s="0" t="s">
-        <x:v>1486</x:v>
+        <x:v>1488</x:v>
       </x:c>
       <x:c r="H503" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I503" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J503" s="0" t="s">
-        <x:v>1428</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="K503" s="0" t="s">
-        <x:v>1487</x:v>
+        <x:v>1489</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:11">
       <x:c r="A504" s="0">
-        <x:v>121</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B504" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C504" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D504" s="0" t="s">
-        <x:v>1488</x:v>
+        <x:v>1490</x:v>
       </x:c>
       <x:c r="E504" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>1491</x:v>
       </x:c>
       <x:c r="G504" s="0" t="s">
-        <x:v>1488</x:v>
+        <x:v>1257</x:v>
       </x:c>
       <x:c r="H504" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I504" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J504" s="0" t="s">
-        <x:v>1428</x:v>
+        <x:v>1441</x:v>
       </x:c>
       <x:c r="K504" s="0" t="s">
-        <x:v>1489</x:v>
+        <x:v>1492</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:11">
       <x:c r="A505" s="0">
-        <x:v>111</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C505" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D505" s="0" t="s">
-        <x:v>1490</x:v>
+        <x:v>1493</x:v>
       </x:c>
       <x:c r="E505" s="0" t="s">
-        <x:v>1491</x:v>
-[...2 lines deleted...]
-        <x:v>397</x:v>
+        <x:v>1494</x:v>
       </x:c>
       <x:c r="G505" s="0" t="s">
+        <x:v>1257</x:v>
+      </x:c>
+      <x:c r="H505" s="0" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="I505" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="J505" s="0" t="s">
+        <x:v>1441</x:v>
+      </x:c>
+      <x:c r="K505" s="0" t="s">
         <x:v>1492</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:11">
       <x:c r="A506" s="0">
-        <x:v>110</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B506" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C506" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D506" s="0" t="s">
-        <x:v>1494</x:v>
+        <x:v>1495</x:v>
       </x:c>
       <x:c r="E506" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>1496</x:v>
+      </x:c>
+      <x:c r="F506" s="0" t="s">
+        <x:v>1497</x:v>
       </x:c>
       <x:c r="G506" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>1257</x:v>
       </x:c>
       <x:c r="H506" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I506" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J506" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>1441</x:v>
       </x:c>
       <x:c r="K506" s="0" t="s">
-        <x:v>1495</x:v>
+        <x:v>1498</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:11">
       <x:c r="A507" s="0">
-        <x:v>109</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C507" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D507" s="0" t="s">
-        <x:v>1496</x:v>
+        <x:v>1499</x:v>
       </x:c>
       <x:c r="E507" s="0" t="s">
-        <x:v>301</x:v>
-[...2 lines deleted...]
-        <x:v>15</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G507" s="0" t="s">
-        <x:v>1497</x:v>
+        <x:v>1499</x:v>
       </x:c>
       <x:c r="H507" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I507" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J507" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>1441</x:v>
       </x:c>
       <x:c r="K507" s="0" t="s">
-        <x:v>1498</x:v>
+        <x:v>1500</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:11">
       <x:c r="A508" s="0">
-        <x:v>108</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B508" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C508" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D508" s="0" t="s">
-        <x:v>1499</x:v>
+        <x:v>1501</x:v>
       </x:c>
       <x:c r="E508" s="0" t="s">
-        <x:v>1500</x:v>
-[...1 lines deleted...]
-      <x:c r="F508" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="G508" s="0" t="s">
         <x:v>1501</x:v>
       </x:c>
-      <x:c r="G508" s="0" t="s">
+      <x:c r="H508" s="0" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="I508" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="J508" s="0" t="s">
+        <x:v>1441</x:v>
+      </x:c>
+      <x:c r="K508" s="0" t="s">
         <x:v>1502</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1503</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:11">
       <x:c r="A509" s="0">
-        <x:v>100</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C509" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="D509" s="0" t="s">
+        <x:v>1503</x:v>
+      </x:c>
+      <x:c r="E509" s="0" t="s">
         <x:v>1504</x:v>
       </x:c>
-      <x:c r="E509" s="0" t="s">
+      <x:c r="F509" s="0" t="s">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="G509" s="0" t="s">
         <x:v>1505</x:v>
       </x:c>
-      <x:c r="F509" s="0" t="s">
+      <x:c r="H509" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I509" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="J509" s="0" t="s">
         <x:v>1506</x:v>
       </x:c>
-      <x:c r="G509" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="K509" s="0" t="s">
-        <x:v>1508</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:11">
       <x:c r="A510" s="0">
-        <x:v>99</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B510" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C510" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D510" s="0" t="s">
-        <x:v>1509</x:v>
+        <x:v>1507</x:v>
       </x:c>
       <x:c r="E510" s="0" t="s">
-        <x:v>1510</x:v>
-[...2 lines deleted...]
-        <x:v>1506</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="G510" s="0" t="s">
-        <x:v>1507</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="H510" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I510" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J510" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K510" s="0" t="s">
-        <x:v>1511</x:v>
+        <x:v>1508</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:11">
       <x:c r="A511" s="0">
-        <x:v>98</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C511" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D511" s="0" t="s">
-        <x:v>1512</x:v>
+        <x:v>1509</x:v>
       </x:c>
       <x:c r="E511" s="0" t="s">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="F511" s="0" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="G511" s="0" t="s">
         <x:v>1510</x:v>
       </x:c>
-      <x:c r="F511" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H511" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I511" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J511" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="K511" s="0" t="s">
         <x:v>1511</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:11">
       <x:c r="A512" s="0">
-        <x:v>96</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B512" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C512" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="D512" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>1512</x:v>
       </x:c>
       <x:c r="E512" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>1513</x:v>
+      </x:c>
+      <x:c r="F512" s="0" t="s">
+        <x:v>1514</x:v>
       </x:c>
       <x:c r="G512" s="0" t="s">
-        <x:v>1514</x:v>
+        <x:v>1515</x:v>
+      </x:c>
+      <x:c r="H512" s="0" t="s">
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I512" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J512" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="K512" s="0" t="s">
-        <x:v>1515</x:v>
+        <x:v>1516</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:11">
       <x:c r="A513" s="0">
-        <x:v>95</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C513" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="D513" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>1517</x:v>
       </x:c>
       <x:c r="E513" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>1518</x:v>
+      </x:c>
+      <x:c r="F513" s="0" t="s">
+        <x:v>1519</x:v>
       </x:c>
       <x:c r="G513" s="0" t="s">
-        <x:v>1516</x:v>
+        <x:v>1520</x:v>
+      </x:c>
+      <x:c r="H513" s="0" t="s">
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I513" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J513" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K513" s="0" t="s">
-        <x:v>1517</x:v>
+        <x:v>1521</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:11">
       <x:c r="A514" s="0">
-        <x:v>88</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B514" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C514" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="D514" s="0" t="s">
-        <x:v>1488</x:v>
+        <x:v>1522</x:v>
       </x:c>
       <x:c r="E514" s="0" t="s">
-        <x:v>1518</x:v>
+        <x:v>1523</x:v>
+      </x:c>
+      <x:c r="F514" s="0" t="s">
+        <x:v>1519</x:v>
       </x:c>
       <x:c r="G514" s="0" t="s">
-        <x:v>1243</x:v>
+        <x:v>1520</x:v>
       </x:c>
       <x:c r="H514" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I514" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J514" s="0" t="s">
-        <x:v>1428</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K514" s="0" t="s">
-        <x:v>1519</x:v>
+        <x:v>1524</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:11">
       <x:c r="A515" s="0">
-        <x:v>87</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C515" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="D515" s="0" t="s">
+        <x:v>1525</x:v>
+      </x:c>
+      <x:c r="E515" s="0" t="s">
+        <x:v>1523</x:v>
+      </x:c>
+      <x:c r="F515" s="0" t="s">
+        <x:v>1526</x:v>
+      </x:c>
+      <x:c r="G515" s="0" t="s">
         <x:v>1520</x:v>
       </x:c>
-      <x:c r="E515" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H515" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I515" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J515" s="0" t="s">
-        <x:v>1428</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K515" s="0" t="s">
-        <x:v>1519</x:v>
+        <x:v>1524</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:11">
       <x:c r="A516" s="0">
-        <x:v>85</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B516" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C516" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D516" s="0" t="s">
-        <x:v>1522</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E516" s="0" t="s">
-        <x:v>1523</x:v>
-[...2 lines deleted...]
-        <x:v>1524</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="G516" s="0" t="s">
-        <x:v>1525</x:v>
-[...2 lines deleted...]
-        <x:v>29</x:v>
+        <x:v>1527</x:v>
       </x:c>
       <x:c r="I516" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J516" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K516" s="0" t="s">
-        <x:v>1526</x:v>
+        <x:v>1528</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:11">
       <x:c r="A517" s="0">
-        <x:v>84</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C517" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D517" s="0" t="s">
-        <x:v>1527</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E517" s="0" t="s">
-        <x:v>1528</x:v>
-[...2 lines deleted...]
-        <x:v>301</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="G517" s="0" t="s">
         <x:v>1529</x:v>
       </x:c>
-      <x:c r="H517" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I517" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J517" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K517" s="0" t="s">
         <x:v>1530</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:11">
       <x:c r="A518" s="0">
-        <x:v>81</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B518" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C518" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D518" s="0" t="s">
+        <x:v>1501</x:v>
+      </x:c>
+      <x:c r="E518" s="0" t="s">
         <x:v>1531</x:v>
       </x:c>
-      <x:c r="E518" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F518" s="0" t="s">
+      <x:c r="G518" s="0" t="s">
+        <x:v>1257</x:v>
+      </x:c>
+      <x:c r="H518" s="0" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="I518" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="J518" s="0" t="s">
+        <x:v>1441</x:v>
+      </x:c>
+      <x:c r="K518" s="0" t="s">
         <x:v>1532</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>1533</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:11">
       <x:c r="A519" s="0">
-        <x:v>80</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C519" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D519" s="0" t="s">
+        <x:v>1533</x:v>
+      </x:c>
+      <x:c r="E519" s="0" t="s">
         <x:v>1534</x:v>
       </x:c>
-      <x:c r="E519" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G519" s="0" t="s">
-        <x:v>1243</x:v>
+        <x:v>1257</x:v>
       </x:c>
       <x:c r="H519" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I519" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J519" s="0" t="s">
-        <x:v>1428</x:v>
+        <x:v>1441</x:v>
       </x:c>
       <x:c r="K519" s="0" t="s">
-        <x:v>1536</x:v>
+        <x:v>1532</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:11">
       <x:c r="A520" s="0">
-        <x:v>79</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B520" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C520" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D520" s="0" t="s">
+        <x:v>1535</x:v>
+      </x:c>
+      <x:c r="E520" s="0" t="s">
+        <x:v>1536</x:v>
+      </x:c>
+      <x:c r="F520" s="0" t="s">
         <x:v>1537</x:v>
       </x:c>
-      <x:c r="E520" s="0" t="s">
+      <x:c r="G520" s="0" t="s">
         <x:v>1538</x:v>
       </x:c>
-      <x:c r="G520" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H520" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I520" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J520" s="0" t="s">
-        <x:v>1428</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K520" s="0" t="s">
-        <x:v>1519</x:v>
+        <x:v>1539</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:11">
       <x:c r="A521" s="0">
-        <x:v>78</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C521" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="D521" s="0" t="s">
-        <x:v>1461</x:v>
+        <x:v>1540</x:v>
       </x:c>
       <x:c r="E521" s="0" t="s">
-        <x:v>1535</x:v>
+        <x:v>1541</x:v>
+      </x:c>
+      <x:c r="F521" s="0" t="s">
+        <x:v>318</x:v>
       </x:c>
       <x:c r="G521" s="0" t="s">
-        <x:v>1243</x:v>
+        <x:v>1542</x:v>
       </x:c>
       <x:c r="H521" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I521" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J521" s="0" t="s">
-        <x:v>1428</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="K521" s="0" t="s">
-        <x:v>1539</x:v>
+        <x:v>1543</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:11">
       <x:c r="A522" s="0">
-        <x:v>77</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B522" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C522" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D522" s="0" t="s">
-        <x:v>1540</x:v>
+        <x:v>1544</x:v>
       </x:c>
       <x:c r="E522" s="0" t="s">
-        <x:v>1535</x:v>
+        <x:v>1343</x:v>
+      </x:c>
+      <x:c r="F522" s="0" t="s">
+        <x:v>1545</x:v>
       </x:c>
       <x:c r="G522" s="0" t="s">
-        <x:v>1243</x:v>
+        <x:v>1520</x:v>
       </x:c>
       <x:c r="H522" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I522" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J522" s="0" t="s">
-        <x:v>1428</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="K522" s="0" t="s">
-        <x:v>1539</x:v>
+        <x:v>1546</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:11">
       <x:c r="A523" s="0">
-        <x:v>76</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C523" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D523" s="0" t="s">
-        <x:v>1541</x:v>
+        <x:v>1547</x:v>
       </x:c>
       <x:c r="E523" s="0" t="s">
-        <x:v>1535</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="G523" s="0" t="s">
-        <x:v>1243</x:v>
+        <x:v>1257</x:v>
       </x:c>
       <x:c r="H523" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I523" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J523" s="0" t="s">
-        <x:v>1428</x:v>
+        <x:v>1441</x:v>
       </x:c>
       <x:c r="K523" s="0" t="s">
-        <x:v>1539</x:v>
+        <x:v>1549</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:11">
       <x:c r="A524" s="0">
-        <x:v>75</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B524" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C524" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D524" s="0" t="s">
-        <x:v>1542</x:v>
+        <x:v>1550</x:v>
       </x:c>
       <x:c r="E524" s="0" t="s">
-        <x:v>1543</x:v>
+        <x:v>1551</x:v>
       </x:c>
       <x:c r="G524" s="0" t="s">
-        <x:v>1544</x:v>
+        <x:v>1257</x:v>
+      </x:c>
+      <x:c r="H524" s="0" t="s">
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I524" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J524" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>1441</x:v>
       </x:c>
       <x:c r="K524" s="0" t="s">
-        <x:v>1545</x:v>
+        <x:v>1532</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:11">
       <x:c r="A525" s="0">
-        <x:v>74</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C525" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D525" s="0" t="s">
-        <x:v>1546</x:v>
+        <x:v>1474</x:v>
       </x:c>
       <x:c r="E525" s="0" t="s">
-        <x:v>1547</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="G525" s="0" t="s">
-        <x:v>1548</x:v>
+        <x:v>1257</x:v>
+      </x:c>
+      <x:c r="H525" s="0" t="s">
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I525" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J525" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>1441</x:v>
       </x:c>
       <x:c r="K525" s="0" t="s">
-        <x:v>1549</x:v>
+        <x:v>1552</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:11">
       <x:c r="A526" s="0">
-        <x:v>73</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B526" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C526" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D526" s="0" t="s">
-        <x:v>1550</x:v>
+        <x:v>1553</x:v>
       </x:c>
       <x:c r="E526" s="0" t="s">
-        <x:v>1551</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="G526" s="0" t="s">
+        <x:v>1257</x:v>
+      </x:c>
+      <x:c r="H526" s="0" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="I526" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="J526" s="0" t="s">
+        <x:v>1441</x:v>
+      </x:c>
+      <x:c r="K526" s="0" t="s">
         <x:v>1552</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1553</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:11">
       <x:c r="A527" s="0">
-        <x:v>72</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B527" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C527" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D527" s="0" t="s">
         <x:v>1554</x:v>
       </x:c>
       <x:c r="E527" s="0" t="s">
-        <x:v>1555</x:v>
-[...2 lines deleted...]
-        <x:v>1555</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="G527" s="0" t="s">
-        <x:v>1555</x:v>
+        <x:v>1257</x:v>
       </x:c>
       <x:c r="H527" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I527" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J527" s="0" t="s">
-        <x:v>17</x:v>
-[...2 lines deleted...]
-        <x:v>1556</x:v>
+        <x:v>1441</x:v>
+      </x:c>
+      <x:c r="K527" s="0" t="s">
+        <x:v>1552</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:11">
       <x:c r="A528" s="0">
-        <x:v>71</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B528" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C528" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D528" s="0" t="s">
+        <x:v>1555</x:v>
+      </x:c>
+      <x:c r="E528" s="0" t="s">
+        <x:v>1556</x:v>
+      </x:c>
+      <x:c r="G528" s="0" t="s">
         <x:v>1557</x:v>
       </x:c>
-      <x:c r="E528" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I528" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J528" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K528" s="0" t="s">
         <x:v>1558</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:11">
       <x:c r="A529" s="0">
-        <x:v>68</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B529" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C529" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D529" s="0" t="s">
         <x:v>1559</x:v>
       </x:c>
       <x:c r="E529" s="0" t="s">
-        <x:v>1555</x:v>
-[...1 lines deleted...]
-      <x:c r="F529" s="0" t="s">
         <x:v>1560</x:v>
       </x:c>
       <x:c r="G529" s="0" t="s">
-        <x:v>1555</x:v>
-[...2 lines deleted...]
-        <x:v>29</x:v>
+        <x:v>1561</x:v>
       </x:c>
       <x:c r="I529" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J529" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K529" s="0" t="s">
-        <x:v>1561</x:v>
+        <x:v>1562</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:11">
       <x:c r="A530" s="0">
-        <x:v>62</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B530" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C530" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D530" s="0" t="s">
-        <x:v>1562</x:v>
+        <x:v>1563</x:v>
       </x:c>
       <x:c r="E530" s="0" t="s">
-        <x:v>1555</x:v>
-[...2 lines deleted...]
-        <x:v>1563</x:v>
+        <x:v>1564</x:v>
       </x:c>
       <x:c r="G530" s="0" t="s">
-        <x:v>1555</x:v>
-[...2 lines deleted...]
-        <x:v>29</x:v>
+        <x:v>1565</x:v>
       </x:c>
       <x:c r="I530" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J530" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K530" s="0" t="s">
-        <x:v>1564</x:v>
+        <x:v>1566</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:11">
       <x:c r="A531" s="0">
-        <x:v>61</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B531" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C531" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="D531" s="0" t="s">
-        <x:v>1565</x:v>
+        <x:v>1567</x:v>
       </x:c>
       <x:c r="E531" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>1568</x:v>
       </x:c>
       <x:c r="F531" s="0" t="s">
-        <x:v>1566</x:v>
+        <x:v>1568</x:v>
       </x:c>
       <x:c r="G531" s="0" t="s">
-        <x:v>1567</x:v>
+        <x:v>1568</x:v>
       </x:c>
       <x:c r="H531" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I531" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J531" s="0" t="s">
-        <x:v>374</x:v>
-[...2 lines deleted...]
-        <x:v>1568</x:v>
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="K531" s="2" t="s">
+        <x:v>1569</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:11">
       <x:c r="A532" s="0">
-        <x:v>60</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B532" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C532" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D532" s="0" t="s">
-        <x:v>1569</x:v>
+        <x:v>1570</x:v>
       </x:c>
       <x:c r="E532" s="0" t="s">
-        <x:v>1555</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="F532" s="0" t="s">
-        <x:v>1570</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="G532" s="0" t="s">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="H532" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I532" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="J532" s="0" t="s">
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="K532" s="0" t="s">
         <x:v>1571</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1572</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:11">
       <x:c r="A533" s="0">
-        <x:v>59</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B533" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C533" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="D533" s="0" t="s">
+        <x:v>1572</x:v>
+      </x:c>
+      <x:c r="E533" s="0" t="s">
+        <x:v>1568</x:v>
+      </x:c>
+      <x:c r="F533" s="0" t="s">
         <x:v>1573</x:v>
       </x:c>
-      <x:c r="E533" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G533" s="0" t="s">
-        <x:v>1575</x:v>
+        <x:v>1568</x:v>
       </x:c>
       <x:c r="H533" s="0" t="s">
-        <x:v>1576</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I533" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J533" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K533" s="0" t="s">
-        <x:v>1402</x:v>
+        <x:v>1574</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:11">
       <x:c r="A534" s="0">
-        <x:v>58</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B534" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C534" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="D534" s="0" t="s">
+        <x:v>1575</x:v>
+      </x:c>
+      <x:c r="E534" s="0" t="s">
+        <x:v>1568</x:v>
+      </x:c>
+      <x:c r="F534" s="0" t="s">
+        <x:v>1576</x:v>
+      </x:c>
+      <x:c r="G534" s="0" t="s">
+        <x:v>1568</x:v>
+      </x:c>
+      <x:c r="H534" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I534" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="J534" s="0" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="K534" s="0" t="s">
         <x:v>1577</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>1579</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:11">
       <x:c r="A535" s="0">
-        <x:v>55</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B535" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C535" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="D535" s="0" t="s">
+        <x:v>1578</x:v>
+      </x:c>
+      <x:c r="E535" s="0" t="s">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="F535" s="0" t="s">
+        <x:v>1579</x:v>
+      </x:c>
+      <x:c r="G535" s="0" t="s">
         <x:v>1580</x:v>
       </x:c>
-      <x:c r="E535" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F535" s="0" t="s">
+      <x:c r="H535" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I535" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="J535" s="0" t="s">
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="K535" s="0" t="s">
         <x:v>1581</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>1579</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:11">
       <x:c r="A536" s="0">
-        <x:v>52</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B536" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C536" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="D536" s="0" t="s">
+        <x:v>1582</x:v>
+      </x:c>
+      <x:c r="E536" s="0" t="s">
+        <x:v>1568</x:v>
+      </x:c>
+      <x:c r="F536" s="0" t="s">
         <x:v>1583</x:v>
       </x:c>
-      <x:c r="E536" s="0" t="s">
+      <x:c r="G536" s="0" t="s">
         <x:v>1584</x:v>
       </x:c>
-      <x:c r="F536" s="0" t="s">
+      <x:c r="H536" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I536" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="J536" s="0" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="K536" s="0" t="s">
         <x:v>1585</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>1587</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:11">
       <x:c r="A537" s="0">
-        <x:v>48</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B537" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C537" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D537" s="0" t="s">
+        <x:v>1586</x:v>
+      </x:c>
+      <x:c r="E537" s="0" t="s">
+        <x:v>1587</x:v>
+      </x:c>
+      <x:c r="G537" s="0" t="s">
         <x:v>1588</x:v>
       </x:c>
-      <x:c r="E537" s="0" t="s">
+      <x:c r="H537" s="0" t="s">
         <x:v>1589</x:v>
       </x:c>
-      <x:c r="F537" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I537" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J537" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K537" s="0" t="s">
-        <x:v>1592</x:v>
+        <x:v>1415</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:11">
       <x:c r="A538" s="0">
-        <x:v>47</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B538" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C538" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="D538" s="0" t="s">
-        <x:v>1593</x:v>
+        <x:v>1590</x:v>
       </x:c>
       <x:c r="E538" s="0" t="s">
-        <x:v>1594</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="F538" s="0" t="s">
-        <x:v>1595</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="G538" s="0" t="s">
-        <x:v>1596</x:v>
+        <x:v>1591</x:v>
       </x:c>
       <x:c r="H538" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I538" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J538" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="K538" s="0" t="s">
-        <x:v>1597</x:v>
+        <x:v>1592</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:11">
       <x:c r="A539" s="0">
-        <x:v>46</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B539" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C539" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="D539" s="0" t="s">
-        <x:v>1598</x:v>
+        <x:v>1593</x:v>
       </x:c>
       <x:c r="E539" s="0" t="s">
-        <x:v>1599</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="F539" s="0" t="s">
-        <x:v>1600</x:v>
+        <x:v>1594</x:v>
       </x:c>
       <x:c r="G539" s="0" t="s">
-        <x:v>1601</x:v>
+        <x:v>1595</x:v>
       </x:c>
       <x:c r="H539" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I539" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J539" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="K539" s="0" t="s">
-        <x:v>1602</x:v>
+        <x:v>1592</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:11">
       <x:c r="A540" s="0">
-        <x:v>45</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B540" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C540" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="D540" s="0" t="s">
-        <x:v>1603</x:v>
+        <x:v>1596</x:v>
       </x:c>
       <x:c r="E540" s="0" t="s">
-        <x:v>1604</x:v>
+        <x:v>1597</x:v>
       </x:c>
       <x:c r="F540" s="0" t="s">
-        <x:v>1605</x:v>
+        <x:v>1598</x:v>
       </x:c>
       <x:c r="G540" s="0" t="s">
-        <x:v>1606</x:v>
+        <x:v>1599</x:v>
       </x:c>
       <x:c r="H540" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I540" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J540" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K540" s="0" t="s">
-        <x:v>1607</x:v>
+        <x:v>1600</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:11">
       <x:c r="A541" s="0">
-        <x:v>39</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C541" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="D541" s="0" t="s">
-        <x:v>1608</x:v>
+        <x:v>1601</x:v>
       </x:c>
       <x:c r="E541" s="0" t="s">
-        <x:v>1609</x:v>
+        <x:v>1602</x:v>
+      </x:c>
+      <x:c r="F541" s="0" t="s">
+        <x:v>1603</x:v>
       </x:c>
       <x:c r="G541" s="0" t="s">
-        <x:v>1610</x:v>
+        <x:v>1604</x:v>
       </x:c>
       <x:c r="H541" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I541" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J541" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="K541" s="0" t="s">
-        <x:v>1611</x:v>
+        <x:v>1605</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:11">
       <x:c r="A542" s="0">
-        <x:v>38</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B542" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C542" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="D542" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>1606</x:v>
       </x:c>
       <x:c r="E542" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>1607</x:v>
+      </x:c>
+      <x:c r="F542" s="0" t="s">
+        <x:v>1608</x:v>
       </x:c>
       <x:c r="G542" s="0" t="s">
-        <x:v>1612</x:v>
+        <x:v>1609</x:v>
+      </x:c>
+      <x:c r="H542" s="0" t="s">
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I542" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J542" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="K542" s="0" t="s">
-        <x:v>1613</x:v>
+        <x:v>1610</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:11">
       <x:c r="A543" s="0">
-        <x:v>32</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B543" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C543" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="D543" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>1611</x:v>
       </x:c>
       <x:c r="E543" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>1612</x:v>
+      </x:c>
+      <x:c r="F543" s="0" t="s">
+        <x:v>1613</x:v>
       </x:c>
       <x:c r="G543" s="0" t="s">
         <x:v>1614</x:v>
       </x:c>
       <x:c r="H543" s="0" t="s">
-        <x:v>578</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I543" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J543" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="K543" s="0" t="s">
         <x:v>1615</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:11">
       <x:c r="A544" s="0">
-        <x:v>31</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B544" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C544" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="D544" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>1616</x:v>
       </x:c>
       <x:c r="E544" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>1617</x:v>
+      </x:c>
+      <x:c r="F544" s="0" t="s">
+        <x:v>1618</x:v>
       </x:c>
       <x:c r="G544" s="0" t="s">
-        <x:v>1616</x:v>
+        <x:v>1619</x:v>
       </x:c>
       <x:c r="H544" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I544" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J544" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="K544" s="0" t="s">
-        <x:v>1617</x:v>
+        <x:v>1620</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:11">
       <x:c r="A545" s="0">
-        <x:v>30</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B545" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C545" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D545" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>1621</x:v>
       </x:c>
       <x:c r="E545" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>1622</x:v>
       </x:c>
       <x:c r="G545" s="0" t="s">
-        <x:v>1618</x:v>
+        <x:v>1623</x:v>
       </x:c>
       <x:c r="H545" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I545" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="J545" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="K545" s="0" t="s">
-        <x:v>1619</x:v>
+        <x:v>1624</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:11">
       <x:c r="A546" s="0">
-        <x:v>23</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B546" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C546" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D546" s="0" t="s">
-        <x:v>559</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="E546" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="G546" s="0" t="s">
-        <x:v>1620</x:v>
-[...2 lines deleted...]
-        <x:v>113</x:v>
+        <x:v>1625</x:v>
       </x:c>
       <x:c r="I546" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J546" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K546" s="0" t="s">
-        <x:v>1621</x:v>
+        <x:v>1626</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:11">
       <x:c r="A547" s="0">
-        <x:v>22</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B547" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C547" s="0" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="D547" s="0" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="E547" s="0" t="s">
+        <x:v>592</x:v>
+      </x:c>
+      <x:c r="G547" s="0" t="s">
+        <x:v>1627</x:v>
+      </x:c>
+      <x:c r="H547" s="0" t="s">
+        <x:v>594</x:v>
+      </x:c>
+      <x:c r="I547" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="D547" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="J547" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K547" s="0" t="s">
-        <x:v>1621</x:v>
+        <x:v>1628</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:11">
       <x:c r="A548" s="0">
-        <x:v>21</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="B548" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C548" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D548" s="0" t="s">
-        <x:v>1623</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E548" s="0" t="s">
-        <x:v>1624</x:v>
-[...2 lines deleted...]
-        <x:v>1625</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G548" s="0" t="s">
-        <x:v>1626</x:v>
+        <x:v>1629</x:v>
+      </x:c>
+      <x:c r="H548" s="0" t="s">
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I548" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J548" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K548" s="0" t="s">
-        <x:v>1627</x:v>
+        <x:v>1630</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:11">
       <x:c r="A549" s="0">
-        <x:v>20</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="B549" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C549" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D549" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E549" s="0" t="s">
-        <x:v>1407</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G549" s="0" t="s">
-        <x:v>1628</x:v>
+        <x:v>1631</x:v>
+      </x:c>
+      <x:c r="H549" s="0" t="s">
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I549" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J549" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K549" s="0" t="s">
-        <x:v>1629</x:v>
+        <x:v>1632</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:11">
       <x:c r="A550" s="0">
-        <x:v>19</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="B550" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C550" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D550" s="0" t="s">
-        <x:v>1630</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="E550" s="0" t="s">
-        <x:v>1631</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G550" s="0" t="s">
-        <x:v>1632</x:v>
+        <x:v>1633</x:v>
       </x:c>
       <x:c r="H550" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I550" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J550" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K550" s="0" t="s">
-        <x:v>1633</x:v>
+        <x:v>1634</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:11">
       <x:c r="A551" s="0">
-        <x:v>15</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B551" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C551" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D551" s="0" t="s">
-        <x:v>1634</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E551" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G551" s="0" t="s">
         <x:v>1635</x:v>
       </x:c>
       <x:c r="H551" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I551" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J551" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K551" s="0" t="s">
-        <x:v>1636</x:v>
+        <x:v>1634</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:11">
       <x:c r="A552" s="0">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B552" s="0" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="C552" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
-      <x:c r="B552" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D552" s="0" t="s">
+        <x:v>1636</x:v>
+      </x:c>
+      <x:c r="E552" s="0" t="s">
         <x:v>1637</x:v>
       </x:c>
-      <x:c r="E552" s="0" t="s">
+      <x:c r="F552" s="0" t="s">
         <x:v>1638</x:v>
       </x:c>
-      <x:c r="F552" s="0" t="s">
+      <x:c r="G552" s="0" t="s">
         <x:v>1639</x:v>
       </x:c>
-      <x:c r="G552" s="0" t="s">
+      <x:c r="I552" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="J552" s="0" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="K552" s="0" t="s">
         <x:v>1640</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1641</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:11">
       <x:c r="A553" s="0">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="B553" s="0" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="C553" s="0" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="D553" s="0" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="E553" s="0" t="s">
+        <x:v>1420</x:v>
+      </x:c>
+      <x:c r="G553" s="0" t="s">
+        <x:v>1641</x:v>
+      </x:c>
+      <x:c r="I553" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="J553" s="0" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="K553" s="0" t="s">
+        <x:v>1642</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="554" spans="1:11">
+      <x:c r="A554" s="0">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="B554" s="0" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="C554" s="0" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="D554" s="0" t="s">
+        <x:v>1643</x:v>
+      </x:c>
+      <x:c r="E554" s="0" t="s">
+        <x:v>1644</x:v>
+      </x:c>
+      <x:c r="G554" s="0" t="s">
+        <x:v>1645</x:v>
+      </x:c>
+      <x:c r="H554" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I554" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="J554" s="0" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="K554" s="0" t="s">
+        <x:v>1646</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="555" spans="1:11">
+      <x:c r="A555" s="0">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="B555" s="0" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="C555" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="D555" s="0" t="s">
+        <x:v>1647</x:v>
+      </x:c>
+      <x:c r="E555" s="0" t="s">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="G555" s="0" t="s">
+        <x:v>1648</x:v>
+      </x:c>
+      <x:c r="H555" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I555" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="J555" s="0" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="K555" s="0" t="s">
+        <x:v>1649</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="556" spans="1:11">
+      <x:c r="A556" s="0">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="B556" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="C556" s="0" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D556" s="0" t="s">
+        <x:v>1650</x:v>
+      </x:c>
+      <x:c r="E556" s="0" t="s">
+        <x:v>1651</x:v>
+      </x:c>
+      <x:c r="F556" s="0" t="s">
+        <x:v>1652</x:v>
+      </x:c>
+      <x:c r="G556" s="0" t="s">
+        <x:v>1653</x:v>
+      </x:c>
+      <x:c r="H556" s="0" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="I556" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="J556" s="0" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="K556" s="0" t="s">
+        <x:v>1654</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="557" spans="1:11">
+      <x:c r="A557" s="0">
         <x:v>11</x:v>
       </x:c>
-      <x:c r="B553" s="0" t="s">
-[...24 lines deleted...]
-        <x:v>1370</x:v>
+      <x:c r="B557" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="C557" s="0" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D557" s="0" t="s">
+        <x:v>1275</x:v>
+      </x:c>
+      <x:c r="E557" s="0" t="s">
+        <x:v>1655</x:v>
+      </x:c>
+      <x:c r="G557" s="0" t="s">
+        <x:v>1656</x:v>
+      </x:c>
+      <x:c r="H557" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I557" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="J557" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="K557" s="0" t="s">
+        <x:v>1383</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>Sheet 1</vt:lpstr>
       <vt:lpstr>Sheet 1!Print_Area</vt:lpstr>
       <vt:lpstr>Sheet 1!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>