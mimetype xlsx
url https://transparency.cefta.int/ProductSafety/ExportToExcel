--- v2 (2026-01-28)
+++ v3 (2026-02-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd6753cb5bb34120" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/613d813440754eb189c9bc7b1195f4ce.psmdcp" Id="R2734de5739ed4989" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33aa4f7a31b840ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c20549709de644c0aac253ecf3554161.psmdcp" Id="Ra786e42530c44995" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet 1" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>ID</x:t>
   </x:si>
   <x:si>
     <x:t>Economy</x:t>
   </x:si>
   <x:si>
@@ -49,87 +49,450 @@
   <x:si>
     <x:t>Bar code</x:t>
   </x:si>
   <x:si>
     <x:t>Product type</x:t>
   </x:si>
   <x:si>
     <x:t>Product origin</x:t>
   </x:si>
   <x:si>
     <x:t>Risk type category</x:t>
   </x:si>
   <x:si>
     <x:t>Risk type subcategory</x:t>
   </x:si>
   <x:si>
     <x:t>Risk description</x:t>
   </x:si>
   <x:si>
     <x:t>Bosnia and Herzegovina</x:t>
   </x:si>
   <x:si>
     <x:t>Electrical appliances and equipment</x:t>
   </x:si>
   <x:si>
+    <x:t>Lighting chain</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Digital Light Series 240 LED</x:t>
+  </x:si>
+  <x:si>
+    <x:t>unknown</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Electric shock</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Electric shock, Fire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The product poses a risk of electric shock and fire because:
+- The cable length between the plug and the first lamp is less than the prescribed minimum.
+- The lighting chain has an unauthorized insulation class.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Serbia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Motor vehicles</x:t>
+  </x:si>
+  <x:si>
+    <x:t>motocycle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KTM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>390 ADVENTURE R, 390 ADVENTURE X, 390 ENDURO R, 390 SMC R</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Austria</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Injuries</x:t>
+  </x:si>
+  <x:si>
+    <x:t/>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">            With forged side struts, engine vibrations can cause the side strut spring to break. As a result, the side strut can wobble while the vehicle is in motion, leading to an increased risk of accidents.
+        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>passenger car</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hyundai</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ioniq 6 (CE)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Korea (the Republic of)</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">  Certain Ioniq 6 (CE) models from the 2022 to 2025 model year may have an issue where the fuel filler flap may become detached due to wind while driving. If this occurs, the detached part may fall onto the road and pose a hazard to other road users.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Childcare articles and children's equipment</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nosiljka ISLA deluxe baby sling grey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kikka boo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3800171211536</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31108010064</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Choking; Strangulation</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">            Ovaj proizvod predstavlja rizik od gušenja i davljenja, zato što ima mali dio (etiketu robne marke) koji se lako može odvojiti, te ga malo dijete može staviti u usta i ugušiti se. Osim toga, torba je prevelika i ima preduge vezice. Vezice se mogu zapetljati oko djetetova vrata, što može dovesti do davljenja.            
+        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Passenger car</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nissan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Townstar XFK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>France</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nissan has identified that there is a risk of head contact/injury to the user with the rear door lock handles of some models when loading or unloading items into the vehicle's cargo area.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>juicer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iskra</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CJ-8005-LI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Environment</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">            The solder contacts inside the housing contain a level of lead higher than the prescribed level (measured value up to 31% by weight). The product does not comply with the ROHS regulation on the level of hazardous substances in electrical appliances and poses a risk to the environment.
+        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Motorcycle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Honda</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CB1000S/SPS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Japan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Continuing to drive without noticing that the oil level has decreased can lead to reduced oil pressure, which can lead to a seized connecting rod bearing, broken connecting rod, or locking of the rear wheel. This can lead to a potential accident, while oil spilled on a hot muffler can set the vehicle on fire.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Toyota</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Proace, Proace Verso, Proace City и Proace City Verso (ICE and BEV)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>There is a possibility that, due to a software error, both screens (multimedia screen and instrument panel) may go completely black after the ignition is switched on. When this occurs, the problem is permanent. With both screens off, the driver does not have access to basic information necessary for safe driving, such as vehicle speed, fuel level and malfunction indicator lamps (MIL).</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Škoda</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Citigo, Roomster, Praktik, Fabia II, Fabia III, Rapid, Octavia III, Superb III, Karoq, Kodiaq</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Czechia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>There is a manufacturing defect in the driver's airbag from a limited production period. As a result, there is a risk that the plastic part of the airbag could burst when it deploys, injuring the vehicle's occupants.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alfa Romeo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tonale MHEV / PHEV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Italy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>There is a possibility that a brake pedal assembly may be installed that could cause the pedal to fail when braking, leaving the driver unable to stop the vehicle. In the worst case scenario, this could lead to a collision without warning. In the event of a brake pedal failure, the Electronic Park Brake switch on the center console can be used to slow the vehicle down and bring it to a controlled stop. Also, when the Automatic Emergency Braking system is active, it will act immediately if it detects a potential collision.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>waffle maker</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rosmarino</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3830078816077</x:t>
+  </x:si>
+  <x:si>
+    <x:t>K-902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chemical</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The insulating plastic on the cord of the product contains an excessive concentration of (2-ethylhexyl) phthalate (DEHP) (measured values ​​up to 1.6% by weight, exceeding the legal limit), which may harm health by causing damage to the reproductive system. Harm to the environment may occur only during the decomposition process.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>truck tires</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Michelin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MICHELIN X LINE ENERGY Z</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Spain</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">            Due to a manufacturing problem, circumferential cracks several centimeters long may appear in the sidewall of the tire, near the barcode. The crack may continue to spread during use of the tire and, after thousands of kilometers, may ultimately lead to the risk of sudden loss of pressure while driving.
+        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>MICHELIN X MULTI Z</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kitchen/cooking accessories</x:t>
+  </x:si>
+  <x:si>
+    <x:t>cup</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pepco</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PLU 624338, PLU 624338</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Migration of color into the simultaneous liquid and peeling of color from the product can affect the healthiness of food products, i.e. the health of consumers.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hobby/sports equipment</x:t>
+  </x:si>
+  <x:si>
+    <x:t>pool</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bestwey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5612x, 56438, 56420</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Drowning</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">            The product has straps that can be wrapped around the pool on the outside of the support posts and can create a foothold allowing a child to enter the pool, increasing the risk of falling in and drowning.
+        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blender</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vox</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8606019600860</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TM-6008</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">The products have a lid locking system that is supposed to prevent the blender from operating unless the lid is properly in place and closed. If the lid locking mechanism on the blender does not meet the safety requirements of the standard, the user could accidentally or intentionally put their hand into the blender while it is operating and get injured.
+        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>porcelain cups</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Excelsa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>/</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">            Due to the excess migration of lead and cadmium, the product does not comply with the requirements relating to ceramic products intended for contact with food, and has a negative impact on the health and safety of users.
+        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>OPEL/Vauxhall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zafira, Vivaro</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A malfunction may occur in the system that monitors AD BLUE consumption, which can cause poor exhaust emissions and negatively affect the environment.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Opel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Astra L, Corsa, Frontera, Grandland X, Grandland V2, Mokka</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fuel leakage may occur between the high-pressure pump and the manifold due to poor tightening of the mounting bolts, which may cause a fire risk.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grandland X, Mokka</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Germany</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Due to poor BSI coding, STOP-START does not function, which may lead to increased CO2 emissions and environmental risks.       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Peugeot</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Traveller, Expert</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">            The affected vehicles may have a fault in the systems that control AD ​​BLUE consumption. This fault may result in excessive or insufficient AD BLUE consumption, which may cause poor emissions and have a negative impact on the environment.
+        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>208 V2, 308 V3, 408, 2008 V2, 3008 V2, 3008 V3, 5008 V2, 5008 V3</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">There is a possibility of a fuel leak in the high-pressure fuel line, between the high-pressure pump and the manifold, which could lead to a fire.         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Volkswagen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>93FK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Touareg CR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Slovakia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>During the charging process of a high-voltage battery, in individual cases, the battery cells may overheat, which can, as a result, lead to a fire.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1, 2, 2 Active Tourer/Gran Tourer, 3, 3 Saloon/Touring/GT, 4, 5, 5 Gran Turismo, 6, X1, X3, X5, X6</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">On the affected vehicles, due to a potentially faulty driver's airbag gas generator and increased pressure in the system, it may be activated in the event of a traffic accident, accompanied by a rupture of the casing and the release of chips, which may cause injuries to the occupants.    </x:t>
+  </x:si>
+  <x:si>
+    <x:t>X1, X2, 1 series, 2 series</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">In the affected vehicles, due to a defect in the automatic seat belt tensioner mechanism on the rear seat, during sudden maneuvering or a traffic accident, its functionality may be limited and, consequently, injuries to passengers may occur.        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>QASHQAI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United Kingdom of Great Britain and Northern Ireland (the)</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">            A small number of affected vehicles may experience fuel hose movement. In extremely rare cases, hose movement can lead to fuel leaks and the possibility of a fire.
+        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Montenegro</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Električni fen za kosu</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nova</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6901234590357</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NV-9035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Burns, Electric shock</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Korisnik može priključiti fen za kosu na strujnu mrežu u kupatilu bez instaliranog RSD zaštitnog uređaja. Pretpostavka je da većina domaćinstava nema RCD. Pod u kupatilu je mokar ili je kupatzilo veoma vlažno. Korisnik počinje da koristi fen za kosu tako što pritisne dugmer UKLJUČENO: Pojavčljuje se curenje struje i korisnik doživi električni udar.
+        </x:t>
+  </x:si>
+  <x:si>
     <x:t>USB charger</x:t>
   </x:si>
   <x:si>
-    <x:t>unknown</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1204202164211</x:t>
   </x:si>
   <x:si>
     <x:t>article code: 19RTH642-1</x:t>
   </x:si>
   <x:si>
-    <x:t>China</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Burns; Injuries</x:t>
   </x:si>
   <x:si>
     <x:t>Fire, Injuries</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> The charger explosion has been reported, posing a potential safety risk.</x:t>
   </x:si>
   <x:si>
-    <x:t>Montenegro</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Clothing, textiles and fashion items</x:t>
   </x:si>
   <x:si>
     <x:t>Dječija trenerka dvodjelna</x:t>
   </x:si>
   <x:si>
     <x:t>-</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>/</x:t>
   </x:si>
   <x:si>
     <x:t>Choking</x:t>
   </x:si>
   <x:si>
     <x:t>Choking, Injuries</x:t>
   </x:si>
   <x:si>
     <x:t>Navedeni odjevni predmeti u normalnim ili razumno predvidljivim uslovima upotrebe moraju biti sigurni odnosno ne smiju predstavljati nikakav rizik spojiv sa upotrebom proizvoda. Djeca kao posebno osjetljiva kategorija potrošača u svojoj igri moraju biti sigurna. Dječja odjeća sa vrpcama i vezicama predstavlja opasnost koja može da se završi smrtnim ishodom. Naime, vezice sa slobodnim krajevima u predjelu glave i vrata nijesu dozvoljene, kao ni duga funkcionalna vezica struku gdje nije pričvršćena za odjevni</x:t>
   </x:si>
   <x:si>
     <x:t>Lighting equipment</x:t>
   </x:si>
   <x:si>
     <x:t>Prenosna dječija svjetiljka Lambario</x:t>
   </x:si>
   <x:si>
     <x:t>Lambario</x:t>
   </x:si>
   <x:si>
     <x:t>8605036677855</x:t>
   </x:si>
   <x:si>
     <x:t>LTO2-68</x:t>
   </x:si>
@@ -138,453 +501,378 @@
   </x:si>
   <x:si>
     <x:t>Burns</x:t>
   </x:si>
   <x:si>
     <x:t>Burns, Electric shock, Fire</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Kontrolisani proizvod – prenosna dječija svjetiljka predstavlja opasan proizvod sa ozbiljnim rizikom jer nije bezbjedna za djecu, kao najosetljiviju kategoriju korisnika, jer ne zadovoljava konstrukcijske zahtjeve. Prilaz sijalici je otvoren, tako da dijete može doći u kontakt sa djelovima koji su pod naponom, koji može izazvati strujni udar ili opekotine. 
         </x:t>
   </x:si>
   <x:si>
     <x:t>LTO2-77</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">                        Kontrolisani proizvod – prenosna dječija svjetiljka predstavlja opasan proizvod sa ozbiljnim rizikom jer nije bezbjedna za djecu, kao najosetljiviju kategoriju korisnika, jer ne zadovoljava konstrukcijske zahtjeve. Prilaz sijalici je otvoren, tako da dijete može doći u kontakt sa djelovima koji su pod naponom, koji može izazvati strujni udar ili opekotine.
         </x:t>
   </x:si>
   <x:si>
     <x:t>Kišna kananica za djecu robne marke “EVA”</x:t>
   </x:si>
   <x:si>
     <x:t>EVA</x:t>
   </x:si>
   <x:si>
-    <x:t/>
-[...1 lines deleted...]
-  <x:si>
     <x:t xml:space="preserve">Izvršena je procjena rizika - Navedeni odjevni predmeti u normalnim ili razumno predvidljivim uslovima upotrebe moraju biti sigurni, odnosno ne smiju predstavljati nikakav rizik spojiv sa upotrebom proizvoda. Djeca kao posebno osjetljiva kategorija potrošača u svojoj igri moraju biti sigurna. Dječja odjeća sa vrpcama i vezicama predstavlja opasnost koja može da se završi smrtnim ishodom. Naime, vezice sa slobodnim krajevima predstavljaju rizik, jer ih dijete može zategnuti sebi oko vrat    
         </x:t>
   </x:si>
   <x:si>
     <x:t>Kupaći kostim za djevojčice, bikini, robne marke "Z.Five", N203</x:t>
   </x:si>
   <x:si>
     <x:t>Z.Five</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Izvršena je procjena rizika - Navedeni odjevni predmeti u normalnim ili razumno predvidljivim uslovima upotrebe moraju biti sigurni, odnosno ne smiju predstavljati nikakav rizik spojiv sa upotrebom proizvoda. Djeca kao posebno osjetljiva kategorija potrošača u svojoj igri moraju biti sigurna. Dječja odjeća sa vrpcama i vezicama predstavlja opasnost koja može da se završi smrtnim ishodom. Naime, vezice sa slobodnim krajevima predstavljaju rizik, jer ih dijete može zategnuti sebi oko vrata 
         </x:t>
   </x:si>
   <x:si>
     <x:t>Kupaći kostim za djevojčice, bikini, robne marke "Z.Five" 2</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Izvršena je procjena rizika - Navedeni odjevni predmeti u normalnim ili razumno predvidljivim uslovima upotrebe moraju biti sigurni, odnosno ne smiju predstavljati nikakav rizik spojiv sa upotrebom proizvoda. Djeca kao posebno osjetljiva kategorija potrošača u svojoj igri moraju biti sigurna. Dječja odjeća sa vrpcama i vezicama predstavlja opasnost koja može da se završi smrtnim ishodom. Naime, vezice sa slobodnim krajevima predstavljaju rizik, jer ih dijete može zategnuti sebi oko vrat</x:t>
   </x:si>
   <x:si>
     <x:t>Albania</x:t>
   </x:si>
   <x:si>
-    <x:t>Kitchen/cooking accessories</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Glass mugs</x:t>
   </x:si>
   <x:si>
     <x:t>Sinsay</x:t>
   </x:si>
   <x:si>
     <x:t>578ES-MLC-ONE</x:t>
   </x:si>
   <x:si>
     <x:t>Health risk / other</x:t>
   </x:si>
   <x:si>
     <x:t>Chemical, Health risk / other</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Risk decision-Potentially serious       
         </x:t>
   </x:si>
   <x:si>
-    <x:t>Childcare articles and children's equipment</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Silicone plate dalmatian dots</x:t>
   </x:si>
   <x:si>
     <x:t>Elodie</x:t>
   </x:si>
   <x:si>
     <x:t>7333222020901</x:t>
   </x:si>
   <x:si>
     <x:t>BR78611</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Chemical</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Risk decision: Potential risk
         </x:t>
   </x:si>
   <x:si>
     <x:t>Dječija kolica u 4 boje AD23-0175</x:t>
   </x:si>
   <x:si>
     <x:t>Nepoznat.</x:t>
   </x:si>
   <x:si>
     <x:t>6432000189564</x:t>
   </x:si>
   <x:si>
     <x:t>AD23-0175</x:t>
   </x:si>
   <x:si>
-    <x:t>Injuries</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Dječija kolica predstavljaju rizik od ozljede jer sustav za vezivanje ne posjeduje međunožnu vezu.</x:t>
   </x:si>
   <x:si>
     <x:t>Dječija kolica kišobran Grey Basic Kathie</x:t>
   </x:si>
   <x:si>
     <x:t>3852441710508</x:t>
   </x:si>
   <x:si>
     <x:t>Br.modela: 6097014; Šifra artikla: LC 1726</x:t>
   </x:si>
   <x:si>
     <x:t>Laser pointers</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Ласерска играчка пиштољ Airsoft gun 007A </x:t>
   </x:si>
   <x:si>
     <x:t>Airsoft gun 007A</x:t>
   </x:si>
   <x:si>
     <x:t>Damage to sight; Injuries</x:t>
   </x:si>
   <x:si>
     <x:t>Damage to sight, Injuries</x:t>
   </x:si>
   <x:si>
     <x:t>Ласерски производ представља ризик од повреде ока и оштећења вида јер је измјерена средња снага ласерског снопа већа од дозвољене.</x:t>
   </x:si>
   <x:si>
     <x:t>Kupaći kostim za djevojčice, bikini, robne marke "Z.Five”</x:t>
   </x:si>
   <x:si>
     <x:t>.</x:t>
   </x:si>
   <x:si>
     <x:t>Produžni kabal Power Socket</x:t>
   </x:si>
   <x:si>
     <x:t>Power Socket</x:t>
   </x:si>
   <x:si>
     <x:t>petostruka utičnica</x:t>
   </x:si>
   <x:si>
-    <x:t>Electric shock</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Nedostatak zatvarača/zaštitnih poklopaca na utičnicama može izazvati opasnost jer proizvodi ne pružaju zaštitu od kontakta sa naponom, pa po procjeni rizika inspektora ovako konstruisani proizvodi mogu dovesti do strujnog udara, što je naročito opasno za malu djecu, koja istražujući prostor oko sebe mogu da dođu u kontakt sa ovakvom vrstom proizvoda, što može dovesti do strujnog udara, kao i smrti.</x:t>
   </x:si>
   <x:si>
     <x:t>Produžni kabal KOTA</x:t>
   </x:si>
   <x:si>
     <x:t>KOTA</x:t>
   </x:si>
   <x:si>
     <x:t>8961245140659</x:t>
   </x:si>
   <x:si>
     <x:t>trostruka utičnica</x:t>
   </x:si>
   <x:si>
     <x:t>Produžni kabal EkoPriz</x:t>
   </x:si>
   <x:si>
     <x:t>EkoPriz</x:t>
   </x:si>
   <x:si>
     <x:t>Podsklop za produžni kabl</x:t>
   </x:si>
   <x:si>
     <x:t>Elmark USA</x:t>
   </x:si>
   <x:si>
     <x:t>3800131225818</x:t>
   </x:si>
   <x:si>
     <x:t>192129/WH PS-13</x:t>
   </x:si>
   <x:si>
     <x:t>Bulgaria</x:t>
   </x:si>
   <x:si>
     <x:t>Extension cord set</x:t>
   </x:si>
   <x:si>
     <x:t>3G 3x0.7 m</x:t>
   </x:si>
   <x:si>
-    <x:t>Electric shock, Fire</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>The extension cord is a risk of electric shock and fire.</x:t>
   </x:si>
   <x:si>
     <x:t>Lighting chains</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Svijetleći niz LED MultiFunction</x:t>
   </x:si>
   <x:si>
     <x:t>MultiFunction</x:t>
   </x:si>
   <x:si>
-    <x:t>Fire</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Visok prelazni otpor između kontakata, uzrokuje visoku temperaturu, što može izazvati požar.</x:t>
   </x:si>
   <x:si>
     <x:t>Svijetleći lanac Sneško</x:t>
   </x:si>
   <x:si>
     <x:t>nepoznat</x:t>
   </x:si>
   <x:si>
     <x:t>Požar</x:t>
   </x:si>
   <x:si>
     <x:t>Protective equipment</x:t>
   </x:si>
   <x:si>
     <x:t>Mišići za plivanje Intex Dinosaur 56664EU</x:t>
   </x:si>
   <x:si>
     <x:t>Intex</x:t>
   </x:si>
   <x:si>
     <x:t>6941057420264</x:t>
   </x:si>
   <x:si>
     <x:t>Dinosaur 56664EU</x:t>
   </x:si>
   <x:si>
-    <x:t>Drowning</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Drowning, Injuries</x:t>
   </x:si>
   <x:si>
     <x:t>The armbands have a protruding part in the shape of a dinosaur. A child wearing the armbands while swimming could drown if the protruding part gets stuck and causes the child to become trapped or immobilised.</x:t>
   </x:si>
   <x:si>
     <x:t>Blenders</x:t>
   </x:si>
   <x:si>
     <x:t>Food blender Vox, type TM-6008</x:t>
   </x:si>
   <x:si>
-    <x:t>Vox</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Serious risk of injuries</x:t>
   </x:si>
   <x:si>
-    <x:t>Serbia</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Proace, Proace Verso</x:t>
   </x:si>
   <x:si>
-    <x:t>France</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>On affected vehicles, there is a bug in certain software calibrations of the engine control unit (ECU), which results in an incorrect IUPR value when reading data from the vehicle. As a result, the vehicle could exceed emission limits before the driver is warned.</x:t>
   </x:si>
   <x:si>
-    <x:t>BMW</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>X5; X6; X7; 7; 8; 3</x:t>
   </x:si>
   <x:si>
-    <x:t>Germany</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Due to moisture penetrating the starter relay of the power unit, corrosion and impaired flow of electricity may occur, which can lead to difficult starting and, in emergency cases, to overheating of the component and the appearance of flames.</x:t>
   </x:si>
   <x:si>
     <x:t>Land Cruiser, Mirai, Prius, RAV4, ES, LBX, UX, BZ4X, Highlander, LC, LM, NX, RX, RZ</x:t>
   </x:si>
   <x:si>
-    <x:t>Japan</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Software in the ECU unit can cause problems with the image from the rear camera, which can lead to injuries to road users.</x:t>
   </x:si>
   <x:si>
     <x:t>Audi</x:t>
   </x:si>
   <x:si>
     <x:t>A8, Q7, Q8 Typ 4L i F8</x:t>
   </x:si>
   <x:si>
     <x:t>Due to a software flaw, when charging the battery, individual battery cells may overheat, which could lead to a fire.</x:t>
   </x:si>
   <x:si>
     <x:t>1, 2, 3, 4, 5, 6, 7, X3, X4, X5, X6, X7, Z4, 3Li Limousine</x:t>
   </x:si>
   <x:si>
     <x:t>Due to moisture penetrating the starter relay, it may cause a difficult flow of electricity and overheating of the component, which may prevent the engine from starting, and in extreme cases it may overheat to a level that can cause a flame to appear.</x:t>
   </x:si>
   <x:si>
     <x:t>A6, A7, Q5 Type F2</x:t>
   </x:si>
   <x:si>
     <x:t>Due to a software error, individual battery cells may overheat when charging, which could lead to a fire.</x:t>
   </x:si>
   <x:si>
-    <x:t>Hyundai</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>I20, Bayon</x:t>
   </x:si>
   <x:si>
     <x:t>There is a possibility of the fuel pump becoming less efficient or failing, which increases the risk of injury if the vehicle comes to a sudden stop.</x:t>
   </x:si>
   <x:si>
     <x:t>porcelain plate</x:t>
   </x:si>
   <x:si>
-    <x:t>Pepco</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>PLU 620736</x:t>
   </x:si>
   <x:si>
     <x:t>Due to the excess migration of lead, the product does not comply with the requirements relating to ceramic products intended for contact with food, and has a negative impact on the health and safety of users.</x:t>
   </x:si>
   <x:si>
     <x:t>A6, A7 (Typ F2), Q7, Q8 (Typ 4M)</x:t>
   </x:si>
   <x:si>
     <x:t>There is a possibility that the fastening element is not installed in the belt buckle of the front seat belt buckles. In the event of an accident, an inadequately fastened belt buckle cannot apply the required retaining force, which could lead to injuries to the vehicle occupants.</x:t>
   </x:si>
   <x:si>
     <x:t>tractor</x:t>
   </x:si>
   <x:si>
     <x:t>CASE IH</x:t>
   </x:si>
   <x:si>
     <x:t>Puma, Maxxum, Farmall, Quantum</x:t>
   </x:si>
   <x:si>
-    <x:t>Austria</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>In the affected vehicles, accelerated wear of the teeth on the handbrake mechanism gear may occur, which may lead to loss of function. A malfunction of the handbrake may lead to uncontrolled movement of the vehicle and even injury to the user.</x:t>
   </x:si>
   <x:si>
     <x:t>bowl</x:t>
   </x:si>
   <x:si>
     <x:t>PLU 620734</x:t>
   </x:si>
   <x:si>
-    <x:t>Hobby/sports equipment</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>basketball hoop</x:t>
   </x:si>
   <x:si>
     <x:t>Tarmak</x:t>
   </x:si>
   <x:si>
     <x:t>B900 BOX NBA</x:t>
   </x:si>
   <x:si>
     <x:t>Portugal</x:t>
   </x:si>
   <x:si>
     <x:t>Several products - baskets in this series had the wrong handle, i.e. the handle that lifts the basket was not of the correct thickness and height. If the red handle, which is used to adjust the height, is removed during use or handling of the product, the pole may fall vertically, which may lead to injury to the user.</x:t>
   </x:si>
   <x:si>
     <x:t>mug</x:t>
   </x:si>
   <x:si>
     <x:t>PLU 620733</x:t>
   </x:si>
   <x:si>
     <x:t>Mercedes-Benz</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">GLC-Class, C-Class. EQE-Class </x:t>
   </x:si>
   <x:si>
     <x:t>A defect between the steering rack and steering box connection can lead to their separation and an increased risk of injury to road users.</x:t>
   </x:si>
   <x:si>
     <x:t>Kubota</x:t>
   </x:si>
   <x:si>
     <x:t>М6131 Utility</x:t>
   </x:si>
   <x:si>
     <x:t>There is a possibility of air bubbles appearing in the hydraulic oil of the brake system, which leads to unsafe driving conditions and increases the risk of injury.</x:t>
   </x:si>
   <x:si>
-    <x:t>Peugeot</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>3008, 5008</x:t>
   </x:si>
   <x:si>
     <x:t>Poor attachment of the auxiliary heater installation terminals to the 48V battery can cause damage to the installation and malfunction of the auxiliary heater, which can increase the risk of fire.</x:t>
   </x:si>
   <x:si>
     <x:t>Toyota/ Lexus</x:t>
   </x:si>
   <x:si>
     <x:t>UX300e</x:t>
   </x:si>
   <x:si>
     <x:t>The heating, ventilation and air conditioning (HVAC) system also controls the windshield defrosting function; due to the way the software is programmed, the HVAC system enters a failsafe mode that stops the heater and affects the defrosting function; when the vehicle is used in certain low temperatures, defrosting performance is reduced and the system may not remove snow, ice and/or fog from the windshield, which reduces visibility and increases the risk of injury.</x:t>
   </x:si>
   <x:si>
     <x:t>X3</x:t>
   </x:si>
   <x:si>
     <x:t>United States of America (the)</x:t>
   </x:si>
   <x:si>
     <x:t>Due to a manufacturing defect, the rear seat headrests in the affected vehicles may lose proper support, which in extreme cases could cause injuries to passengers in a traffic accident.</x:t>
   </x:si>
   <x:si>
     <x:t>Štitnici za rolanje Firefly Leisureline Jr. 2.0</x:t>
@@ -649,53 +937,50 @@
   <x:si>
     <x:t>Vito, Viano</x:t>
   </x:si>
   <x:si>
     <x:t>There is a possibility of the airbag deploying inadequately, which could lead to injuries to the vehicle occupants.</x:t>
   </x:si>
   <x:si>
     <x:t>Actros, Arocs</x:t>
   </x:si>
   <x:si>
     <x:t>Improper threading on a vehicle's suspension can lead to an increased risk of accidents, as the vehicle may pull to the side when braking.</x:t>
   </x:si>
   <x:si>
     <x:t>Fiat</x:t>
   </x:si>
   <x:si>
     <x:t>600</x:t>
   </x:si>
   <x:si>
     <x:t>Poland</x:t>
   </x:si>
   <x:si>
     <x:t>Fuel leakage may occur on the high-pressure pipe, between the high-pressure pump and the rail, due to loosening of the nuts. This can lead to increased fuel consumption and, in the worst case scenario, a potential fire in the vehicle.</x:t>
   </x:si>
   <x:si>
-    <x:t>Alfa Romeo</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Junior MHEV</x:t>
   </x:si>
   <x:si>
     <x:t>Jeep</x:t>
   </x:si>
   <x:si>
     <x:t>Avenger</x:t>
   </x:si>
   <x:si>
     <x:t>Kosovo*</x:t>
   </x:si>
   <x:si>
     <x:t>Extension cord</x:t>
   </x:si>
   <x:si>
     <x:t>FUTOU</x:t>
   </x:si>
   <x:si>
     <x:t>E03</x:t>
   </x:si>
   <x:si>
     <x:t>Electric shock; Fire</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">As it may see from the Test Report, the product does not fulfill the resistance to heat, and because of that it may cause a electric shock and fire.  </x:t>
@@ -733,114 +1018,102 @@
   <x:si>
     <x:t>The mechanical components of the tractor's handbrake (the notches on the gear) wear out quickly, leading to loss of function. The vehicle may move uncontrollably, leading to a risk of injury.</x:t>
   </x:si>
   <x:si>
     <x:t>Food blender Raf type R.2822B</x:t>
   </x:si>
   <x:si>
     <x:t>R.2822B</x:t>
   </x:si>
   <x:si>
     <x:t>Electric shock; Fire; Injuries</x:t>
   </x:si>
   <x:si>
     <x:t>Serious risk of electric shock, fire and injuries</x:t>
   </x:si>
   <x:si>
     <x:t>motorcycle</x:t>
   </x:si>
   <x:si>
     <x:t>Ducati</x:t>
   </x:si>
   <x:si>
     <x:t>Panigale V4 STD-S-R-SL-SP, Streetfighter V4 STD-S-SP</x:t>
   </x:si>
   <x:si>
-    <x:t>Italy</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>The rear wheel axle may lose its structural integrity and break, which can lead to loss of control of the motorcycle and increase the risk of a crash.</x:t>
   </x:si>
   <x:si>
     <x:t>LBX, LM350h, C-HR, Corolla, Corolla Cross, GR Yaris, Highlander, RAV4, Yaris, Yaris Cross</x:t>
   </x:si>
   <x:si>
     <x:t>Due to improper programming of the combined instrument, unnecessary excessive data writing occurs during the operation of the monitor to the memory device inside the instrument, which leads to its failure. If this occurs, the screen will not be displayed after switching on the ignition (IG-ON) and will remain in that state permanently. Driving without displaying the speedometer and any warnings may lead to an increased risk of a traffic accident in certain driving conditions.</x:t>
   </x:si>
   <x:si>
     <x:t>Children's raincoat</x:t>
   </x:si>
   <x:si>
     <x:t>McKinley</x:t>
   </x:si>
   <x:si>
     <x:t>Lambaol II jrs</x:t>
   </x:si>
   <x:si>
     <x:t>Bangladesh</x:t>
   </x:si>
   <x:si>
     <x:t>Strangulation</x:t>
   </x:si>
   <x:si>
     <x:t>The product - a children's raincoat has drawstrings on the hood that are longer than the values ​​specified in the standard SRPS EN 14682:2016 Safety of children's clothing - Cords and drawstrings for children's clothing - Specifications, which may pose a risk of strangulation to children wearing it.</x:t>
   </x:si>
   <x:si>
     <x:t>Proace, Proace Verso, Proace City, Proace City Verso</x:t>
   </x:si>
   <x:si>
     <x:t>There is a software calibration error in the Electronic Control Unit (ECU) of certain diesel engines (1.5L and 2.0L Euro 6.2). As a result, the Malfunction Indicator Lamp (MIL) may not activate in the event of a malfunction in the Selective Catalytic Reduction (SCR) system and/or Diesel Particulate Filter (DPF), resulting in non-compliance with exhaust emission regulations.</x:t>
   </x:si>
   <x:si>
-    <x:t>Opel</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Fuel leakage may occur on the high-pressure fuel pipe due to poor tightening torque of the fastening collar, which could lead to a fire.</x:t>
   </x:si>
   <x:si>
     <x:t>passenger van</x:t>
   </x:si>
   <x:si>
     <x:t>There is a possibility that the vehicles covered by this campaign may have excessive corrosion on the front suspension fork bolt, due to a combination of design and environmental factors. As a result, the bolt may fail, which could affect the vehicle's handling and increase the risk of a traffic accident.</x:t>
   </x:si>
   <x:si>
     <x:t>Powerbank</x:t>
   </x:si>
   <x:si>
     <x:t>Xiaomi</x:t>
   </x:si>
   <x:si>
     <x:t>PB2030MI</x:t>
   </x:si>
   <x:si>
     <x:t>Technical tests conducted by the battery cell supplier revealed the presence of metal particles that should not be present in the battery cells. Based on the findings, it was determined that there is a possibility that the product – the power bank – may exhibit a malfunction in certain usage scenarios, which could potentially lead to the battery overheating, and therefore pose a risk of fire.</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>208 V2, 308 V3, 408, 2008 V2, 3008 V2, 3008 V3, 5008 V2, 5008 V3</x:t>
   </x:si>
   <x:si>
     <x:t>Due to poor tightening torque of the fastening collar, fuel leakage may occur on the high-pressure fuel pipe, which poses a potential fire hazard.</x:t>
   </x:si>
   <x:si>
     <x:t>308 1,6l Euro 6.1</x:t>
   </x:si>
   <x:si>
     <x:t>Due to poor calibration of the engine computer software, low temperatures and poor exhaust emissions may occur, which poses a risk to the environment.</x:t>
   </x:si>
   <x:si>
     <x:t>Combo, Corsa, Crossland X, Grandland X, Zafira, Vivaro and Movano</x:t>
   </x:si>
   <x:si>
     <x:t>Due to poor calibration of the engine computer software, a diagnostic light may illuminate, which may cause the vehicle to operate without the necessary warning, resulting in emissions above regulatory limits.</x:t>
   </x:si>
   <x:si>
     <x:t>Proace Max, Proace Max BEV</x:t>
   </x:si>
   <x:si>
     <x:t>When the driver deactivates and reactivates the automatic emergency braking (AEB) system during the same journey, the system will remain deactivated without any warning via the indicator lamp. This leads to non-compliance with legal requirements and may increase the risk of an accident. After switching off and restarting the engine, AEB will be active again.</x:t>
   </x:si>
   <x:si>
     <x:t>208, 301, 308, 508, 2008, 3008, 5008, Rifter, Partner, Traveller, Expert, Boxer</x:t>
   </x:si>
@@ -1041,65 +1314,59 @@
   <x:si>
     <x:t>PLU 614536</x:t>
   </x:si>
   <x:si>
     <x:t>Due to the possibility of small/small parts detaching from the jacket, which a child could put in the mouth, the use of the product poses a risk of choking.</x:t>
   </x:si>
   <x:si>
     <x:t>off-road vehicles</x:t>
   </x:si>
   <x:si>
     <x:t>Loncin</x:t>
   </x:si>
   <x:si>
     <x:t>LX1000AU/B/T3B</x:t>
   </x:si>
   <x:si>
     <x:t>There is a possibility of deformation or cracking of the front upper A-arms, which could negatively affect driving stability and cause injury to the user.</x:t>
   </x:si>
   <x:si>
     <x:t>Bomber jakna za bebe – dječake PLU 614536</x:t>
   </x:si>
   <x:si>
     <x:t>Proizvod predstavlja rizik od gušenja zbog mogućnosti odvajanja sitnih dijelova.</x:t>
   </x:si>
   <x:si>
-    <x:t>Honda</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>NC750</x:t>
   </x:si>
   <x:si>
     <x:t>There is a possibility that if the front tire is used beyond its normal limit, the inner surface may be damaged; in the worst case, the tire tread surface may gradually bulge, causing vibration and driving instability; there is no possibility that the tire will start to deflate.</x:t>
   </x:si>
   <x:si>
     <x:t>Koleos</x:t>
   </x:si>
   <x:si>
-    <x:t>Korea (the Republic of)</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>On the affected vehicles, there is a possibility of a fuel leak at the fuel supply pipe in the engine compartment, which could, if the fuel comes into contact with hot engine parts, cause a fire.</x:t>
   </x:si>
   <x:si>
     <x:t>69R7</x:t>
   </x:si>
   <x:si>
     <x:t>A4, A4 Cabrio, RS4, A6, RS6</x:t>
   </x:si>
   <x:si>
     <x:t>According to manufacturer Takata, the airbag inflator in the affected Takata airbags may rupture when deployed during a crash. This is due to the aging of the propellant under the influence of moisture and temperature, which can lead to accelerated combustion of the propellant in the inflator and excessive pressure in the inflator.</x:t>
   </x:si>
   <x:si>
     <x:t>A3, A4 Cabrio</x:t>
   </x:si>
   <x:si>
     <x:t>Due to the aging of the fuel due to extreme environmental influences (humidity, temperature), when the TAKATA airbag is activated, the housing may rupture, which may cause injuries to the passengers.</x:t>
   </x:si>
   <x:si>
     <x:t>Ласерски уређај Laser indoor laser projector</x:t>
   </x:si>
   <x:si>
     <x:t>Ласерски показивач у облику кључа за возило</x:t>
   </x:si>
   <x:si>
     <x:t>KIA</x:t>
@@ -1113,108 +1380,96 @@
   <x:si>
     <x:t>Staklene čaše "Villeroy &amp; Boch AD Germany"</x:t>
   </x:si>
   <x:si>
     <x:t>"Villeroy &amp; Boch AD Germany"</x:t>
   </x:si>
   <x:si>
     <x:t>4003686439580</x:t>
   </x:si>
   <x:si>
     <x:t>"Happy as a Bear" i ""Walk like a Elephant" i "Roar like a Lion",</x:t>
   </x:si>
   <x:si>
     <x:t>Cuts</x:t>
   </x:si>
   <x:si>
     <x:t>Cuts, Health risk / other, Injuries</x:t>
   </x:si>
   <x:si>
     <x:t>Proace City, Proace</x:t>
   </x:si>
   <x:si>
     <x:t>On certain vehicles equipped with a 1.5L diesel engine, there is a possibility that the camshaft chain may wear prematurely. Premature wear is primarily due to the design of the chain itself, and can lead to excessive tension at high speeds and high engine loads. As a result, an unusual noise may occur, and there is a risk of the chain breaking. If this occurs, the engine will stall, which increases the risk of injury.</x:t>
   </x:si>
   <x:si>
-    <x:t>Volkswagen</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Golf, Golf Variant</x:t>
   </x:si>
   <x:si>
     <x:t>The passenger seat has seat belt systems installed that may not be properly secured to the anchorage point near the lower B-pillar. If the lower anchorage point of the seat belt system is not secured, the effectiveness of the seat belt is severely restricted, which could endanger the occupants of the passenger seat.</x:t>
   </x:si>
   <x:si>
     <x:t>children's cups</x:t>
   </x:si>
   <x:si>
     <x:t>Villeroy &amp; Boch</x:t>
   </x:si>
   <x:si>
     <x:t>70133799</x:t>
   </x:si>
   <x:si>
     <x:t>Hungry as a Bear, Happy as a Bear, Roar like a Lion and Walk like an Elephant</x:t>
   </x:si>
   <x:si>
     <x:t>Material testing by the manufacturer has shown that the stress that occurs during the molding process of the raw glass is too high. As a result, when pressure is applied to the inside of the glass, the glass can break and the user can be cut.</x:t>
   </x:si>
   <x:si>
     <x:t>Children's cap</x:t>
   </x:si>
   <x:si>
     <x:t>PLU 603500</x:t>
   </x:si>
   <x:si>
     <x:t>The button on the cap can easily detach from the product, creating a small part that a child could put in the mouth, which could lead to choking.</x:t>
   </x:si>
   <x:si>
-    <x:t>Škoda</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>CITY GO, FABIA, RAPID, YETI, OCTAVIA, SUPERB</x:t>
   </x:si>
   <x:si>
-    <x:t>Czechia</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>There was a manufacturing defect in the driver's airbag from a limited production period, as a result of which there is a risk of the plastic part of the airbag cracking, which when activated could lead to injury to the passenger.</x:t>
   </x:si>
   <x:si>
     <x:t>Other</x:t>
   </x:si>
   <x:si>
     <x:t>balloons</x:t>
   </x:si>
   <x:si>
     <x:t>PLU 599441</x:t>
   </x:si>
   <x:si>
     <x:t>As a result of the analyses, it was determined that the affected products do not meet the requirements of Directive 2009/48/EC on the safety of toys due to exceeding the permitted content of N-nitrosamines in the balloon material.</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Motorcycle</x:t>
   </x:si>
   <x:si>
     <x:t>CB125NA, CBF250NA, CBF300NA</x:t>
   </x:si>
   <x:si>
     <x:t>The headlights have a design in which the internal panels can resonate, due to engine vibration and during driving, due to deficiencies in certain standards among suppliers. Intermittent flickering and turning off of the headlights can lead to injuries to road users.</x:t>
   </x:si>
   <x:si>
     <x:t>Portable charger</x:t>
   </x:si>
   <x:si>
     <x:t>Anker</x:t>
   </x:si>
   <x:si>
     <x:t>A1681, A1689, A1257, A1647</x:t>
   </x:si>
   <x:si>
     <x:t>In the affected Anker Power Banks, the APEX batteries installed in the device are overheating. A defect in the negative tab of the inner ring of the winding core and poor soldering of the negative electrode tabs can lead to overheating. Also, the Fe metal impurity in the positive electrode material exceeds the permitted standards.</x:t>
   </x:si>
   <x:si>
     <x:t>Pojas za penjanje PETZL SWAN EASYFIT</x:t>
   </x:si>
   <x:si>
     <x:t>Petzl</x:t>
   </x:si>
@@ -1579,81 +1834,75 @@
   <x:si>
     <x:t>Corsa, Combo, Mokka, Zafira, Vivaro</x:t>
   </x:si>
   <x:si>
     <x:t>Due to the hypersensitivity of the battery monitoring module software, the vehicle may lose drive, which increases the risk of accidents and injuries.</x:t>
   </x:si>
   <x:si>
     <x:t>Hand tools</x:t>
   </x:si>
   <x:si>
     <x:t>battery grease gun</x:t>
   </x:si>
   <x:si>
     <x:t>Makita</x:t>
   </x:si>
   <x:si>
     <x:t>DGP180z</x:t>
   </x:si>
   <x:si>
     <x:t>Romania</x:t>
   </x:si>
   <x:si>
     <x:t>The affected product model has a risk of hose rupture under high pressure, which could cause potential danger and injury to the user's fingers and hand if the product is used without protective equipment.</x:t>
   </x:si>
   <x:si>
-    <x:t>Lighting chain</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>LED Waterproof Light</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">The product is hazardous, posing risks of electric shock and fire due to its inadequate construction. The power cable between the plug and the first lamp is shorter than the minimum allowed. The product's insulation class is not permitted. The product is not properly marked, and any warnings are not included. </x:t>
   </x:si>
   <x:si>
     <x:t>children's bicycle</x:t>
   </x:si>
   <x:si>
     <x:t>Venera Bike</x:t>
   </x:si>
   <x:si>
     <x:t>LILOO16</x:t>
   </x:si>
   <x:si>
     <x:t>The LILOO16 children's bicycle model has been found to have slightly weaker brake efficiency, which may affect control while riding, which is why there is a possibility of reduced brake system efficiency, which poses a potential safety risk as the child may fall and be injured.</x:t>
   </x:si>
   <x:si>
     <x:t>Fabia</x:t>
   </x:si>
   <x:si>
     <x:t>There was a manufacturing defect in the passenger airbag from a limited production period, which poses a risk of the plastic part of the airbag cracking when it deploys, which could lead to injury to the passenger.</x:t>
   </x:si>
   <x:si>
     <x:t>Kuga</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Spain</x:t>
   </x:si>
   <x:si>
     <x:t>Due to a manufacturing defect, the internal battery separator may become damaged over time due to repeated cell charge and discharge cycles, which may lead to the development of an internal short circuit in the high-voltage battery cells, which may result in a loss of drive power, increasing the risk of accidents and injuries.</x:t>
   </x:si>
   <x:si>
     <x:t>Atmosphera for kids Toxey</x:t>
   </x:si>
   <x:si>
     <x:t>Atmosphera for kids</x:t>
   </x:si>
   <x:si>
     <x:t>3560233814555</x:t>
   </x:si>
   <x:si>
     <x:t>Meda</x:t>
   </x:si>
   <x:si>
     <x:t>Kontrolisani proizvod – prenosna dječija svjetiljka predstavlja opasan proizvod sa ozbiljnim rizikom jer nije bezbjedna za djecu, kao najosetljiviju kategoriju korisnika, jer ne zadovoljava konstrukcijske zahtjeve. Prilaz sijalici je otvoren, tako da dijete može doći u kontakt sa djelovima koji su pod naponom, koji može izazvati strujni udar ili opekotine.</x:t>
   </x:si>
   <x:si>
     <x:t>Prenosna dječija svjetiljka Atmosphera for kids, model Maca</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> 3560237585562</x:t>
   </x:si>
@@ -1748,59 +1997,53 @@
   <x:si>
     <x:t>208 II, 2008 II, Rifter, Partner, Traveller, Expert</x:t>
   </x:si>
   <x:si>
     <x:t>Incorrect information about battery voltage and temperature may cause a sudden loss of drive while driving, which could lead to injury.</x:t>
   </x:si>
   <x:si>
     <x:t>Berlingo, C4 III, C4X, Spacetourer, Jumpy</x:t>
   </x:si>
   <x:si>
     <x:t>Due to a software error, the drive motor may be left without power.</x:t>
   </x:si>
   <x:si>
     <x:t>Civic 4D, Civic Type R, Civic E:HEV, ZR-V E:HEV, CR-V E:HEV, CR-V P:HEV</x:t>
   </x:si>
   <x:si>
     <x:t>A decrease in the amount of grease in the steering wheel can lead to dangerous fluctuations in torque during vehicle steering, which can lead to injury to road users.</x:t>
   </x:si>
   <x:si>
     <x:t>Lexus/Toyota</x:t>
   </x:si>
   <x:si>
     <x:t>AURIS TMUK, C-HR TMMT, COROLLA TMUK, NX200, RX300</x:t>
   </x:si>
   <x:si>
-    <x:t>United Kingdom of Great Britain and Northern Ireland (the)</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>During initial inspections during previous campaigns, it was determined that some of the affected units may have been inspected by Toyota partners using the wrong version of software, leading to a potentially inaccurate assessment result; in this case, the affected high-pressure fuel pump assembly may not have been replaced where necessary, which could lead to fuel leakage and a potential fuel odor; in the presence of an ignition source, fuel leakage could lead to an increased risk of fire.</x:t>
   </x:si>
   <x:si>
-    <x:t>motocycle</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>CRF1100</x:t>
   </x:si>
   <x:si>
     <x:t>Due to incorrect program settings in the electronic control module, the wheel steering function may fail, when the user applies the throttle to accelerate, the wheel steering function may activate, which may affect throttle response and result in a lack of acceleration.</x:t>
   </x:si>
   <x:si>
     <x:t>Austral</x:t>
   </x:si>
   <x:si>
     <x:t>The absence of a warning on the instrument panel in the event of a failure in the brake control system can cause injuries to road users.</x:t>
   </x:si>
   <x:si>
     <x:t>There is a possibility that some front and/or rear passenger seat fixings have reduced strength; this is because the thread of the fixing nuts is out of specification; as a result, this could lead to unexpected movement of the seat in the event of an accident and increase the risk of injury.</x:t>
   </x:si>
   <x:si>
     <x:t>Mazda</x:t>
   </x:si>
   <x:si>
     <x:t>CX-60 (KH) T3M Hybrid</x:t>
   </x:si>
   <x:si>
     <x:t>When the vehicle is stopped by pressing the brake pedal hard, the clutch/coupling that connects the SUS engine to the electric motor may remain in a separated position even after stopping, due to a malfunction in the control function during deceleration; when this happens, power from the SUS engine cannot be transmitted to the wheels and the vehicle cannot move, even when the accelerator pedal is pressed.</x:t>
   </x:si>
   <x:si>
     <x:t>Civic, Civic Type R, ZR-V, CR-V</x:t>
@@ -1920,53 +2163,50 @@
     <x:t>OPTIMA</x:t>
   </x:si>
   <x:si>
     <x:t>A brake fluid leak can cause an electrical short circuit while the vehicle is running, which can cause an electrical overload in the ABS module, and cause the hydraulic electronic control unit (HECU) to remain energized even when the vehicle is turned off. Moisture ingress into the HECU can also cause an electrical short circuit and fire in the engine compartment.</x:t>
   </x:si>
   <x:si>
     <x:t>S 1000; M1000 - RR, XR</x:t>
   </x:si>
   <x:si>
     <x:t>The powertrain filter, due to vibrations at high speeds, can loosen and separate from its seat, which can cause a large engine oil leak, which can be found on the tires, and cause the motorcycle to skid.</x:t>
   </x:si>
   <x:si>
     <x:t>S-Class</x:t>
   </x:si>
   <x:si>
     <x:t>It has been discovered that the engine control unit software may not be built to the manufacturer's specifications, which could lead to increased exhaust gas temperatures and damage to surrounding components (engine wiring harness, catalytic converter). This could result in a sudden loss of power without warning, as well as a risk of fire. Legal exhaust emission limits may also be exceeded.</x:t>
   </x:si>
   <x:si>
     <x:t>Husqvarna</x:t>
   </x:si>
   <x:si>
     <x:t>125, 150, 250, 300, 350, 450, 501, FC, FE, FKS, HKV, TC, TE, TKS</x:t>
   </x:si>
   <x:si>
     <x:t>Due to a manufacturing error (irregularities in the cast structure of the brake caliper), it may fail, which may lead to injuries to road users.</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Slovakia</x:t>
   </x:si>
   <x:si>
     <x:t>A brake fluid leak can cause an electrical short circuit while the vehicle is running, which can cause an electrical overload in the ABS module, and cause the hydraulic electronic control unit (HECU) to remain energized even when the vehicle is turned off; moisture ingress into the HECU can also cause an electrical short circuit and fire in the engine compartment.</x:t>
   </x:si>
   <x:si>
     <x:t>car mat</x:t>
   </x:si>
   <x:si>
     <x:t>Jumbo</x:t>
   </x:si>
   <x:si>
     <x:t>463687000037</x:t>
   </x:si>
   <x:si>
     <x:t>CAR MAT SET</x:t>
   </x:si>
   <x:si>
     <x:t>Testing of the product revealed the presence of bis(2-ethylhexyl)-phthalate at a concentration of 3.21 ± 0.36%; the toxicity of the product adversely affects reproduction (category 1B) and has the property of an endocrine disruptor.</x:t>
   </x:si>
   <x:si>
     <x:t>Porsche-3</x:t>
   </x:si>
   <x:si>
     <x:t>Taycan</x:t>
   </x:si>
@@ -2096,53 +2336,50 @@
   <x:si>
     <x:t>"Bombinoo"</x:t>
   </x:si>
   <x:si>
     <x:t>8696576949779</x:t>
   </x:si>
   <x:si>
     <x:t>106</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Svijetleći niz “Multi Function” </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Navedeni proizvodi ne ispunjavaju konstrukcijske zahtjeve nacionalnog standarda koji se odnosi na bezbjednost svjetlećih lanaca/nizova. 
 Požar može nastati ako postoji neodgovarajući (nedovoljan) rastavni razmak između djelova pod naponom (usled pojave električnog luka), te ako je izolacija kabla neprimjerena, a provodni djelovi lanca lošeg kvaliteta. Visok prelazni otpor između kontakata može uzrokovati visoku temperaturu, što može izazvati požar.
 </x:t>
   </x:si>
   <x:si>
     <x:t>Svijetleći niz “LED Decorative Ligts” 4</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Svijetleći lanci   “Waterfall Light”. </x:t>
   </x:si>
   <x:si>
     <x:t>Fen za kosu Iskra</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Iskra</x:t>
   </x:si>
   <x:si>
     <x:t>3830042565970</x:t>
   </x:si>
   <x:si>
     <x:t>RH-1558-1BL</x:t>
   </x:si>
   <x:si>
     <x:t>Zbog neadekvatne otpornosti termoplastičnog materijala na toplotu, materijal predmetnog proizvoda se može oštetiti. Korisnik može pristupiti djelovima pod naponom, što dovodi do rizika od strujnog udara.</x:t>
   </x:si>
   <x:si>
     <x:t>Kišna kabanica</x:t>
   </x:si>
   <x:si>
     <x:t>Vezice sa slobodnim krajevima u predjelu struka/pojasa, koje nisu pričvršćene za odjevni predmet predstavljaju rizik jer ih dijete može lako izvući, staviti sebi oko vrata ili u usta, što može dovesti do gušenja ili davljenja. Vezice sa slobodnim krajevima u predjelu glave i vrata nijesu dozvoljene i predstavljaju rizik jer se vezica u toku dječje igre može zakačiti za tobogan, ili druge predmete iz dječijeg okruženja što može dovesti do gušenja ili davljenja.</x:t>
   </x:si>
   <x:si>
     <x:t>Baby crib</x:t>
   </x:si>
   <x:si>
     <x:t>KIKKA BOO</x:t>
   </x:si>
   <x:si>
     <x:t>3800171206365</x:t>
   </x:si>
@@ -5377,51 +5614,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:K557"/>
+  <x:dimension ref="A1:K584"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="3.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="39.424911" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="117.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="38.853482" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="32.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="184.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="53.853482" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="32.996339" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="75.996339" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="255" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:11">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -5433,18105 +5670,18984 @@
       </x:c>
       <x:c r="E1" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="F1" s="1" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="G1" s="1" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="H1" s="1" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="I1" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="J1" s="1" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="K1" s="1" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:11">
       <x:c r="A2" s="0">
-        <x:v>889</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
-      <x:c r="F2" s="0" t="s">
+      <x:c r="G2" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
-      <x:c r="G2" s="0" t="s">
+      <x:c r="H2" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="H2" s="0" t="s">
+      <x:c r="I2" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
-      <x:c r="I2" s="0" t="s">
+      <x:c r="J2" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="J2" s="0" t="s">
+      <x:c r="K2" s="2" t="s">
         <x:v>19</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:11">
       <x:c r="A3" s="0">
-        <x:v>888</x:v>
+        <x:v>915</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="C3" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="C3" s="0" t="s">
+      <x:c r="D3" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
-      <x:c r="D3" s="0" t="s">
+      <x:c r="E3" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
-      <x:c r="E3" s="0" t="s">
+      <x:c r="G3" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
-      <x:c r="G3" s="0" t="s">
+      <x:c r="H3" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I3" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J3" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
-      <x:c r="K3" s="0" t="s">
+      <x:c r="K3" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:11">
       <x:c r="A4" s="0">
-        <x:v>887</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="C4" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="C4" s="0" t="s">
+      <x:c r="D4" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
-      <x:c r="D4" s="0" t="s">
+      <x:c r="E4" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
-      <x:c r="E4" s="0" t="s">
+      <x:c r="G4" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="F4" s="0" t="s">
+      <x:c r="H4" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
-      <x:c r="G4" s="0" t="s">
+      <x:c r="I4" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="J4" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K4" s="0" t="s">
         <x:v>33</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:11">
       <x:c r="A5" s="0">
-        <x:v>886</x:v>
+        <x:v>913</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C5" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="D5" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="E5" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="F5" s="0" t="s">
+        <x:v>37</x:v>
       </x:c>
       <x:c r="G5" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="H5" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I5" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J5" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K5" s="2" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:11">
       <x:c r="A6" s="0">
-        <x:v>885</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="C6" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="C6" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D6" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="E6" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="G6" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="H6" s="0" t="s">
+        <x:v>44</x:v>
       </x:c>
       <x:c r="I6" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J6" s="0" t="s">
-        <x:v>42</x:v>
-[...2 lines deleted...]
-        <x:v>43</x:v>
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K6" s="0" t="s">
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:11">
       <x:c r="A7" s="0">
-        <x:v>884</x:v>
+        <x:v>911</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C7" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D7" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="E7" s="0" t="s">
-        <x:v>45</x:v>
-[...2 lines deleted...]
-        <x:v>24</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="G7" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="H7" s="0" t="s">
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I7" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K7" s="2" t="s">
-        <x:v>46</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:11">
       <x:c r="A8" s="0">
-        <x:v>883</x:v>
+        <x:v>910</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="C8" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="C8" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D8" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="E8" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G8" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H8" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I8" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J8" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K8" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:11">
       <x:c r="A9" s="0">
-        <x:v>882</x:v>
+        <x:v>909</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C9" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D9" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="E9" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G9" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H9" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="I9" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
-        <x:v>55</x:v>
-[...2 lines deleted...]
-        <x:v>56</x:v>
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K9" s="0" t="s">
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:11">
       <x:c r="A10" s="0">
-        <x:v>881</x:v>
+        <x:v>908</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C10" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D10" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="E10" s="0" t="s">
-        <x:v>59</x:v>
-[...1 lines deleted...]
-      <x:c r="F10" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G10" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
+      <x:c r="H10" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
       <x:c r="I10" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J10" s="0" t="s">
-        <x:v>55</x:v>
-[...1 lines deleted...]
-      <x:c r="K10" s="2" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K10" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:11">
       <x:c r="A11" s="0">
-        <x:v>880</x:v>
+        <x:v>907</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C11" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D11" s="0" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="E11" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="E11" s="0" t="s">
+      <x:c r="G11" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
-      <x:c r="F11" s="0" t="s">
+      <x:c r="H11" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="G11" s="0" t="s">
+      <x:c r="I11" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="J11" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K11" s="0" t="s">
         <x:v>67</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:11">
       <x:c r="A12" s="0">
-        <x:v>879</x:v>
+        <x:v>906</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C12" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D12" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="E12" s="0" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="F12" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
-      <x:c r="E12" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F12" s="0" t="s">
+      <x:c r="G12" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="G12" s="0" t="s">
+      <x:c r="H12" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="I12" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
-      <x:c r="H12" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="J12" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K12" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:11">
       <x:c r="A13" s="0">
-        <x:v>878</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C13" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D13" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E13" s="0" t="s">
-        <x:v>24</x:v>
-[...2 lines deleted...]
-        <x:v>24</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I13" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
-        <x:v>77</x:v>
-[...1 lines deleted...]
-      <x:c r="K13" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K13" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:11">
       <x:c r="A14" s="0">
-        <x:v>877</x:v>
+        <x:v>904</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="C14" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="C14" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D14" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="E14" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="G14" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="E14" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H14" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I14" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J14" s="0" t="s">
-        <x:v>42</x:v>
-[...2 lines deleted...]
-        <x:v>80</x:v>
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K14" s="2" t="s">
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:11">
       <x:c r="A15" s="0">
-        <x:v>876</x:v>
+        <x:v>903</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C15" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D15" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E15" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="F15" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G15" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
+      <x:c r="H15" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
       <x:c r="I15" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="J15" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K15" s="0" t="s">
         <x:v>84</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:11">
       <x:c r="A16" s="0">
-        <x:v>875</x:v>
+        <x:v>902</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C16" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D16" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E16" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="F16" s="0" t="s">
+      <x:c r="G16" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="G16" s="0" t="s">
+      <x:c r="H16" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="I16" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
-      <x:c r="I16" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J16" s="0" t="s">
-        <x:v>36</x:v>
-[...2 lines deleted...]
-        <x:v>85</x:v>
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K16" s="2" t="s">
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:11">
       <x:c r="A17" s="0">
-        <x:v>874</x:v>
+        <x:v>901</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C17" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D17" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E17" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="F17" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I17" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
-        <x:v>36</x:v>
-[...2 lines deleted...]
-        <x:v>85</x:v>
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K17" s="2" t="s">
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:11">
       <x:c r="A18" s="0">
-        <x:v>873</x:v>
+        <x:v>900</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C18" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D18" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E18" s="0" t="s">
-        <x:v>93</x:v>
-[...2 lines deleted...]
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G18" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H18" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I18" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J18" s="0" t="s">
-        <x:v>36</x:v>
-[...2 lines deleted...]
-        <x:v>85</x:v>
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K18" s="2" t="s">
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:11">
       <x:c r="A19" s="0">
-        <x:v>872</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C19" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D19" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="E19" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="I19" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:11">
       <x:c r="A20" s="0">
-        <x:v>871</x:v>
+        <x:v>898</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="C20" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="C20" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D20" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="E20" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="F20" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G20" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H20" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="I20" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J20" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K20" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:11">
       <x:c r="A21" s="0">
-        <x:v>870</x:v>
+        <x:v>897</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="C21" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="C21" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D21" s="0" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="E21" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="G21" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="E21" s="0" t="s">
+      <x:c r="H21" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
-      <x:c r="F21" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I21" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:11">
       <x:c r="A22" s="0">
-        <x:v>869</x:v>
+        <x:v>896</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C22" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="D22" s="0" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="E22" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="D22" s="0" t="s">
+      <x:c r="G22" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="E22" s="0" t="s">
+      <x:c r="H22" s="0" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="I22" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="J22" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K22" s="2" t="s">
         <x:v>111</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:11">
       <x:c r="A23" s="0">
-        <x:v>868</x:v>
+        <x:v>895</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C23" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D23" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="E23" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="I23" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:11">
       <x:c r="A24" s="0">
-        <x:v>867</x:v>
+        <x:v>894</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C24" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D24" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="E24" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="F24" s="0" t="s">
+        <x:v>115</x:v>
       </x:c>
       <x:c r="G24" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H24" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I24" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J24" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K24" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:11">
       <x:c r="A25" s="0">
-        <x:v>866</x:v>
+        <x:v>893</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C25" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D25" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="E25" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I25" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:11">
       <x:c r="A26" s="0">
-        <x:v>865</x:v>
+        <x:v>892</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="C26" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="D26" s="0" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="E26" s="0" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="G26" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="C26" s="0" t="s">
+      <x:c r="H26" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="I26" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="J26" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K26" s="0" t="s">
         <x:v>123</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:11">
       <x:c r="A27" s="0">
-        <x:v>864</x:v>
+        <x:v>891</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C27" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D27" s="0" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="E27" s="0" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="G27" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
-      <x:c r="E27" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H27" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I27" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
-        <x:v>42</x:v>
-[...2 lines deleted...]
-        <x:v>139</x:v>
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K27" s="2" t="s">
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:11">
       <x:c r="A28" s="0">
-        <x:v>863</x:v>
+        <x:v>890</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C28" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D28" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E28" s="0" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="F28" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="G28" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H28" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="I28" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="J28" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
-      <x:c r="I28" s="0" t="s">
-[...6 lines deleted...]
-        <x:v>141</x:v>
+      <x:c r="K28" s="2" t="s">
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:11">
       <x:c r="A29" s="0">
-        <x:v>862</x:v>
+        <x:v>889</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C29" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D29" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E29" s="0" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F29" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="G29" s="0" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="H29" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="I29" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
-      <x:c r="G29" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="J29" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:11">
       <x:c r="A30" s="0">
-        <x:v>861</x:v>
+        <x:v>888</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C30" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D30" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E30" s="0" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="G30" s="0" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="I30" s="0" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="J30" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
-      <x:c r="G30" s="0" t="s">
+      <x:c r="K30" s="0" t="s">
         <x:v>145</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:11">
       <x:c r="A31" s="0">
-        <x:v>860</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C31" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D31" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="E31" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
+      <x:c r="F31" s="0" t="s">
+        <x:v>149</x:v>
+      </x:c>
       <x:c r="G31" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="I31" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
-        <x:v>42</x:v>
-[...2 lines deleted...]
-        <x:v>150</x:v>
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="K31" s="2" t="s">
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:11">
       <x:c r="A32" s="0">
-        <x:v>859</x:v>
+        <x:v>886</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C32" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D32" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E32" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="G32" s="0" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="H32" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="H32" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I32" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="J32" s="0" t="s">
-        <x:v>42</x:v>
-[...2 lines deleted...]
-        <x:v>152</x:v>
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="K32" s="2" t="s">
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:11">
       <x:c r="A33" s="0">
-        <x:v>858</x:v>
+        <x:v>885</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C33" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D33" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="E33" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
-        <x:v>155</x:v>
-[...2 lines deleted...]
-        <x:v>156</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="I33" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
-        <x:v>42</x:v>
-[...2 lines deleted...]
-        <x:v>157</x:v>
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K33" s="2" t="s">
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:11">
       <x:c r="A34" s="0">
-        <x:v>857</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C34" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D34" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="E34" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="F34" s="0" t="s">
+        <x:v>142</x:v>
       </x:c>
       <x:c r="G34" s="0" t="s">
-        <x:v>159</x:v>
-[...2 lines deleted...]
-        <x:v>17</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="I34" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J34" s="0" t="s">
-        <x:v>42</x:v>
-[...2 lines deleted...]
-        <x:v>150</x:v>
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K34" s="2" t="s">
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:11">
       <x:c r="A35" s="0">
-        <x:v>856</x:v>
+        <x:v>883</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C35" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D35" s="0" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="E35" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
-      <x:c r="E35" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G35" s="0" t="s">
-        <x:v>163</x:v>
-[...1 lines deleted...]
-      <x:c r="H35" s="0" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="I35" s="0" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="J35" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K35" s="0" t="s">
         <x:v>164</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:11">
       <x:c r="A36" s="0">
-        <x:v>855</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C36" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D36" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="E36" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="G36" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="H36" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I36" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J36" s="0" t="s">
-        <x:v>42</x:v>
-[...2 lines deleted...]
-        <x:v>150</x:v>
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="K36" s="2" t="s">
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:11">
       <x:c r="A37" s="0">
-        <x:v>854</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C37" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="D37" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="E37" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="F37" s="0" t="s">
+        <x:v>174</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
-        <x:v>169</x:v>
-[...2 lines deleted...]
-        <x:v>132</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="I37" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
-        <x:v>42</x:v>
-[...1 lines deleted...]
-      <x:c r="K37" s="0" t="s">
         <x:v>170</x:v>
+      </x:c>
+      <x:c r="K37" s="2" t="s">
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:11">
       <x:c r="A38" s="0">
-        <x:v>850</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C38" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="D38" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="E38" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="F38" s="0" t="s">
+        <x:v>179</x:v>
       </x:c>
       <x:c r="G38" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="H38" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I38" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J38" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K38" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:11">
       <x:c r="A39" s="0">
-        <x:v>849</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C39" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="D39" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="E39" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="F39" s="0" t="s">
+        <x:v>183</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I39" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:11">
       <x:c r="A40" s="0">
-        <x:v>848</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C40" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="D40" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="E40" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="F40" s="0" t="s">
+        <x:v>142</x:v>
       </x:c>
       <x:c r="G40" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="H40" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I40" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="J40" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="K40" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:11">
       <x:c r="A41" s="0">
-        <x:v>847</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C41" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D41" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="E41" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I41" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:11">
       <x:c r="A42" s="0">
-        <x:v>846</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C42" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D42" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="E42" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="F42" s="0" t="s">
+        <x:v>142</x:v>
       </x:c>
       <x:c r="G42" s="0" t="s">
-        <x:v>185</x:v>
-[...1 lines deleted...]
-      <x:c r="H42" s="0" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="I42" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
-      <x:c r="I42" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J42" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="K42" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:11">
       <x:c r="A43" s="0">
-        <x:v>845</x:v>
+        <x:v>875</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C43" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D43" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E43" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="F43" s="0" t="s">
+        <x:v>199</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
-        <x:v>189</x:v>
-[...1 lines deleted...]
-      <x:c r="H43" s="0" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="I43" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
-      <x:c r="I43" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J43" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:11">
       <x:c r="A44" s="0">
-        <x:v>844</x:v>
+        <x:v>874</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C44" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D44" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E44" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="F44" s="0" t="s">
+        <x:v>98</x:v>
       </x:c>
       <x:c r="G44" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="H44" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I44" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J44" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="K44" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:11">
       <x:c r="A45" s="0">
-        <x:v>843</x:v>
+        <x:v>873</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C45" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D45" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E45" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="F45" s="0" t="s">
+        <x:v>205</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="I45" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:11">
       <x:c r="A46" s="0">
-        <x:v>842</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C46" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D46" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="E46" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G46" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="H46" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I46" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J46" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="K46" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:11">
       <x:c r="A47" s="0">
-        <x:v>841</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C47" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D47" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="E47" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="F47" s="0" t="s">
+        <x:v>142</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I47" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:11">
       <x:c r="A48" s="0">
-        <x:v>840</x:v>
+        <x:v>870</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C48" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D48" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E48" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="F48" s="0" t="s">
+        <x:v>98</x:v>
       </x:c>
       <x:c r="G48" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H48" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I48" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J48" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="K48" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:11">
       <x:c r="A49" s="0">
-        <x:v>839</x:v>
+        <x:v>869</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C49" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D49" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E49" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="F49" s="0" t="s">
+        <x:v>221</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I49" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:11">
       <x:c r="A50" s="0">
-        <x:v>838</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C50" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="D50" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="E50" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="G50" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H50" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I50" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J50" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K50" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:11">
       <x:c r="A51" s="0">
-        <x:v>837</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C51" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D51" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E51" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="I51" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:11">
       <x:c r="A52" s="0">
-        <x:v>836</x:v>
+        <x:v>866</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C52" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D52" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E52" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="G52" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="H52" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I52" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J52" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K52" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:11">
       <x:c r="A53" s="0">
-        <x:v>835</x:v>
+        <x:v>865</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C53" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D53" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E53" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I53" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:11">
       <x:c r="A54" s="0">
-        <x:v>834</x:v>
+        <x:v>864</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C54" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D54" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E54" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="G54" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="H54" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I54" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J54" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K54" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:11">
       <x:c r="A55" s="0">
-        <x:v>833</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C55" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D55" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E55" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I55" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:11">
       <x:c r="A56" s="0">
-        <x:v>832</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C56" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D56" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E56" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="G56" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="H56" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I56" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J56" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K56" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:11">
       <x:c r="A57" s="0">
-        <x:v>831</x:v>
+        <x:v>861</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C57" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D57" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E57" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="I57" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:11">
       <x:c r="A58" s="0">
-        <x:v>830</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C58" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="D58" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="E58" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G58" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H58" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I58" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J58" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K58" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:11">
       <x:c r="A59" s="0">
-        <x:v>829</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C59" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D59" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E59" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I59" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:11">
       <x:c r="A60" s="0">
-        <x:v>828</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C60" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D60" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="E60" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="G60" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="H60" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I60" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J60" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K60" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:11">
       <x:c r="A61" s="0">
-        <x:v>827</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C61" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="D61" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="E61" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I61" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:11">
       <x:c r="A62" s="0">
-        <x:v>826</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C62" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D62" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="E62" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="G62" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="H62" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="I62" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J62" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K62" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:11">
       <x:c r="A63" s="0">
-        <x:v>825</x:v>
+        <x:v>855</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C63" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="D63" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="E63" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I63" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:11">
       <x:c r="A64" s="0">
-        <x:v>824</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C64" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D64" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E64" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="G64" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="H64" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I64" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J64" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K64" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:11">
       <x:c r="A65" s="0">
-        <x:v>823</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C65" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D65" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="E65" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I65" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:11">
       <x:c r="A66" s="0">
-        <x:v>822</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C66" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D66" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E66" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="G66" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="H66" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="I66" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J66" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K66" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:11">
       <x:c r="A67" s="0">
-        <x:v>821</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C67" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D67" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E67" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I67" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:11">
       <x:c r="A68" s="0">
-        <x:v>820</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C68" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D68" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E68" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="G68" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="H68" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="I68" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J68" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K68" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:11">
       <x:c r="A69" s="0">
-        <x:v>819</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C69" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D69" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="E69" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I69" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:11">
       <x:c r="A70" s="0">
-        <x:v>818</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C70" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D70" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="E70" s="0" t="s">
-        <x:v>271</x:v>
-[...2 lines deleted...]
-        <x:v>272</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="G70" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="H70" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I70" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J70" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="K70" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:11">
       <x:c r="A71" s="0">
-        <x:v>817</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C71" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D71" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E71" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I71" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:11">
       <x:c r="A72" s="0">
-        <x:v>816</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C72" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D72" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E72" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="G72" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="H72" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I72" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J72" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K72" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:11">
       <x:c r="A73" s="0">
-        <x:v>815</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C73" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D73" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="E73" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I73" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
-        <x:v>99</x:v>
-[...2 lines deleted...]
-        <x:v>281</x:v>
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K73" s="0" t="s">
+        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:11">
       <x:c r="A74" s="0">
-        <x:v>814</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C74" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="D74" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="E74" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="G74" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="H74" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I74" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J74" s="0" t="s">
-        <x:v>99</x:v>
-[...2 lines deleted...]
-        <x:v>284</x:v>
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K74" s="0" t="s">
+        <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:11">
       <x:c r="A75" s="0">
-        <x:v>813</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C75" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D75" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="E75" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I75" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:11">
       <x:c r="A76" s="0">
-        <x:v>812</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C76" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D76" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="E76" s="0" t="s">
-        <x:v>14</x:v>
-[...2 lines deleted...]
-        <x:v>290</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="G76" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="H76" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I76" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J76" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K76" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>298</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:11">
       <x:c r="A77" s="0">
-        <x:v>811</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C77" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D77" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E77" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="I77" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:11">
       <x:c r="A78" s="0">
-        <x:v>810</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C78" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D78" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E78" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G78" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="H78" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="I78" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J78" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K78" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:11">
       <x:c r="A79" s="0">
-        <x:v>809</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C79" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D79" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E79" s="0" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="G79" s="0" t="s">
+        <x:v>305</x:v>
+      </x:c>
+      <x:c r="H79" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
-      <x:c r="G79" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="I79" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
-        <x:v>42</x:v>
-[...1 lines deleted...]
-      <x:c r="K79" s="2" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K79" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:11">
       <x:c r="A80" s="0">
-        <x:v>808</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="C80" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D80" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="E80" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="G80" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="H80" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I80" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="J80" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="K80" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:11">
       <x:c r="A81" s="0">
-        <x:v>805</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C81" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="D81" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="E81" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I81" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:11">
       <x:c r="A82" s="0">
-        <x:v>804</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C82" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="D82" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="E82" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="G82" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="H82" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I82" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="J82" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K82" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:11">
       <x:c r="A83" s="0">
-        <x:v>803</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C83" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D83" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="E83" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I83" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:11">
       <x:c r="A84" s="0">
-        <x:v>802</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C84" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="D84" s="0" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="E84" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
-      <x:c r="E84" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G84" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="H84" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I84" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="J84" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K84" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:11">
       <x:c r="A85" s="0">
-        <x:v>801</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C85" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D85" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="E85" s="0" t="s">
-        <x:v>318</x:v>
-[...2 lines deleted...]
-        <x:v>24</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I85" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:11">
       <x:c r="A86" s="0">
-        <x:v>800</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C86" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D86" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E86" s="0" t="s">
-        <x:v>24</x:v>
-[...2 lines deleted...]
-        <x:v>24</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G86" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="H86" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I86" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J86" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K86" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:11">
       <x:c r="A87" s="0">
-        <x:v>799</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C87" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D87" s="0" t="s">
-        <x:v>322</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="E87" s="0" t="s">
-        <x:v>24</x:v>
-[...2 lines deleted...]
-        <x:v>24</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="I87" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
-        <x:v>323</x:v>
+        <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:11">
       <x:c r="A88" s="0">
-        <x:v>798</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C88" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D88" s="0" t="s">
-        <x:v>324</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E88" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G88" s="0" t="s">
-        <x:v>326</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="H88" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="I88" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J88" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K88" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:11">
       <x:c r="A89" s="0">
-        <x:v>797</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C89" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D89" s="0" t="s">
-        <x:v>328</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E89" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
-        <x:v>330</x:v>
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H89" s="0" t="s">
+        <x:v>44</x:v>
       </x:c>
       <x:c r="I89" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:11">
       <x:c r="A90" s="0">
-        <x:v>796</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C90" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D90" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="E90" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G90" s="0" t="s">
-        <x:v>334</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="H90" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="I90" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J90" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K90" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>343</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:11">
       <x:c r="A91" s="0">
-        <x:v>795</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C91" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D91" s="0" t="s">
-        <x:v>336</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="E91" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
-        <x:v>330</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I91" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:11">
       <x:c r="A92" s="0">
-        <x:v>794</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C92" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D92" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E92" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="G92" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="H92" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="I92" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J92" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K92" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:11">
       <x:c r="A93" s="0">
-        <x:v>793</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C93" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D93" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E93" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="I93" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:11">
       <x:c r="A94" s="0">
-        <x:v>792</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C94" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D94" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E94" s="0" t="s">
-        <x:v>137</x:v>
-[...2 lines deleted...]
-        <x:v>344</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G94" s="0" t="s">
-        <x:v>345</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="H94" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I94" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J94" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K94" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:11">
       <x:c r="A95" s="0">
-        <x:v>791</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C95" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D95" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="E95" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I95" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
-        <x:v>348</x:v>
+        <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:11">
       <x:c r="A96" s="0">
-        <x:v>790</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C96" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D96" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E96" s="0" t="s">
-        <x:v>24</x:v>
-[...2 lines deleted...]
-        <x:v>24</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="G96" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="H96" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="I96" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J96" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K96" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:11">
       <x:c r="A97" s="0">
-        <x:v>789</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C97" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D97" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="E97" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="F97" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>360</x:v>
+      </x:c>
+      <x:c r="H97" s="0" t="s">
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I97" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:11">
       <x:c r="A98" s="0">
-        <x:v>788</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C98" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D98" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E98" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="G98" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="H98" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I98" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J98" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K98" s="0" t="s">
-        <x:v>353</x:v>
+        <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:11">
       <x:c r="A99" s="0">
-        <x:v>787</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="C99" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="C99" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D99" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E99" s="0" t="s">
-        <x:v>355</x:v>
-[...2 lines deleted...]
-        <x:v>356</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
-        <x:v>357</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I99" s="0" t="s">
-        <x:v>358</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:11">
       <x:c r="A100" s="0">
-        <x:v>786</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C100" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D100" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="E100" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="G100" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="H100" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I100" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J100" s="0" t="s">
-        <x:v>42</x:v>
-[...2 lines deleted...]
-        <x:v>361</x:v>
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="K100" s="2" t="s">
+        <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:11">
       <x:c r="A101" s="0">
-        <x:v>785</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C101" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D101" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="E101" s="0" t="s">
-        <x:v>362</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
-        <x:v>363</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="I101" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
-        <x:v>42</x:v>
-[...2 lines deleted...]
-        <x:v>364</x:v>
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="K101" s="2" t="s">
+        <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:11">
       <x:c r="A102" s="0">
-        <x:v>784</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C102" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D102" s="0" t="s">
-        <x:v>365</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="E102" s="0" t="s">
-        <x:v>366</x:v>
-[...2 lines deleted...]
-        <x:v>367</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="G102" s="0" t="s">
-        <x:v>368</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="H102" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I102" s="0" t="s">
-        <x:v>358</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J102" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="K102" s="0" t="s">
-        <x:v>369</x:v>
+        <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:11">
       <x:c r="A103" s="0">
-        <x:v>783</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C103" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D103" s="0" t="s">
-        <x:v>370</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="E103" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F103" s="0" t="s">
+        <x:v>377</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
-        <x:v>371</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="I103" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
-      <x:c r="I103" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J103" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
-        <x:v>372</x:v>
+        <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:11">
       <x:c r="A104" s="0">
-        <x:v>782</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="C104" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D104" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="E104" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="G104" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="H104" s="0" t="s">
-        <x:v>375</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I104" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J104" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K104" s="0" t="s">
-        <x:v>376</x:v>
+        <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:11">
       <x:c r="A105" s="0">
-        <x:v>781</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="C105" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="D105" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="E105" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
-        <x:v>379</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I105" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
-        <x:v>380</x:v>
+        <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:11">
       <x:c r="A106" s="0">
-        <x:v>780</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="C106" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D106" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="E106" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="G106" s="0" t="s">
-        <x:v>382</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="H106" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I106" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J106" s="0" t="s">
-        <x:v>42</x:v>
-[...2 lines deleted...]
-        <x:v>383</x:v>
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K106" s="2" t="s">
+        <x:v>389</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:11">
       <x:c r="A107" s="0">
-        <x:v>779</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C107" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D107" s="0" t="s">
-        <x:v>384</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E107" s="0" t="s">
-        <x:v>385</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
-        <x:v>386</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="I107" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
-        <x:v>387</x:v>
+        <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:11">
       <x:c r="A108" s="0">
-        <x:v>778</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C108" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D108" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E108" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="G108" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>393</x:v>
+      </x:c>
+      <x:c r="H108" s="0" t="s">
+        <x:v>151</x:v>
       </x:c>
       <x:c r="I108" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J108" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K108" s="0" t="s">
-        <x:v>392</x:v>
+        <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:11">
       <x:c r="A109" s="0">
-        <x:v>777</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C109" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D109" s="0" t="s">
-        <x:v>393</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E109" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>396</x:v>
+      </x:c>
+      <x:c r="H109" s="0" t="s">
+        <x:v>44</x:v>
       </x:c>
       <x:c r="I109" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:11">
       <x:c r="A110" s="0">
-        <x:v>776</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C110" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D110" s="0" t="s">
-        <x:v>396</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="E110" s="0" t="s">
-        <x:v>24</x:v>
-[...2 lines deleted...]
-        <x:v>24</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="G110" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>399</x:v>
+      </x:c>
+      <x:c r="H110" s="0" t="s">
+        <x:v>44</x:v>
       </x:c>
       <x:c r="I110" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J110" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K110" s="0" t="s">
-        <x:v>397</x:v>
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:11">
       <x:c r="A111" s="0">
-        <x:v>775</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C111" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D111" s="0" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="E111" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
-      <x:c r="E111" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G111" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="I111" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
-        <x:v>402</x:v>
+        <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:11">
       <x:c r="A112" s="0">
-        <x:v>774</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C112" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="D112" s="0" t="s">
-        <x:v>403</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="E112" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="F112" s="0" t="s">
-        <x:v>405</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="G112" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="H112" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I112" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="J112" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K112" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:11">
       <x:c r="A113" s="0">
-        <x:v>773</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C113" s="0" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="D113" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
-      <x:c r="D113" s="0" t="s">
+      <x:c r="E113" s="0" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="F113" s="0" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="G113" s="0" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="I113" s="0" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="J113" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K113" s="0" t="s">
         <x:v>408</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:11">
       <x:c r="A114" s="0">
-        <x:v>772</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C114" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="D114" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="E114" s="0" t="s">
-        <x:v>414</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="F114" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="G114" s="0" t="s">
-        <x:v>415</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H114" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I114" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="J114" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K114" s="0" t="s">
-        <x:v>416</x:v>
+        <x:v>410</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:11">
       <x:c r="A115" s="0">
-        <x:v>771</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C115" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D115" s="0" t="s">
-        <x:v>417</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="E115" s="0" t="s">
+        <x:v>412</x:v>
+      </x:c>
+      <x:c r="G115" s="0" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="H115" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="I115" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="J115" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K115" s="0" t="s">
         <x:v>414</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>419</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:11">
       <x:c r="A116" s="0">
-        <x:v>770</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C116" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D116" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="E116" s="0" t="s">
-        <x:v>414</x:v>
-[...2 lines deleted...]
-        <x:v>421</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="G116" s="0" t="s">
-        <x:v>422</x:v>
-[...2 lines deleted...]
-        <x:v>17</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="I116" s="0" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="J116" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K116" s="0" t="s">
         <x:v>418</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>423</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:11">
       <x:c r="A117" s="0">
-        <x:v>769</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="C117" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="C117" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D117" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="E117" s="0" t="s">
-        <x:v>414</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
-        <x:v>425</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I117" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
-        <x:v>426</x:v>
+        <x:v>422</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:11">
       <x:c r="A118" s="0">
-        <x:v>768</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C118" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D118" s="0" t="s">
-        <x:v>427</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="E118" s="0" t="s">
-        <x:v>428</x:v>
-[...2 lines deleted...]
-        <x:v>429</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G118" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="H118" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I118" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="J118" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K118" s="0" t="s">
-        <x:v>426</x:v>
+        <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:11">
       <x:c r="A119" s="0">
-        <x:v>767</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C119" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D119" s="0" t="s">
-        <x:v>431</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="E119" s="0" t="s">
-        <x:v>432</x:v>
-[...2 lines deleted...]
-        <x:v>433</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
-        <x:v>434</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I119" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:11">
       <x:c r="A120" s="0">
-        <x:v>766</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C120" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D120" s="0" t="s">
-        <x:v>437</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E120" s="0" t="s">
-        <x:v>414</x:v>
-[...2 lines deleted...]
-        <x:v>438</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="G120" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="H120" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="I120" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J120" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K120" s="0" t="s">
-        <x:v>440</x:v>
+        <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:11">
       <x:c r="A121" s="0">
-        <x:v>765</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C121" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D121" s="0" t="s">
-        <x:v>441</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E121" s="0" t="s">
-        <x:v>414</x:v>
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="F121" s="0" t="s">
+        <x:v>429</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I121" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
-        <x:v>440</x:v>
+        <x:v>431</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:11">
       <x:c r="A122" s="0">
-        <x:v>764</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C122" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D122" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E122" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="G122" s="0" t="s">
-        <x:v>444</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="H122" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I122" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J122" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K122" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>433</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:11">
       <x:c r="A123" s="0">
-        <x:v>763</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C123" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="D123" s="0" t="s">
-        <x:v>446</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="E123" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="F123" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
-        <x:v>379</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I123" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
-        <x:v>448</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:11">
       <x:c r="A124" s="0">
-        <x:v>762</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C124" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="D124" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="E124" s="0" t="s">
-        <x:v>450</x:v>
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="F124" s="0" t="s">
+        <x:v>142</x:v>
       </x:c>
       <x:c r="G124" s="0" t="s">
-        <x:v>451</x:v>
-[...2 lines deleted...]
-        <x:v>17</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="I124" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="J124" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K124" s="0" t="s">
-        <x:v>452</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:11">
       <x:c r="A125" s="0">
-        <x:v>761</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C125" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D125" s="0" t="s">
-        <x:v>453</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E125" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="I125" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
-        <x:v>455</x:v>
+        <x:v>438</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:11">
       <x:c r="A126" s="0">
-        <x:v>760</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C126" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D126" s="0" t="s">
-        <x:v>453</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="E126" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>440</x:v>
+      </x:c>
+      <x:c r="F126" s="0" t="s">
+        <x:v>441</x:v>
       </x:c>
       <x:c r="G126" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="H126" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I126" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="J126" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="K126" s="0" t="s">
-        <x:v>457</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:11">
       <x:c r="A127" s="0">
-        <x:v>759</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C127" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D127" s="0" t="s">
-        <x:v>458</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E127" s="0" t="s">
-        <x:v>459</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
-        <x:v>460</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="I127" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>446</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:11">
       <x:c r="A128" s="0">
-        <x:v>758</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C128" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D128" s="0" t="s">
-        <x:v>462</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E128" s="0" t="s">
-        <x:v>463</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="G128" s="0" t="s">
-        <x:v>464</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="H128" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I128" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J128" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K128" s="0" t="s">
-        <x:v>465</x:v>
+        <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:11">
       <x:c r="A129" s="0">
-        <x:v>757</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C129" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D129" s="0" t="s">
-        <x:v>462</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="E129" s="0" t="s">
-        <x:v>466</x:v>
+        <x:v>450</x:v>
+      </x:c>
+      <x:c r="F129" s="0" t="s">
+        <x:v>451</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
-        <x:v>467</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I129" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
-        <x:v>468</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>453</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:11">
       <x:c r="A130" s="0">
-        <x:v>756</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C130" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D130" s="0" t="s">
-        <x:v>458</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="E130" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G130" s="0" t="s">
-        <x:v>470</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="H130" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I130" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J130" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K130" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>456</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:11">
       <x:c r="A131" s="0">
-        <x:v>755</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C131" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D131" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E131" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
-        <x:v>473</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I131" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
-        <x:v>474</x:v>
+        <x:v>458</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:11">
       <x:c r="A132" s="0">
-        <x:v>754</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C132" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="D132" s="0" t="s">
+        <x:v>460</x:v>
+      </x:c>
+      <x:c r="E132" s="0" t="s">
+        <x:v>416</x:v>
+      </x:c>
+      <x:c r="G132" s="0" t="s">
+        <x:v>461</x:v>
+      </x:c>
+      <x:c r="H132" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="I132" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="J132" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K132" s="0" t="s">
         <x:v>462</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>478</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:11">
       <x:c r="A133" s="0">
-        <x:v>753</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C133" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D133" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="E133" s="0" t="s">
-        <x:v>479</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
-        <x:v>480</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I133" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
-        <x:v>481</x:v>
+        <x:v>464</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:11">
       <x:c r="A134" s="0">
-        <x:v>752</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C134" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D134" s="0" t="s">
-        <x:v>462</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="E134" s="0" t="s">
-        <x:v>482</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="G134" s="0" t="s">
-        <x:v>483</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="H134" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I134" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J134" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K134" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>468</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:11">
       <x:c r="A135" s="0">
-        <x:v>751</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C135" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D135" s="0" t="s">
-        <x:v>485</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="E135" s="0" t="s">
-        <x:v>486</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
-        <x:v>487</x:v>
-[...2 lines deleted...]
-        <x:v>283</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="I135" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
-        <x:v>489</x:v>
+        <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:11">
       <x:c r="A136" s="0">
-        <x:v>750</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C136" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D136" s="0" t="s">
-        <x:v>485</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="E136" s="0" t="s">
-        <x:v>490</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="G136" s="0" t="s">
-        <x:v>491</x:v>
-[...2 lines deleted...]
-        <x:v>17</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="I136" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J136" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="K136" s="0" t="s">
-        <x:v>492</x:v>
+        <x:v>476</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:11">
       <x:c r="A137" s="0">
-        <x:v>749</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C137" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="D137" s="0" t="s">
-        <x:v>493</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="E137" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="F137" s="0" t="s">
+        <x:v>142</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
-        <x:v>24</x:v>
-[...2 lines deleted...]
-        <x:v>17</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="I137" s="0" t="s">
-        <x:v>418</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>478</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:11">
       <x:c r="A138" s="0">
-        <x:v>748</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C138" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D138" s="0" t="s">
-        <x:v>493</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="E138" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>480</x:v>
+      </x:c>
+      <x:c r="F138" s="0" t="s">
+        <x:v>481</x:v>
       </x:c>
       <x:c r="G138" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="H138" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I138" s="0" t="s">
-        <x:v>418</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J138" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="K138" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:11">
       <x:c r="A139" s="0">
-        <x:v>747</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C139" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D139" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="E139" s="0" t="s">
-        <x:v>494</x:v>
+        <x:v>485</x:v>
+      </x:c>
+      <x:c r="F139" s="0" t="s">
+        <x:v>486</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H139" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I139" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
-        <x:v>496</x:v>
+        <x:v>487</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:11">
       <x:c r="A140" s="0">
-        <x:v>746</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C140" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="D140" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="E140" s="0" t="s">
-        <x:v>497</x:v>
+        <x:v>490</x:v>
+      </x:c>
+      <x:c r="F140" s="0" t="s">
+        <x:v>491</x:v>
       </x:c>
       <x:c r="G140" s="0" t="s">
-        <x:v>498</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="H140" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I140" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J140" s="0" t="s">
-        <x:v>468</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K140" s="0" t="s">
-        <x:v>499</x:v>
+        <x:v>493</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:11">
       <x:c r="A141" s="0">
-        <x:v>745</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C141" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D141" s="0" t="s">
-        <x:v>485</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="E141" s="0" t="s">
-        <x:v>466</x:v>
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="F141" s="0" t="s">
+        <x:v>142</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
-        <x:v>500</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I141" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
-        <x:v>501</x:v>
+        <x:v>497</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:11">
       <x:c r="A142" s="0">
-        <x:v>744</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C142" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="D142" s="0" t="s">
-        <x:v>485</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="E142" s="0" t="s">
-        <x:v>502</x:v>
-[...2 lines deleted...]
-        <x:v>503</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="G142" s="0" t="s">
-        <x:v>504</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H142" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I142" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="J142" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K142" s="0" t="s">
-        <x:v>505</x:v>
+        <x:v>500</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:11">
       <x:c r="A143" s="0">
-        <x:v>743</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C143" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="D143" s="0" t="s">
-        <x:v>462</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="E143" s="0" t="s">
-        <x:v>506</x:v>
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="F143" s="0" t="s">
+        <x:v>502</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
-        <x:v>507</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I143" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
-        <x:v>42</x:v>
-[...2 lines deleted...]
-        <x:v>508</x:v>
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K143" s="2" t="s">
+        <x:v>504</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:11">
       <x:c r="A144" s="0">
-        <x:v>742</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C144" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D144" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="E144" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="G144" s="0" t="s">
-        <x:v>509</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="H144" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I144" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J144" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K144" s="0" t="s">
-        <x:v>510</x:v>
+        <x:v>507</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:11">
       <x:c r="A145" s="0">
-        <x:v>741</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C145" s="0" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="D145" s="0" t="s">
+        <x:v>508</x:v>
+      </x:c>
+      <x:c r="E145" s="0" t="s">
+        <x:v>509</x:v>
+      </x:c>
+      <x:c r="F145" s="0" t="s">
+        <x:v>510</x:v>
+      </x:c>
+      <x:c r="G145" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
-      <x:c r="D145" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H145" s="0" t="s">
-        <x:v>515</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I145" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
-        <x:v>516</x:v>
+        <x:v>507</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:11">
       <x:c r="A146" s="0">
-        <x:v>740</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C146" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D146" s="0" t="s">
-        <x:v>517</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="E146" s="0" t="s">
-        <x:v>518</x:v>
+        <x:v>513</x:v>
+      </x:c>
+      <x:c r="F146" s="0" t="s">
+        <x:v>514</x:v>
       </x:c>
       <x:c r="G146" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="H146" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I146" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J146" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K146" s="0" t="s">
-        <x:v>519</x:v>
+        <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:11">
       <x:c r="A147" s="0">
-        <x:v>739</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C147" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="D147" s="0" t="s">
+        <x:v>518</x:v>
+      </x:c>
+      <x:c r="E147" s="0" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="F147" s="0" t="s">
+        <x:v>519</x:v>
+      </x:c>
+      <x:c r="G147" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
-      <x:c r="E147" s="0" t="s">
+      <x:c r="H147" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="I147" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="J147" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K147" s="0" t="s">
         <x:v>521</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:11">
       <x:c r="A148" s="0">
-        <x:v>738</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C148" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="D148" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="E148" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="G148" s="0" t="s">
-        <x:v>524</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="H148" s="0" t="s">
-        <x:v>375</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I148" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J148" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K148" s="0" t="s">
-        <x:v>525</x:v>
+        <x:v>521</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:11">
       <x:c r="A149" s="0">
-        <x:v>737</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C149" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="D149" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="E149" s="0" t="s">
-        <x:v>459</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
+        <x:v>525</x:v>
+      </x:c>
+      <x:c r="H149" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="I149" s="0" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="J149" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K149" s="0" t="s">
         <x:v>526</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>528</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:11">
       <x:c r="A150" s="0">
-        <x:v>731</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C150" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="D150" s="0" t="s">
+        <x:v>527</x:v>
+      </x:c>
+      <x:c r="E150" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="F150" s="0" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="G150" s="0" t="s">
+        <x:v>461</x:v>
+      </x:c>
+      <x:c r="H150" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="I150" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="J150" s="0" t="s">
+        <x:v>528</x:v>
+      </x:c>
+      <x:c r="K150" s="0" t="s">
         <x:v>529</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>533</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:11">
       <x:c r="A151" s="0">
-        <x:v>730</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C151" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D151" s="0" t="s">
-        <x:v>534</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="E151" s="0" t="s">
-        <x:v>530</x:v>
-[...2 lines deleted...]
-        <x:v>535</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
-        <x:v>536</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I151" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>533</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:11">
       <x:c r="A152" s="0">
-        <x:v>729</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="C152" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="C152" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D152" s="0" t="s">
-        <x:v>537</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="E152" s="0" t="s">
-        <x:v>530</x:v>
-[...2 lines deleted...]
-        <x:v>538</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G152" s="0" t="s">
-        <x:v>539</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="H152" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I152" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J152" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K152" s="0" t="s">
-        <x:v>533</x:v>
+        <x:v>536</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:11">
       <x:c r="A153" s="0">
-        <x:v>728</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="C153" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="C153" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D153" s="0" t="s">
-        <x:v>540</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="E153" s="0" t="s">
-        <x:v>530</x:v>
-[...1 lines deleted...]
-      <x:c r="F153" s="0" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="G153" s="0" t="s">
+        <x:v>537</x:v>
+      </x:c>
+      <x:c r="H153" s="0" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="I153" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="J153" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K153" s="0" t="s">
         <x:v>538</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>542</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:11">
       <x:c r="A154" s="0">
-        <x:v>727</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="C154" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="C154" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D154" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="E154" s="0" t="s">
-        <x:v>530</x:v>
-[...2 lines deleted...]
-        <x:v>544</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="G154" s="0" t="s">
-        <x:v>545</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="H154" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I154" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J154" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K154" s="0" t="s">
-        <x:v>533</x:v>
+        <x:v>542</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:11">
       <x:c r="A155" s="0">
-        <x:v>726</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C155" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D155" s="0" t="s">
-        <x:v>547</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="E155" s="0" t="s">
-        <x:v>24</x:v>
-[...2 lines deleted...]
-        <x:v>24</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
-        <x:v>548</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="I155" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
-      <x:c r="I155" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J155" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
-        <x:v>549</x:v>
+        <x:v>546</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:11">
       <x:c r="A156" s="0">
-        <x:v>725</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C156" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D156" s="0" t="s">
+        <x:v>543</x:v>
+      </x:c>
+      <x:c r="E156" s="0" t="s">
+        <x:v>547</x:v>
+      </x:c>
+      <x:c r="G156" s="0" t="s">
+        <x:v>548</x:v>
+      </x:c>
+      <x:c r="H156" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="I156" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="J156" s="0" t="s">
+        <x:v>549</x:v>
+      </x:c>
+      <x:c r="K156" s="0" t="s">
         <x:v>550</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>551</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:11">
       <x:c r="A157" s="0">
-        <x:v>724</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="C157" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="C157" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D157" s="0" t="s">
-        <x:v>552</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="E157" s="0" t="s">
-        <x:v>553</x:v>
-[...2 lines deleted...]
-        <x:v>24</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="I157" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
-        <x:v>551</x:v>
+        <x:v>552</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:11">
       <x:c r="A158" s="0">
-        <x:v>723</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C158" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="D158" s="0" t="s">
+        <x:v>553</x:v>
+      </x:c>
+      <x:c r="E158" s="0" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="G158" s="0" t="s">
         <x:v>554</x:v>
       </x:c>
-      <x:c r="E158" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H158" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I158" s="0" t="s">
-        <x:v>418</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="J158" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="K158" s="0" t="s">
         <x:v>555</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:11">
       <x:c r="A159" s="0">
-        <x:v>722</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C159" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D159" s="0" t="s">
+        <x:v>543</x:v>
+      </x:c>
+      <x:c r="E159" s="0" t="s">
         <x:v>556</x:v>
       </x:c>
-      <x:c r="E159" s="0" t="s">
-        <x:v>414</x:v>
+      <x:c r="F159" s="0" t="s">
+        <x:v>557</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="I159" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
-      <x:c r="I159" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J159" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
-        <x:v>555</x:v>
+        <x:v>559</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:11">
       <x:c r="A160" s="0">
-        <x:v>719</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C160" s="0" t="s">
-        <x:v>557</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D160" s="0" t="s">
-        <x:v>558</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="E160" s="0" t="s">
-        <x:v>559</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="G160" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>561</x:v>
+      </x:c>
+      <x:c r="H160" s="0" t="s">
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I160" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J160" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K160" s="0" t="s">
-        <x:v>560</x:v>
+        <x:v>562</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:11">
       <x:c r="A161" s="0">
-        <x:v>718</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C161" s="0" t="s">
-        <x:v>557</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D161" s="0" t="s">
-        <x:v>561</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="E161" s="0" t="s">
-        <x:v>559</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="I161" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
-        <x:v>560</x:v>
+        <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:11">
       <x:c r="A162" s="0">
-        <x:v>717</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C162" s="0" t="s">
-        <x:v>557</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D162" s="0" t="s">
-        <x:v>562</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="E162" s="0" t="s">
-        <x:v>559</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="G162" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="H162" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="I162" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J162" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="K162" s="0" t="s">
-        <x:v>563</x:v>
+        <x:v>570</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:11">
       <x:c r="A163" s="0">
-        <x:v>716</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C163" s="0" t="s">
-        <x:v>557</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D163" s="0" t="s">
-        <x:v>564</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="E163" s="0" t="s">
-        <x:v>559</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="H163" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I163" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
-        <x:v>563</x:v>
+        <x:v>573</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:11">
       <x:c r="A164" s="0">
-        <x:v>715</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C164" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="D164" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="E164" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="G164" s="0" t="s">
-        <x:v>565</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H164" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I164" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="J164" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="K164" s="0" t="s">
-        <x:v>566</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:11">
       <x:c r="A165" s="0">
-        <x:v>714</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C165" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="D165" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="E165" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
-        <x:v>567</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H165" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I165" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
-        <x:v>568</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:11">
       <x:c r="A166" s="0">
-        <x:v>713</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C166" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D166" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="E166" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="G166" s="0" t="s">
-        <x:v>569</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="H166" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I166" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="J166" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="K166" s="0" t="s">
-        <x:v>570</x:v>
+        <x:v>577</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:11">
       <x:c r="A167" s="0">
-        <x:v>712</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C167" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D167" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="E167" s="0" t="s">
-        <x:v>571</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
-        <x:v>572</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="H167" s="0" t="s">
-        <x:v>573</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I167" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
-        <x:v>574</x:v>
+        <x:v>580</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:11">
       <x:c r="A168" s="0">
-        <x:v>711</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C168" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D168" s="0" t="s">
-        <x:v>575</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="E168" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="G168" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>581</x:v>
+      </x:c>
+      <x:c r="H168" s="0" t="s">
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I168" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J168" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K168" s="0" t="s">
-        <x:v>577</x:v>
+        <x:v>582</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:11">
       <x:c r="A169" s="0">
-        <x:v>710</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C169" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D169" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="E169" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>583</x:v>
+      </x:c>
+      <x:c r="F169" s="0" t="s">
+        <x:v>584</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
-        <x:v>578</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="H169" s="0" t="s">
-        <x:v>527</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I169" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
-        <x:v>579</x:v>
+        <x:v>586</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:11">
       <x:c r="A170" s="0">
-        <x:v>709</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C170" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D170" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="E170" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="G170" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="H170" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I170" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J170" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K170" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>589</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:11">
       <x:c r="A171" s="0">
-        <x:v>708</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C171" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D171" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E171" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
-        <x:v>582</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="I171" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
-        <x:v>583</x:v>
+        <x:v>591</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:11">
       <x:c r="A172" s="0">
-        <x:v>707</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C172" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="D172" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="E172" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="G172" s="0" t="s">
-        <x:v>584</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="H172" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="I172" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J172" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K172" s="0" t="s">
-        <x:v>585</x:v>
+        <x:v>597</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:11">
       <x:c r="A173" s="0">
-        <x:v>706</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C173" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D173" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E173" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
-        <x:v>586</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I173" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
-        <x:v>587</x:v>
+        <x:v>599</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:11">
       <x:c r="A174" s="0">
-        <x:v>705</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C174" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D174" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="E174" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="G174" s="0" t="s">
-        <x:v>588</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="H174" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="I174" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J174" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K174" s="0" t="s">
-        <x:v>589</x:v>
+        <x:v>603</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:11">
       <x:c r="A175" s="0">
-        <x:v>703</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C175" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D175" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E175" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
-        <x:v>590</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="H175" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I175" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
-        <x:v>591</x:v>
+        <x:v>605</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:11">
       <x:c r="A176" s="0">
-        <x:v>702</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C176" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D176" s="0" t="s">
-        <x:v>517</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E176" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="G176" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="H176" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I176" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J176" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K176" s="0" t="s">
-        <x:v>519</x:v>
+        <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:11">
       <x:c r="A177" s="0">
-        <x:v>701</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C177" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D177" s="0" t="s">
-        <x:v>517</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="E177" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>609</x:v>
+      </x:c>
+      <x:c r="F177" s="0" t="s">
+        <x:v>610</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="I177" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
-      <x:c r="I177" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J177" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
-        <x:v>519</x:v>
+        <x:v>612</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:11">
       <x:c r="A178" s="0">
-        <x:v>700</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C178" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D178" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="E178" s="0" t="s">
-        <x:v>592</x:v>
+        <x:v>609</x:v>
+      </x:c>
+      <x:c r="F178" s="0" t="s">
+        <x:v>614</x:v>
       </x:c>
       <x:c r="G178" s="0" t="s">
-        <x:v>593</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="H178" s="0" t="s">
-        <x:v>594</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="I178" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J178" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="K178" s="0" t="s">
-        <x:v>595</x:v>
+        <x:v>612</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:11">
       <x:c r="A179" s="0">
-        <x:v>699</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C179" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D179" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="E179" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>609</x:v>
+      </x:c>
+      <x:c r="F179" s="0" t="s">
+        <x:v>617</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
-        <x:v>596</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="I179" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
-        <x:v>597</x:v>
+        <x:v>612</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:11">
       <x:c r="A180" s="0">
-        <x:v>698</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C180" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D180" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="E180" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>609</x:v>
+      </x:c>
+      <x:c r="F180" s="0" t="s">
+        <x:v>617</x:v>
       </x:c>
       <x:c r="G180" s="0" t="s">
-        <x:v>598</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="H180" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="I180" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J180" s="0" t="s">
-        <x:v>42</x:v>
-[...2 lines deleted...]
-        <x:v>599</x:v>
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="K180" s="2" t="s">
+        <x:v>621</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:11">
       <x:c r="A181" s="0">
-        <x:v>697</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C181" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D181" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="E181" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>609</x:v>
+      </x:c>
+      <x:c r="F181" s="0" t="s">
+        <x:v>623</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
-        <x:v>600</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="H181" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="I181" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
-        <x:v>601</x:v>
+        <x:v>612</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:11">
       <x:c r="A182" s="0">
-        <x:v>696</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C182" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D182" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="E182" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="F182" s="0" t="s">
+        <x:v>142</x:v>
       </x:c>
       <x:c r="G182" s="0" t="s">
-        <x:v>602</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="H182" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I182" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J182" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K182" s="0" t="s">
-        <x:v>603</x:v>
+        <x:v>628</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:11">
       <x:c r="A183" s="0">
-        <x:v>695</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C183" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D183" s="0" t="s">
-        <x:v>517</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="E183" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="F183" s="0" t="s">
+        <x:v>142</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H183" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I183" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
-        <x:v>604</x:v>
+        <x:v>630</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:11">
       <x:c r="A184" s="0">
-        <x:v>694</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C184" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D184" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="E184" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>632</x:v>
+      </x:c>
+      <x:c r="F184" s="0" t="s">
+        <x:v>142</x:v>
       </x:c>
       <x:c r="G184" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H184" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I184" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J184" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K184" s="0" t="s">
-        <x:v>605</x:v>
+        <x:v>630</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:11">
       <x:c r="A185" s="0">
-        <x:v>693</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C185" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="D185" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="E185" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
-        <x:v>606</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H185" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I185" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
-        <x:v>607</x:v>
+        <x:v>634</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:11">
       <x:c r="A186" s="0">
-        <x:v>692</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C186" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="D186" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="E186" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="G186" s="0" t="s">
-        <x:v>608</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H186" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I186" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="J186" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K186" s="0" t="s">
-        <x:v>609</x:v>
+        <x:v>634</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:11">
       <x:c r="A187" s="0">
-        <x:v>691</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C187" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="D187" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="E187" s="0" t="s">
-        <x:v>362</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
-        <x:v>610</x:v>
-[...2 lines deleted...]
-        <x:v>132</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="I187" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
-        <x:v>611</x:v>
+        <x:v>639</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:11">
       <x:c r="A188" s="0">
-        <x:v>690</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C188" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="D188" s="0" t="s">
-        <x:v>612</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="E188" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="G188" s="0" t="s">
-        <x:v>613</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H188" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="I188" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J188" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K188" s="0" t="s">
-        <x:v>614</x:v>
+        <x:v>639</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:11">
       <x:c r="A189" s="0">
-        <x:v>689</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C189" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="D189" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="E189" s="0" t="s">
-        <x:v>615</x:v>
-[...2 lines deleted...]
-        <x:v>616</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
-        <x:v>617</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H189" s="0" t="s">
-        <x:v>527</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="I189" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
-        <x:v>618</x:v>
+        <x:v>642</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:11">
       <x:c r="A190" s="0">
-        <x:v>688</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C190" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="D190" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="E190" s="0" t="s">
-        <x:v>619</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="G190" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H190" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="I190" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J190" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K190" s="0" t="s">
-        <x:v>496</x:v>
+        <x:v>642</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:11">
       <x:c r="A191" s="0">
-        <x:v>687</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C191" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D191" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E191" s="0" t="s">
-        <x:v>592</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
-        <x:v>620</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
-        <x:v>594</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="I191" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
-        <x:v>621</x:v>
+        <x:v>645</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:11">
       <x:c r="A192" s="0">
-        <x:v>686</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C192" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D192" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E192" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="G192" s="0" t="s">
-        <x:v>622</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="H192" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="I192" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J192" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K192" s="0" t="s">
-        <x:v>623</x:v>
+        <x:v>647</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:11">
       <x:c r="A193" s="0">
-        <x:v>685</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C193" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D193" s="0" t="s">
-        <x:v>575</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E193" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
-        <x:v>624</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I193" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
-        <x:v>625</x:v>
+        <x:v>649</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:11">
       <x:c r="A194" s="0">
-        <x:v>684</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C194" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D194" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E194" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="G194" s="0" t="s">
-        <x:v>626</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="H194" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I194" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J194" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K194" s="0" t="s">
-        <x:v>627</x:v>
+        <x:v>652</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:11">
       <x:c r="A195" s="0">
-        <x:v>683</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C195" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D195" s="0" t="s">
-        <x:v>575</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="E195" s="0" t="s">
-        <x:v>628</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
-        <x:v>629</x:v>
-[...2 lines deleted...]
-        <x:v>156</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="I195" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
-        <x:v>630</x:v>
+        <x:v>654</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:11">
       <x:c r="A196" s="0">
-        <x:v>682</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C196" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D196" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E196" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="G196" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="H196" s="0" t="s">
-        <x:v>631</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I196" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J196" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K196" s="0" t="s">
-        <x:v>632</x:v>
+        <x:v>656</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:11">
       <x:c r="A197" s="0">
-        <x:v>680</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C197" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D197" s="0" t="s">
-        <x:v>633</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E197" s="0" t="s">
-        <x:v>634</x:v>
-[...2 lines deleted...]
-        <x:v>635</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
-        <x:v>636</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="H197" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="I197" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
-        <x:v>637</x:v>
+        <x:v>657</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:11">
       <x:c r="A198" s="0">
-        <x:v>679</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C198" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D198" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E198" s="0" t="s">
-        <x:v>638</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="G198" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="H198" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I198" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J198" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K198" s="0" t="s">
-        <x:v>640</x:v>
+        <x:v>660</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:11">
       <x:c r="A199" s="0">
-        <x:v>678</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="C199" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="C199" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D199" s="0" t="s">
-        <x:v>641</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E199" s="0" t="s">
-        <x:v>642</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>661</x:v>
+      </x:c>
+      <x:c r="H199" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I199" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
-        <x:v>643</x:v>
+        <x:v>662</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:11">
       <x:c r="A200" s="0">
-        <x:v>677</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="C200" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="C200" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D200" s="0" t="s">
-        <x:v>644</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E200" s="0" t="s">
-        <x:v>24</x:v>
-[...2 lines deleted...]
-        <x:v>24</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="G200" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="H200" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="I200" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J200" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K200" s="0" t="s">
-        <x:v>643</x:v>
+        <x:v>664</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:11">
       <x:c r="A201" s="0">
-        <x:v>676</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="C201" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="C201" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D201" s="0" t="s">
-        <x:v>645</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E201" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="I201" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
-        <x:v>643</x:v>
+        <x:v>666</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:11">
       <x:c r="A202" s="0">
-        <x:v>675</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="C202" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="C202" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D202" s="0" t="s">
-        <x:v>646</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E202" s="0" t="s">
-        <x:v>647</x:v>
-[...2 lines deleted...]
-        <x:v>648</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G202" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="H202" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I202" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J202" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K202" s="0" t="s">
-        <x:v>643</x:v>
+        <x:v>668</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:11">
       <x:c r="A203" s="0">
-        <x:v>674</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C203" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D203" s="0" t="s">
-        <x:v>649</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E203" s="0" t="s">
-        <x:v>650</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I203" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
-        <x:v>643</x:v>
+        <x:v>599</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:11">
       <x:c r="A204" s="0">
-        <x:v>673</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C204" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D204" s="0" t="s">
-        <x:v>651</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E204" s="0" t="s">
-        <x:v>650</x:v>
-[...2 lines deleted...]
-        <x:v>652</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G204" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="H204" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I204" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="J204" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K204" s="0" t="s">
-        <x:v>653</x:v>
+        <x:v>599</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:11">
       <x:c r="A205" s="0">
+        <x:v>700</x:v>
+      </x:c>
+      <x:c r="B205" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="C205" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="D205" s="0" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="E205" s="0" t="s">
+        <x:v>669</x:v>
+      </x:c>
+      <x:c r="G205" s="0" t="s">
+        <x:v>670</x:v>
+      </x:c>
+      <x:c r="H205" s="0" t="s">
+        <x:v>671</x:v>
+      </x:c>
+      <x:c r="I205" s="0" t="s">
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="J205" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K205" s="0" t="s">
         <x:v>672</x:v>
-      </x:c>
-[...25 lines deleted...]
-        <x:v>656</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:11">
       <x:c r="A206" s="0">
-        <x:v>671</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C206" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="D206" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
-      <x:c r="D206" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E206" s="0" t="s">
-        <x:v>14</x:v>
-[...2 lines deleted...]
-        <x:v>657</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="G206" s="0" t="s">
-        <x:v>658</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="H206" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I206" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J206" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K206" s="0" t="s">
-        <x:v>659</x:v>
+        <x:v>674</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:11">
       <x:c r="A207" s="0">
-        <x:v>670</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C207" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D207" s="0" t="s">
-        <x:v>660</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E207" s="0" t="s">
-        <x:v>661</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
-        <x:v>662</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="H207" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="I207" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
-        <x:v>663</x:v>
+        <x:v>676</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:11">
       <x:c r="A208" s="0">
-        <x:v>667</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C208" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D208" s="0" t="s">
-        <x:v>664</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E208" s="0" t="s">
-        <x:v>52</x:v>
-[...2 lines deleted...]
-        <x:v>665</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G208" s="0" t="s">
-        <x:v>666</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="H208" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="I208" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J208" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="K208" s="0" t="s">
-        <x:v>667</x:v>
+        <x:v>678</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:11">
       <x:c r="A209" s="0">
-        <x:v>666</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="C209" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="C209" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D209" s="0" t="s">
-        <x:v>668</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E209" s="0" t="s">
-        <x:v>669</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="H209" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="I209" s="0" t="s">
-        <x:v>670</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
-        <x:v>671</x:v>
+        <x:v>680</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:11">
       <x:c r="A210" s="0">
-        <x:v>665</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C210" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D210" s="0" t="s">
-        <x:v>672</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E210" s="0" t="s">
-        <x:v>669</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G210" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="H210" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I210" s="0" t="s">
-        <x:v>670</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="J210" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K210" s="0" t="s">
-        <x:v>671</x:v>
+        <x:v>681</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:11">
       <x:c r="A211" s="0">
-        <x:v>664</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="C211" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="C211" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D211" s="0" t="s">
-        <x:v>673</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E211" s="0" t="s">
-        <x:v>669</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="H211" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="I211" s="0" t="s">
-        <x:v>670</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
-        <x:v>674</x:v>
+        <x:v>682</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:11">
       <x:c r="A212" s="0">
-        <x:v>663</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="C212" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="C212" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D212" s="0" t="s">
-        <x:v>675</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E212" s="0" t="s">
-        <x:v>676</x:v>
-[...2 lines deleted...]
-        <x:v>677</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G212" s="0" t="s">
-        <x:v>678</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="H212" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I212" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J212" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K212" s="0" t="s">
-        <x:v>679</x:v>
+        <x:v>684</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:11">
       <x:c r="A213" s="0">
-        <x:v>662</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="C213" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="C213" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D213" s="0" t="s">
-        <x:v>680</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E213" s="0" t="s">
-        <x:v>681</x:v>
-[...2 lines deleted...]
-        <x:v>682</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="G213" s="0" t="s">
-        <x:v>683</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="H213" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="I213" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
-        <x:v>679</x:v>
+        <x:v>686</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:11">
       <x:c r="A214" s="0">
-        <x:v>661</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="C214" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="C214" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D214" s="0" t="s">
-        <x:v>684</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E214" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="G214" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>687</x:v>
+      </x:c>
+      <x:c r="H214" s="0" t="s">
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I214" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J214" s="0" t="s">
-        <x:v>42</x:v>
-[...2 lines deleted...]
-        <x:v>685</x:v>
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K214" s="0" t="s">
+        <x:v>688</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:11">
       <x:c r="A215" s="0">
-        <x:v>660</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C215" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D215" s="0" t="s">
-        <x:v>686</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="E215" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="H215" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="I215" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
-      <x:c r="I215" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J215" s="0" t="s">
-        <x:v>42</x:v>
-[...2 lines deleted...]
-        <x:v>685</x:v>
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="K215" s="0" t="s">
+        <x:v>691</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:11">
       <x:c r="A216" s="0">
-        <x:v>659</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="C216" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="C216" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D216" s="0" t="s">
-        <x:v>687</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E216" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>692</x:v>
+      </x:c>
+      <x:c r="F216" s="0" t="s">
+        <x:v>693</x:v>
       </x:c>
       <x:c r="G216" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>694</x:v>
+      </x:c>
+      <x:c r="H216" s="0" t="s">
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I216" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J216" s="0" t="s">
-        <x:v>42</x:v>
-[...2 lines deleted...]
-        <x:v>685</x:v>
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K216" s="0" t="s">
+        <x:v>695</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:11">
       <x:c r="A217" s="0">
-        <x:v>658</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C217" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D217" s="0" t="s">
-        <x:v>688</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="E217" s="0" t="s">
-        <x:v>689</x:v>
-[...2 lines deleted...]
-        <x:v>690</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
-        <x:v>691</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I217" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
-        <x:v>692</x:v>
+        <x:v>577</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:11">
       <x:c r="A218" s="0">
-        <x:v>657</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="C218" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="C218" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D218" s="0" t="s">
-        <x:v>693</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E218" s="0" t="s">
-        <x:v>414</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="G218" s="0" t="s">
-        <x:v>414</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="H218" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="I218" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J218" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K218" s="0" t="s">
-        <x:v>694</x:v>
+        <x:v>698</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:11">
       <x:c r="A219" s="0">
-        <x:v>656</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="C219" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="C219" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D219" s="0" t="s">
-        <x:v>693</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E219" s="0" t="s">
-        <x:v>414</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
-        <x:v>414</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="I219" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
-        <x:v>694</x:v>
+        <x:v>700</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:11">
       <x:c r="A220" s="0">
-        <x:v>655</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C220" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D220" s="0" t="s">
-        <x:v>695</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="E220" s="0" t="s">
-        <x:v>696</x:v>
-[...2 lines deleted...]
-        <x:v>697</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="G220" s="0" t="s">
-        <x:v>698</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="H220" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I220" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J220" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K220" s="0" t="s">
-        <x:v>699</x:v>
+        <x:v>702</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:11">
       <x:c r="A221" s="0">
-        <x:v>654</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C221" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D221" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E221" s="0" t="s">
-        <x:v>700</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
-        <x:v>701</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="H221" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I221" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
-        <x:v>702</x:v>
+        <x:v>704</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:11">
       <x:c r="A222" s="0">
-        <x:v>653</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C222" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D222" s="0" t="s">
-        <x:v>517</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="E222" s="0" t="s">
-        <x:v>703</x:v>
-[...2 lines deleted...]
-        <x:v>704</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="G222" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="H222" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I222" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J222" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K222" s="0" t="s">
-        <x:v>705</x:v>
+        <x:v>707</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:11">
       <x:c r="A223" s="0">
-        <x:v>652</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C223" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D223" s="0" t="s">
-        <x:v>517</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E223" s="0" t="s">
-        <x:v>706</x:v>
-[...2 lines deleted...]
-        <x:v>707</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I223" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
-        <x:v>705</x:v>
+        <x:v>708</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:11">
       <x:c r="A224" s="0">
-        <x:v>651</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C224" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="D224" s="0" t="s">
-        <x:v>517</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="E224" s="0" t="s">
-        <x:v>708</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="F224" s="0" t="s">
-        <x:v>709</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="G224" s="0" t="s">
-        <x:v>710</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="H224" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I224" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J224" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K224" s="0" t="s">
-        <x:v>705</x:v>
+        <x:v>713</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:11">
       <x:c r="A225" s="0">
-        <x:v>650</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C225" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D225" s="0" t="s">
-        <x:v>711</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E225" s="0" t="s">
-        <x:v>712</x:v>
-[...2 lines deleted...]
-        <x:v>713</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
-        <x:v>714</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="H225" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I225" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
-        <x:v>715</x:v>
+        <x:v>716</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:11">
       <x:c r="A226" s="0">
-        <x:v>649</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C226" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D226" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="E226" s="0" t="s">
-        <x:v>592</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="G226" s="0" t="s">
-        <x:v>593</x:v>
-[...2 lines deleted...]
-        <x:v>594</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="I226" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J226" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K226" s="0" t="s">
-        <x:v>716</x:v>
+        <x:v>719</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:11">
       <x:c r="A227" s="0">
-        <x:v>648</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C227" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D227" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="E227" s="0" t="s">
-        <x:v>717</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="F227" s="0" t="s">
-        <x:v>718</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="H227" s="0" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="I227" s="0" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="J227" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K227" s="0" t="s">
         <x:v>719</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>720</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:11">
       <x:c r="A228" s="0">
-        <x:v>647</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C228" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D228" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="E228" s="0" t="s">
-        <x:v>721</x:v>
-[...2 lines deleted...]
-        <x:v>722</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="G228" s="0" t="s">
-        <x:v>723</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H228" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="I228" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J228" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K228" s="0" t="s">
-        <x:v>724</x:v>
+        <x:v>719</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:11">
       <x:c r="A229" s="0">
-        <x:v>646</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C229" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D229" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="E229" s="0" t="s">
-        <x:v>494</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="F229" s="0" t="s">
-        <x:v>725</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H229" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="I229" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
-        <x:v>726</x:v>
+        <x:v>719</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:11">
       <x:c r="A230" s="0">
-        <x:v>645</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C230" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D230" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="E230" s="0" t="s">
-        <x:v>727</x:v>
-[...2 lines deleted...]
-        <x:v>728</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="G230" s="0" t="s">
-        <x:v>729</x:v>
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="H230" s="0" t="s">
+        <x:v>151</x:v>
       </x:c>
       <x:c r="I230" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J230" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K230" s="0" t="s">
-        <x:v>659</x:v>
+        <x:v>719</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:11">
       <x:c r="A231" s="0">
-        <x:v>644</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C231" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D231" s="0" t="s">
-        <x:v>730</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="E231" s="0" t="s">
-        <x:v>731</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="F231" s="0" t="s">
-        <x:v>732</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
-        <x:v>733</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H231" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="I231" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
-        <x:v>734</x:v>
+        <x:v>729</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:11">
       <x:c r="A232" s="0">
-        <x:v>643</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C232" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D232" s="0" t="s">
-        <x:v>735</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E232" s="0" t="s">
-        <x:v>736</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="G232" s="0" t="s">
-        <x:v>737</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="H232" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I232" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J232" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K232" s="0" t="s">
-        <x:v>738</x:v>
+        <x:v>732</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:11">
       <x:c r="A233" s="0">
-        <x:v>642</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C233" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D233" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="E233" s="0" t="s">
-        <x:v>739</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="F233" s="0" t="s">
-        <x:v>740</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
-        <x:v>741</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="H233" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I233" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
-        <x:v>738</x:v>
+        <x:v>735</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:11">
       <x:c r="A234" s="0">
-        <x:v>641</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C234" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D234" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="E234" s="0" t="s">
-        <x:v>742</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="G234" s="0" t="s">
-        <x:v>743</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="H234" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="I234" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
-      <x:c r="I234" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J234" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K234" s="0" t="s">
-        <x:v>744</x:v>
+        <x:v>739</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:11">
       <x:c r="A235" s="0">
-        <x:v>640</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C235" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="D235" s="0" t="s">
-        <x:v>745</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="E235" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="F235" s="0" t="s">
+        <x:v>741</x:v>
       </x:c>
       <x:c r="G235" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="H235" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I235" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
-        <x:v>746</x:v>
+        <x:v>743</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:11">
       <x:c r="A236" s="0">
-        <x:v>639</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C236" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="D236" s="0" t="s">
+        <x:v>744</x:v>
+      </x:c>
+      <x:c r="E236" s="0" t="s">
+        <x:v>745</x:v>
+      </x:c>
+      <x:c r="G236" s="0" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="H236" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="I236" s="0" t="s">
+        <x:v>746</x:v>
+      </x:c>
+      <x:c r="J236" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K236" s="0" t="s">
         <x:v>747</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>746</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:11">
       <x:c r="A237" s="0">
-        <x:v>638</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C237" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="D237" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="E237" s="0" t="s">
-        <x:v>749</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
-        <x:v>750</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H237" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="I237" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
-        <x:v>734</x:v>
+        <x:v>747</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:11">
       <x:c r="A238" s="0">
-        <x:v>637</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C238" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="D238" s="0" t="s">
-        <x:v>751</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="E238" s="0" t="s">
-        <x:v>752</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="G238" s="0" t="s">
-        <x:v>753</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H238" s="0" t="s">
-        <x:v>527</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="I238" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="J238" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K238" s="0" t="s">
-        <x:v>754</x:v>
+        <x:v>750</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:11">
       <x:c r="A239" s="0">
-        <x:v>636</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C239" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D239" s="0" t="s">
+        <x:v>751</x:v>
+      </x:c>
+      <x:c r="E239" s="0" t="s">
+        <x:v>752</x:v>
+      </x:c>
+      <x:c r="F239" s="0" t="s">
+        <x:v>753</x:v>
+      </x:c>
+      <x:c r="G239" s="0" t="s">
+        <x:v>754</x:v>
+      </x:c>
+      <x:c r="H239" s="0" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="I239" s="0" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="J239" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K239" s="0" t="s">
         <x:v>755</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>759</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:11">
       <x:c r="A240" s="0">
-        <x:v>635</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C240" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D240" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="E240" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>757</x:v>
+      </x:c>
+      <x:c r="F240" s="0" t="s">
+        <x:v>758</x:v>
       </x:c>
       <x:c r="G240" s="0" t="s">
-        <x:v>760</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="H240" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="I240" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J240" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K240" s="0" t="s">
-        <x:v>761</x:v>
+        <x:v>755</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:11">
       <x:c r="A241" s="0">
-        <x:v>634</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C241" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D241" s="0" t="s">
-        <x:v>762</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="E241" s="0" t="s">
-        <x:v>763</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
-        <x:v>763</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="I241" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
-        <x:v>77</x:v>
-[...2 lines deleted...]
-        <x:v>764</x:v>
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K241" s="2" t="s">
+        <x:v>761</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:11">
       <x:c r="A242" s="0">
-        <x:v>633</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C242" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D242" s="0" t="s">
-        <x:v>765</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="E242" s="0" t="s">
-        <x:v>696</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="G242" s="0" t="s">
-        <x:v>766</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H242" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I242" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J242" s="0" t="s">
-        <x:v>42</x:v>
-[...2 lines deleted...]
-        <x:v>767</x:v>
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K242" s="2" t="s">
+        <x:v>761</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:11">
       <x:c r="A243" s="0">
-        <x:v>632</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C243" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D243" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="E243" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
-        <x:v>768</x:v>
-[...2 lines deleted...]
-        <x:v>132</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="I243" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
-        <x:v>42</x:v>
-[...2 lines deleted...]
-        <x:v>769</x:v>
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K243" s="2" t="s">
+        <x:v>761</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:11">
       <x:c r="A244" s="0">
-        <x:v>631</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C244" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D244" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="E244" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="F244" s="0" t="s">
+        <x:v>765</x:v>
       </x:c>
       <x:c r="G244" s="0" t="s">
-        <x:v>770</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="H244" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I244" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J244" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="K244" s="0" t="s">
-        <x:v>771</x:v>
+        <x:v>767</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:11">
       <x:c r="A245" s="0">
-        <x:v>630</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C245" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D245" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="E245" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="H245" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I245" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
-        <x:v>772</x:v>
+        <x:v>769</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:11">
       <x:c r="A246" s="0">
-        <x:v>629</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C246" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D246" s="0" t="s">
-        <x:v>462</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="E246" s="0" t="s">
-        <x:v>689</x:v>
-[...2 lines deleted...]
-        <x:v>690</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="G246" s="0" t="s">
-        <x:v>691</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="H246" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I246" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J246" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="K246" s="0" t="s">
-        <x:v>773</x:v>
+        <x:v>769</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:11">
       <x:c r="A247" s="0">
-        <x:v>628</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C247" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="D247" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="E247" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>771</x:v>
+      </x:c>
+      <x:c r="F247" s="0" t="s">
+        <x:v>772</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
+        <x:v>773</x:v>
+      </x:c>
+      <x:c r="H247" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="I247" s="0" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="J247" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K247" s="0" t="s">
         <x:v>774</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>775</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:11">
       <x:c r="A248" s="0">
-        <x:v>627</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C248" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D248" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E248" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="G248" s="0" t="s">
-        <x:v>600</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="H248" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="I248" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J248" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K248" s="0" t="s">
-        <x:v>772</x:v>
+        <x:v>777</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:11">
       <x:c r="A249" s="0">
-        <x:v>626</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C249" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D249" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E249" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>778</x:v>
+      </x:c>
+      <x:c r="F249" s="0" t="s">
+        <x:v>779</x:v>
       </x:c>
       <x:c r="G249" s="0" t="s">
-        <x:v>776</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="H249" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I249" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
-        <x:v>777</x:v>
+        <x:v>780</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:11">
       <x:c r="A250" s="0">
-        <x:v>625</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C250" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D250" s="0" t="s">
-        <x:v>778</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E250" s="0" t="s">
-        <x:v>779</x:v>
+        <x:v>781</x:v>
+      </x:c>
+      <x:c r="F250" s="0" t="s">
+        <x:v>782</x:v>
       </x:c>
       <x:c r="G250" s="0" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="H250" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="I250" s="0" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="J250" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K250" s="0" t="s">
         <x:v>780</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>781</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:11">
       <x:c r="A251" s="0">
-        <x:v>624</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C251" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D251" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E251" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>783</x:v>
+      </x:c>
+      <x:c r="F251" s="0" t="s">
+        <x:v>784</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
-        <x:v>782</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="H251" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="I251" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
-        <x:v>783</x:v>
+        <x:v>780</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:11">
       <x:c r="A252" s="0">
-        <x:v>623</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C252" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="D252" s="0" t="s">
-        <x:v>784</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="E252" s="0" t="s">
-        <x:v>785</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="F252" s="0" t="s">
-        <x:v>786</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="G252" s="0" t="s">
-        <x:v>787</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="H252" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="I252" s="0" t="s">
-        <x:v>788</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J252" s="0" t="s">
-        <x:v>789</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K252" s="0" t="s">
         <x:v>790</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:11">
       <x:c r="A253" s="0">
-        <x:v>622</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C253" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D253" s="0" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="E253" s="0" t="s">
+        <x:v>669</x:v>
+      </x:c>
+      <x:c r="G253" s="0" t="s">
+        <x:v>670</x:v>
+      </x:c>
+      <x:c r="H253" s="0" t="s">
+        <x:v>671</x:v>
+      </x:c>
+      <x:c r="I253" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="J253" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K253" s="0" t="s">
         <x:v>791</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>794</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:11">
       <x:c r="A254" s="0">
-        <x:v>621</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C254" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D254" s="0" t="s">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="E254" s="0" t="s">
+        <x:v>792</x:v>
+      </x:c>
+      <x:c r="F254" s="0" t="s">
+        <x:v>793</x:v>
+      </x:c>
+      <x:c r="G254" s="0" t="s">
+        <x:v>794</x:v>
+      </x:c>
+      <x:c r="H254" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="I254" s="0" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="J254" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K254" s="0" t="s">
         <x:v>795</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>798</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:11">
       <x:c r="A255" s="0">
-        <x:v>620</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C255" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D255" s="0" t="s">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="E255" s="0" t="s">
+        <x:v>796</x:v>
+      </x:c>
+      <x:c r="F255" s="0" t="s">
+        <x:v>797</x:v>
+      </x:c>
+      <x:c r="G255" s="0" t="s">
+        <x:v>798</x:v>
+      </x:c>
+      <x:c r="H255" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="I255" s="0" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="J255" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K255" s="0" t="s">
         <x:v>799</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>798</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:11">
       <x:c r="A256" s="0">
-        <x:v>619</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C256" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D256" s="0" t="s">
-        <x:v>802</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="E256" s="0" t="s">
-        <x:v>785</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="F256" s="0" t="s">
-        <x:v>786</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="G256" s="0" t="s">
-        <x:v>803</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="H256" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I256" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="J256" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K256" s="0" t="s">
-        <x:v>804</x:v>
+        <x:v>801</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:11">
       <x:c r="A257" s="0">
-        <x:v>618</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C257" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D257" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="E257" s="0" t="s">
-        <x:v>805</x:v>
+        <x:v>802</x:v>
+      </x:c>
+      <x:c r="F257" s="0" t="s">
+        <x:v>803</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
-        <x:v>806</x:v>
-[...2 lines deleted...]
-        <x:v>17</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="I257" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
-        <x:v>734</x:v>
+        <x:v>735</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:11">
       <x:c r="A258" s="0">
-        <x:v>617</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C258" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D258" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="E258" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>806</x:v>
+      </x:c>
+      <x:c r="F258" s="0" t="s">
+        <x:v>807</x:v>
       </x:c>
       <x:c r="G258" s="0" t="s">
-        <x:v>807</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="H258" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I258" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="J258" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="K258" s="0" t="s">
-        <x:v>808</x:v>
+        <x:v>809</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:11">
       <x:c r="A259" s="0">
-        <x:v>616</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C259" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D259" s="0" t="s">
-        <x:v>809</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="E259" s="0" t="s">
-        <x:v>65</x:v>
-[...2 lines deleted...]
-        <x:v>65</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
-        <x:v>810</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="H259" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I259" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
-        <x:v>811</x:v>
+        <x:v>813</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:11">
       <x:c r="A260" s="0">
-        <x:v>615</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C260" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D260" s="0" t="s">
-        <x:v>575</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="E260" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>814</x:v>
+      </x:c>
+      <x:c r="F260" s="0" t="s">
+        <x:v>815</x:v>
       </x:c>
       <x:c r="G260" s="0" t="s">
-        <x:v>812</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="H260" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I260" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="J260" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="K260" s="0" t="s">
         <x:v>813</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:11">
       <x:c r="A261" s="0">
-        <x:v>614</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C261" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D261" s="0" t="s">
-        <x:v>814</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="E261" s="0" t="s">
-        <x:v>689</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
-        <x:v>815</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="H261" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I261" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
-        <x:v>816</x:v>
+        <x:v>819</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:11">
       <x:c r="A262" s="0">
-        <x:v>613</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C262" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D262" s="0" t="s">
-        <x:v>817</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="E262" s="0" t="s">
-        <x:v>318</x:v>
-[...2 lines deleted...]
-        <x:v>818</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="G262" s="0" t="s">
-        <x:v>819</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="H262" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I262" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="J262" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K262" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>821</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:11">
       <x:c r="A263" s="0">
-        <x:v>612</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C263" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D263" s="0" t="s">
-        <x:v>745</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="E263" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="G263" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="H263" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I263" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
-        <x:v>746</x:v>
+        <x:v>821</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:11">
       <x:c r="A264" s="0">
-        <x:v>611</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C264" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D264" s="0" t="s">
-        <x:v>820</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="E264" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="G264" s="0" t="s">
-        <x:v>821</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="H264" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I264" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="J264" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="K264" s="0" t="s">
-        <x:v>746</x:v>
+        <x:v>809</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:11">
       <x:c r="A265" s="0">
-        <x:v>610</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C265" s="0" t="s">
-        <x:v>822</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="D265" s="0" t="s">
-        <x:v>823</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="E265" s="0" t="s">
-        <x:v>824</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
-        <x:v>825</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="H265" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I265" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
-        <x:v>826</x:v>
+        <x:v>829</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:11">
       <x:c r="A266" s="0">
-        <x:v>609</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C266" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="D266" s="0" t="s">
-        <x:v>827</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="E266" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="F266" s="0" t="s">
+        <x:v>831</x:v>
       </x:c>
       <x:c r="G266" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="H266" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I266" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="J266" s="0" t="s">
-        <x:v>828</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K266" s="0" t="s">
-        <x:v>829</x:v>
+        <x:v>834</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:11">
       <x:c r="A267" s="0">
-        <x:v>607</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C267" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D267" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="E267" s="0" t="s">
-        <x:v>592</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
-        <x:v>830</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="H267" s="0" t="s">
-        <x:v>594</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I267" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
-        <x:v>831</x:v>
+        <x:v>836</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:11">
       <x:c r="A268" s="0">
-        <x:v>606</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C268" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="D268" s="0" t="s">
-        <x:v>575</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="E268" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="G268" s="0" t="s">
-        <x:v>832</x:v>
-[...2 lines deleted...]
-        <x:v>135</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="I268" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="J268" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="K268" s="0" t="s">
-        <x:v>833</x:v>
+        <x:v>839</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:11">
       <x:c r="A269" s="0">
-        <x:v>605</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C269" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="D269" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="E269" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
-        <x:v>834</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="H269" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I269" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
-        <x:v>835</x:v>
+        <x:v>842</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:11">
       <x:c r="A270" s="0">
-        <x:v>604</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C270" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D270" s="0" t="s">
-        <x:v>575</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E270" s="0" t="s">
-        <x:v>836</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="G270" s="0" t="s">
-        <x:v>837</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="H270" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I270" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J270" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K270" s="0" t="s">
-        <x:v>838</x:v>
+        <x:v>844</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:11">
       <x:c r="A271" s="0">
-        <x:v>603</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C271" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D271" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E271" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
-        <x:v>839</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="H271" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="I271" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
-        <x:v>835</x:v>
+        <x:v>846</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:11">
       <x:c r="A272" s="0">
-        <x:v>601</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C272" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D272" s="0" t="s">
-        <x:v>575</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E272" s="0" t="s">
-        <x:v>840</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="G272" s="0" t="s">
-        <x:v>841</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="H272" s="0" t="s">
-        <x:v>573</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="I272" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J272" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K272" s="0" t="s">
-        <x:v>842</x:v>
+        <x:v>847</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:11">
       <x:c r="A273" s="0">
-        <x:v>600</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C273" s="0" t="s">
-        <x:v>843</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D273" s="0" t="s">
-        <x:v>844</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="E273" s="0" t="s">
-        <x:v>845</x:v>
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="F273" s="0" t="s">
+        <x:v>765</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
-        <x:v>846</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="H273" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="I273" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
-      <x:c r="I273" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J273" s="0" t="s">
-        <x:v>847</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>848</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:11">
       <x:c r="A274" s="0">
-        <x:v>599</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C274" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D274" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E274" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="G274" s="0" t="s">
         <x:v>849</x:v>
       </x:c>
       <x:c r="H274" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I274" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J274" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K274" s="0" t="s">
         <x:v>850</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:11">
       <x:c r="A275" s="0">
-        <x:v>598</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C275" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D275" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E275" s="0" t="s">
-        <x:v>362</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
-        <x:v>851</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="H275" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I275" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
-        <x:v>852</x:v>
+        <x:v>847</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:11">
       <x:c r="A276" s="0">
-        <x:v>597</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C276" s="0" t="s">
-        <x:v>843</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D276" s="0" t="s">
-        <x:v>853</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E276" s="0" t="s">
-        <x:v>854</x:v>
-[...2 lines deleted...]
-        <x:v>855</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="G276" s="0" t="s">
-        <x:v>856</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="H276" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I276" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J276" s="0" t="s">
-        <x:v>847</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K276" s="0" t="s">
-        <x:v>857</x:v>
+        <x:v>852</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:11">
       <x:c r="A277" s="0">
-        <x:v>596</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C277" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="D277" s="0" t="s">
-        <x:v>858</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="E277" s="0" t="s">
-        <x:v>14</x:v>
-[...2 lines deleted...]
-        <x:v>859</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
-        <x:v>860</x:v>
+        <x:v>855</x:v>
       </x:c>
       <x:c r="H277" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I277" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J277" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
-        <x:v>861</x:v>
+        <x:v>856</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:11">
       <x:c r="A278" s="0">
-        <x:v>595</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C278" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D278" s="0" t="s">
-        <x:v>862</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E278" s="0" t="s">
-        <x:v>863</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G278" s="0" t="s">
-        <x:v>864</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="H278" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I278" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J278" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K278" s="0" t="s">
-        <x:v>865</x:v>
+        <x:v>858</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:11">
       <x:c r="A279" s="0">
-        <x:v>594</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C279" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="D279" s="0" t="s">
-        <x:v>866</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="E279" s="0" t="s">
-        <x:v>867</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="F279" s="0" t="s">
-        <x:v>868</x:v>
+        <x:v>861</x:v>
       </x:c>
       <x:c r="G279" s="0" t="s">
-        <x:v>869</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="H279" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="I279" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="J279" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>864</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
-        <x:v>870</x:v>
+        <x:v>865</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:11">
       <x:c r="A280" s="0">
-        <x:v>593</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C280" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="D280" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>866</x:v>
       </x:c>
       <x:c r="E280" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="F280" s="0" t="s">
+        <x:v>831</x:v>
       </x:c>
       <x:c r="G280" s="0" t="s">
-        <x:v>871</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="H280" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I280" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="J280" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K280" s="0" t="s">
-        <x:v>872</x:v>
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:11">
       <x:c r="A281" s="0">
-        <x:v>592</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C281" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D281" s="0" t="s">
-        <x:v>575</x:v>
+        <x:v>870</x:v>
       </x:c>
       <x:c r="E281" s="0" t="s">
+        <x:v>871</x:v>
+      </x:c>
+      <x:c r="F281" s="0" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="G281" s="0" t="s">
+        <x:v>872</x:v>
+      </x:c>
+      <x:c r="H281" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="I281" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="J281" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="K281" s="0" t="s">
         <x:v>873</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>875</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:11">
       <x:c r="A282" s="0">
-        <x:v>591</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C282" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D282" s="0" t="s">
+        <x:v>874</x:v>
+      </x:c>
+      <x:c r="E282" s="0" t="s">
+        <x:v>875</x:v>
+      </x:c>
+      <x:c r="G282" s="0" t="s">
         <x:v>876</x:v>
       </x:c>
-      <x:c r="E282" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H282" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="I282" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
-      <x:c r="I282" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J282" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="K282" s="0" t="s">
-        <x:v>878</x:v>
+        <x:v>873</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:11">
       <x:c r="A283" s="0">
-        <x:v>590</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C283" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="D283" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="E283" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>860</x:v>
+      </x:c>
+      <x:c r="F283" s="0" t="s">
+        <x:v>861</x:v>
       </x:c>
       <x:c r="G283" s="0" t="s">
+        <x:v>878</x:v>
+      </x:c>
+      <x:c r="H283" s="0" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="I283" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="J283" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K283" s="0" t="s">
         <x:v>879</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>880</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:11">
       <x:c r="A284" s="0">
-        <x:v>589</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C284" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D284" s="0" t="s">
-        <x:v>575</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="E284" s="0" t="s">
-        <x:v>873</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="G284" s="0" t="s">
         <x:v>881</x:v>
       </x:c>
       <x:c r="H284" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I284" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="J284" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K284" s="0" t="s">
-        <x:v>875</x:v>
+        <x:v>809</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:11">
       <x:c r="A285" s="0">
-        <x:v>588</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C285" s="0" t="s">
-        <x:v>407</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D285" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="E285" s="0" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="G285" s="0" t="s">
         <x:v>882</x:v>
       </x:c>
-      <x:c r="E285" s="0" t="s">
+      <x:c r="H285" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="I285" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="J285" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K285" s="0" t="s">
         <x:v>883</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>886</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:11">
       <x:c r="A286" s="0">
-        <x:v>587</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C286" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D286" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="E286" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="F286" s="0" t="s">
+        <x:v>178</x:v>
       </x:c>
       <x:c r="G286" s="0" t="s">
-        <x:v>887</x:v>
+        <x:v>885</x:v>
       </x:c>
       <x:c r="H286" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I286" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J286" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="K286" s="0" t="s">
-        <x:v>888</x:v>
+        <x:v>886</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:11">
       <x:c r="A287" s="0">
-        <x:v>586</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C287" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D287" s="0" t="s">
-        <x:v>575</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="E287" s="0" t="s">
-        <x:v>873</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="G287" s="0" t="s">
-        <x:v>889</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="H287" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I287" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J287" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
-        <x:v>890</x:v>
+        <x:v>888</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:11">
       <x:c r="A288" s="0">
-        <x:v>585</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C288" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D288" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>889</x:v>
       </x:c>
       <x:c r="E288" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="G288" s="0" t="s">
+        <x:v>890</x:v>
+      </x:c>
+      <x:c r="H288" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="I288" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="J288" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K288" s="0" t="s">
         <x:v>891</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>892</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:11">
       <x:c r="A289" s="0">
-        <x:v>584</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C289" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D289" s="0" t="s">
+        <x:v>892</x:v>
+      </x:c>
+      <x:c r="E289" s="0" t="s">
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="F289" s="0" t="s">
         <x:v>893</x:v>
       </x:c>
-      <x:c r="E289" s="0" t="s">
+      <x:c r="G289" s="0" t="s">
         <x:v>894</x:v>
       </x:c>
-      <x:c r="G289" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H289" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I289" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
-        <x:v>896</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:11">
       <x:c r="A290" s="0">
-        <x:v>583</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C290" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D290" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="E290" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="G290" s="0" t="s">
-        <x:v>897</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="H290" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I290" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J290" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="K290" s="0" t="s">
-        <x:v>898</x:v>
+        <x:v>821</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:11">
       <x:c r="A291" s="0">
-        <x:v>582</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C291" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D291" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>895</x:v>
       </x:c>
       <x:c r="E291" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="G291" s="0" t="s">
-        <x:v>899</x:v>
+        <x:v>896</x:v>
       </x:c>
       <x:c r="H291" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I291" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J291" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
-        <x:v>900</x:v>
+        <x:v>821</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:11">
       <x:c r="A292" s="0">
-        <x:v>581</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C292" s="0" t="s">
-        <x:v>843</x:v>
+        <x:v>897</x:v>
       </x:c>
       <x:c r="D292" s="0" t="s">
+        <x:v>898</x:v>
+      </x:c>
+      <x:c r="E292" s="0" t="s">
+        <x:v>899</x:v>
+      </x:c>
+      <x:c r="G292" s="0" t="s">
+        <x:v>900</x:v>
+      </x:c>
+      <x:c r="H292" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="I292" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="J292" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K292" s="0" t="s">
         <x:v>901</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>905</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:11">
       <x:c r="A293" s="0">
-        <x:v>580</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="C293" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D293" s="0" t="s">
-        <x:v>906</x:v>
+        <x:v>902</x:v>
       </x:c>
       <x:c r="E293" s="0" t="s">
-        <x:v>907</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="G293" s="0" t="s">
-        <x:v>908</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="H293" s="0" t="s">
-        <x:v>909</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I293" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J293" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>903</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
-        <x:v>910</x:v>
+        <x:v>904</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:11">
       <x:c r="A294" s="0">
-        <x:v>578</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C294" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D294" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E294" s="0" t="s">
-        <x:v>911</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="G294" s="0" t="s">
-        <x:v>912</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="H294" s="0" t="s">
-        <x:v>515</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="I294" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J294" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K294" s="0" t="s">
-        <x:v>913</x:v>
+        <x:v>906</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:11">
       <x:c r="A295" s="0">
-        <x:v>577</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C295" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D295" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="E295" s="0" t="s">
-        <x:v>592</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G295" s="0" t="s">
-        <x:v>914</x:v>
+        <x:v>907</x:v>
       </x:c>
       <x:c r="H295" s="0" t="s">
-        <x:v>594</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I295" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J295" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
-        <x:v>915</x:v>
+        <x:v>908</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:11">
       <x:c r="A296" s="0">
-        <x:v>576</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C296" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D296" s="0" t="s">
-        <x:v>916</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E296" s="0" t="s">
-        <x:v>917</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="G296" s="0" t="s">
-        <x:v>918</x:v>
+        <x:v>909</x:v>
       </x:c>
       <x:c r="H296" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="I296" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J296" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K296" s="0" t="s">
-        <x:v>919</x:v>
+        <x:v>910</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:11">
       <x:c r="A297" s="0">
-        <x:v>575</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C297" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D297" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="E297" s="0" t="s">
-        <x:v>920</x:v>
+        <x:v>911</x:v>
       </x:c>
       <x:c r="G297" s="0" t="s">
-        <x:v>921</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H297" s="0" t="s">
-        <x:v>573</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I297" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J297" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
-        <x:v>922</x:v>
+        <x:v>913</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:11">
       <x:c r="A298" s="0">
-        <x:v>573</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C298" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D298" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E298" s="0" t="s">
-        <x:v>923</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="G298" s="0" t="s">
-        <x:v>879</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="H298" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="I298" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J298" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K298" s="0" t="s">
-        <x:v>924</x:v>
+        <x:v>910</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:11">
       <x:c r="A299" s="0">
-        <x:v>572</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C299" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D299" s="0" t="s">
-        <x:v>493</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="E299" s="0" t="s">
-        <x:v>763</x:v>
+        <x:v>915</x:v>
       </x:c>
       <x:c r="G299" s="0" t="s">
-        <x:v>925</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="H299" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I299" s="0" t="s">
-        <x:v>418</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J299" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
-        <x:v>926</x:v>
+        <x:v>917</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:11">
       <x:c r="A300" s="0">
-        <x:v>571</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C300" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>918</x:v>
       </x:c>
       <x:c r="D300" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>919</x:v>
       </x:c>
       <x:c r="E300" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="G300" s="0" t="s">
-        <x:v>927</x:v>
+        <x:v>921</x:v>
       </x:c>
       <x:c r="H300" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I300" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J300" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="K300" s="0" t="s">
-        <x:v>928</x:v>
+        <x:v>923</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:11">
       <x:c r="A301" s="0">
-        <x:v>570</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C301" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D301" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E301" s="0" t="s">
-        <x:v>920</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="G301" s="0" t="s">
-        <x:v>929</x:v>
+        <x:v>924</x:v>
       </x:c>
       <x:c r="H301" s="0" t="s">
-        <x:v>573</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="I301" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J301" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
-        <x:v>930</x:v>
+        <x:v>925</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:11">
       <x:c r="A302" s="0">
-        <x:v>569</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C302" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D302" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E302" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="G302" s="0" t="s">
-        <x:v>931</x:v>
+        <x:v>926</x:v>
       </x:c>
       <x:c r="H302" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I302" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J302" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K302" s="0" t="s">
-        <x:v>932</x:v>
+        <x:v>927</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:11">
       <x:c r="A303" s="0">
-        <x:v>568</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C303" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>918</x:v>
       </x:c>
       <x:c r="D303" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>928</x:v>
       </x:c>
       <x:c r="E303" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>929</x:v>
+      </x:c>
+      <x:c r="F303" s="0" t="s">
+        <x:v>930</x:v>
       </x:c>
       <x:c r="G303" s="0" t="s">
-        <x:v>933</x:v>
+        <x:v>931</x:v>
       </x:c>
       <x:c r="H303" s="0" t="s">
-        <x:v>375</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I303" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J303" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
-        <x:v>934</x:v>
+        <x:v>932</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:11">
       <x:c r="A304" s="0">
-        <x:v>567</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C304" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="D304" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="E304" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F304" s="0" t="s">
+        <x:v>934</x:v>
       </x:c>
       <x:c r="G304" s="0" t="s">
         <x:v>935</x:v>
       </x:c>
       <x:c r="H304" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I304" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J304" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K304" s="0" t="s">
         <x:v>936</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:11">
       <x:c r="A305" s="0">
-        <x:v>565</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C305" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="D305" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>937</x:v>
       </x:c>
       <x:c r="E305" s="0" t="s">
-        <x:v>937</x:v>
+        <x:v>938</x:v>
       </x:c>
       <x:c r="G305" s="0" t="s">
-        <x:v>938</x:v>
+        <x:v>939</x:v>
       </x:c>
       <x:c r="H305" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I305" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J305" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
-        <x:v>939</x:v>
+        <x:v>940</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:11">
       <x:c r="A306" s="0">
-        <x:v>563</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C306" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="D306" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>941</x:v>
       </x:c>
       <x:c r="E306" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>942</x:v>
+      </x:c>
+      <x:c r="F306" s="0" t="s">
+        <x:v>943</x:v>
       </x:c>
       <x:c r="G306" s="0" t="s">
-        <x:v>940</x:v>
+        <x:v>944</x:v>
       </x:c>
       <x:c r="H306" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I306" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J306" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K306" s="0" t="s">
-        <x:v>941</x:v>
+        <x:v>945</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:11">
       <x:c r="A307" s="0">
-        <x:v>562</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C307" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D307" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E307" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="G307" s="0" t="s">
-        <x:v>942</x:v>
+        <x:v>946</x:v>
       </x:c>
       <x:c r="H307" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="I307" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J307" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
-        <x:v>943</x:v>
+        <x:v>947</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:11">
       <x:c r="A308" s="0">
-        <x:v>561</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C308" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D308" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="E308" s="0" t="s">
-        <x:v>944</x:v>
+        <x:v>948</x:v>
       </x:c>
       <x:c r="G308" s="0" t="s">
-        <x:v>945</x:v>
-[...2 lines deleted...]
-        <x:v>132</x:v>
+        <x:v>949</x:v>
       </x:c>
       <x:c r="I308" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J308" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K308" s="0" t="s">
-        <x:v>946</x:v>
+        <x:v>950</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:11">
       <x:c r="A309" s="0">
-        <x:v>560</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C309" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="D309" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="E309" s="0" t="s">
-        <x:v>700</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G309" s="0" t="s">
-        <x:v>947</x:v>
+        <x:v>952</x:v>
       </x:c>
       <x:c r="H309" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I309" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J309" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
-        <x:v>948</x:v>
+        <x:v>953</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:11">
       <x:c r="A310" s="0">
-        <x:v>559</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C310" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D310" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E310" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="G310" s="0" t="s">
-        <x:v>949</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="H310" s="0" t="s">
-        <x:v>573</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="I310" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J310" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K310" s="0" t="s">
-        <x:v>950</x:v>
+        <x:v>955</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:11">
       <x:c r="A311" s="0">
-        <x:v>557</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C311" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D311" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="E311" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>948</x:v>
       </x:c>
       <x:c r="G311" s="0" t="s">
-        <x:v>951</x:v>
+        <x:v>956</x:v>
       </x:c>
       <x:c r="H311" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I311" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J311" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
-        <x:v>952</x:v>
+        <x:v>950</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:11">
       <x:c r="A312" s="0">
-        <x:v>556</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C312" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="D312" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>957</x:v>
       </x:c>
       <x:c r="E312" s="0" t="s">
-        <x:v>953</x:v>
+        <x:v>958</x:v>
+      </x:c>
+      <x:c r="F312" s="0" t="s">
+        <x:v>178</x:v>
       </x:c>
       <x:c r="G312" s="0" t="s">
-        <x:v>954</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="H312" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>960</x:v>
       </x:c>
       <x:c r="I312" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J312" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="K312" s="0" t="s">
-        <x:v>955</x:v>
+        <x:v>961</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:11">
       <x:c r="A313" s="0">
-        <x:v>552</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C313" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D313" s="0" t="s">
-        <x:v>956</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E313" s="0" t="s">
-        <x:v>957</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="G313" s="0" t="s">
-        <x:v>958</x:v>
+        <x:v>962</x:v>
       </x:c>
       <x:c r="H313" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="I313" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J313" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
-        <x:v>959</x:v>
+        <x:v>963</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:11">
       <x:c r="A314" s="0">
-        <x:v>551</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C314" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D314" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="E314" s="0" t="s">
-        <x:v>459</x:v>
+        <x:v>948</x:v>
       </x:c>
       <x:c r="G314" s="0" t="s">
-        <x:v>960</x:v>
+        <x:v>964</x:v>
       </x:c>
       <x:c r="H314" s="0" t="s">
-        <x:v>527</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="I314" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J314" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K314" s="0" t="s">
-        <x:v>961</x:v>
+        <x:v>965</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:11">
       <x:c r="A315" s="0">
-        <x:v>550</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C315" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D315" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E315" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="G315" s="0" t="s">
-        <x:v>962</x:v>
+        <x:v>966</x:v>
       </x:c>
       <x:c r="H315" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I315" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J315" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
-        <x:v>963</x:v>
+        <x:v>967</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:11">
       <x:c r="A316" s="0">
-        <x:v>549</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C316" s="0" t="s">
-        <x:v>843</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D316" s="0" t="s">
-        <x:v>964</x:v>
+        <x:v>968</x:v>
       </x:c>
       <x:c r="E316" s="0" t="s">
-        <x:v>965</x:v>
+        <x:v>969</x:v>
       </x:c>
       <x:c r="G316" s="0" t="s">
-        <x:v>966</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="H316" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="I316" s="0" t="s">
-        <x:v>358</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J316" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K316" s="0" t="s">
-        <x:v>967</x:v>
+        <x:v>971</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:11">
       <x:c r="A317" s="0">
-        <x:v>548</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C317" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D317" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E317" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G317" s="0" t="s">
-        <x:v>968</x:v>
+        <x:v>972</x:v>
       </x:c>
       <x:c r="H317" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="I317" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J317" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
-        <x:v>969</x:v>
+        <x:v>973</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:11">
       <x:c r="A318" s="0">
-        <x:v>547</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C318" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D318" s="0" t="s">
-        <x:v>970</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E318" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="G318" s="0" t="s">
-        <x:v>971</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="H318" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I318" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J318" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K318" s="0" t="s">
-        <x:v>972</x:v>
+        <x:v>975</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:11">
       <x:c r="A319" s="0">
-        <x:v>546</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C319" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>918</x:v>
       </x:c>
       <x:c r="D319" s="0" t="s">
-        <x:v>973</x:v>
+        <x:v>976</x:v>
       </x:c>
       <x:c r="E319" s="0" t="s">
-        <x:v>763</x:v>
+        <x:v>977</x:v>
       </x:c>
       <x:c r="G319" s="0" t="s">
-        <x:v>974</x:v>
+        <x:v>978</x:v>
       </x:c>
       <x:c r="H319" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>979</x:v>
       </x:c>
       <x:c r="I319" s="0" t="s">
-        <x:v>418</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J319" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
-        <x:v>975</x:v>
+        <x:v>980</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:11">
       <x:c r="A320" s="0">
-        <x:v>545</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C320" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D320" s="0" t="s">
-        <x:v>973</x:v>
+        <x:v>981</x:v>
       </x:c>
       <x:c r="E320" s="0" t="s">
-        <x:v>763</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="G320" s="0" t="s">
-        <x:v>976</x:v>
+        <x:v>983</x:v>
       </x:c>
       <x:c r="H320" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="I320" s="0" t="s">
-        <x:v>418</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="J320" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K320" s="0" t="s">
-        <x:v>926</x:v>
+        <x:v>985</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:11">
       <x:c r="A321" s="0">
-        <x:v>544</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C321" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D321" s="0" t="s">
-        <x:v>493</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E321" s="0" t="s">
-        <x:v>763</x:v>
+        <x:v>986</x:v>
       </x:c>
       <x:c r="G321" s="0" t="s">
-        <x:v>977</x:v>
+        <x:v>987</x:v>
+      </x:c>
+      <x:c r="H321" s="0" t="s">
+        <x:v>596</x:v>
       </x:c>
       <x:c r="I321" s="0" t="s">
-        <x:v>418</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J321" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
-        <x:v>926</x:v>
+        <x:v>988</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:11">
       <x:c r="A322" s="0">
-        <x:v>543</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="B322" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C322" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D322" s="0" t="s">
-        <x:v>973</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="E322" s="0" t="s">
-        <x:v>763</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="G322" s="0" t="s">
-        <x:v>978</x:v>
+        <x:v>989</x:v>
       </x:c>
       <x:c r="H322" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="I322" s="0" t="s">
-        <x:v>418</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J322" s="0" t="s">
-        <x:v>77</x:v>
-[...2 lines deleted...]
-        <x:v>979</x:v>
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K322" s="0" t="s">
+        <x:v>990</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:11">
       <x:c r="A323" s="0">
-        <x:v>542</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C323" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D323" s="0" t="s">
-        <x:v>493</x:v>
+        <x:v>991</x:v>
       </x:c>
       <x:c r="E323" s="0" t="s">
-        <x:v>763</x:v>
+        <x:v>992</x:v>
       </x:c>
       <x:c r="G323" s="0" t="s">
-        <x:v>980</x:v>
+        <x:v>993</x:v>
       </x:c>
       <x:c r="H323" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I323" s="0" t="s">
-        <x:v>418</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J323" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
-        <x:v>926</x:v>
+        <x:v>994</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:11">
       <x:c r="A324" s="0">
-        <x:v>541</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C324" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D324" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E324" s="0" t="s">
-        <x:v>981</x:v>
+        <x:v>995</x:v>
       </x:c>
       <x:c r="G324" s="0" t="s">
-        <x:v>982</x:v>
+        <x:v>996</x:v>
       </x:c>
       <x:c r="H324" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I324" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J324" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K324" s="0" t="s">
-        <x:v>983</x:v>
+        <x:v>997</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:11">
       <x:c r="A325" s="0">
-        <x:v>540</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C325" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D325" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E325" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>998</x:v>
       </x:c>
       <x:c r="G325" s="0" t="s">
-        <x:v>984</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="H325" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="I325" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J325" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
-        <x:v>985</x:v>
+        <x:v>999</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:11">
       <x:c r="A326" s="0">
-        <x:v>539</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C326" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="D326" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="E326" s="0" t="s">
-        <x:v>986</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="G326" s="0" t="s">
-        <x:v>987</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="H326" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I326" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="J326" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="K326" s="0" t="s">
-        <x:v>988</x:v>
+        <x:v>1001</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:11">
       <x:c r="A327" s="0">
-        <x:v>538</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C327" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D327" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E327" s="0" t="s">
-        <x:v>989</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="G327" s="0" t="s">
-        <x:v>990</x:v>
+        <x:v>1002</x:v>
       </x:c>
       <x:c r="H327" s="0" t="s">
-        <x:v>594</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I327" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J327" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
-        <x:v>991</x:v>
+        <x:v>1003</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:11">
       <x:c r="A328" s="0">
-        <x:v>537</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="B328" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C328" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D328" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E328" s="0" t="s">
-        <x:v>992</x:v>
+        <x:v>995</x:v>
       </x:c>
       <x:c r="G328" s="0" t="s">
-        <x:v>993</x:v>
+        <x:v>1004</x:v>
       </x:c>
       <x:c r="H328" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I328" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J328" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K328" s="0" t="s">
-        <x:v>994</x:v>
+        <x:v>1005</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:11">
       <x:c r="A329" s="0">
-        <x:v>536</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C329" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D329" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E329" s="0" t="s">
-        <x:v>995</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="G329" s="0" t="s">
-        <x:v>996</x:v>
+        <x:v>1006</x:v>
       </x:c>
       <x:c r="H329" s="0" t="s">
-        <x:v>527</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I329" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J329" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
-        <x:v>997</x:v>
+        <x:v>1007</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:11">
       <x:c r="A330" s="0">
-        <x:v>535</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="B330" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C330" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D330" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E330" s="0" t="s">
-        <x:v>998</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="G330" s="0" t="s">
-        <x:v>999</x:v>
+        <x:v>1008</x:v>
       </x:c>
       <x:c r="H330" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I330" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J330" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K330" s="0" t="s">
-        <x:v>1000</x:v>
+        <x:v>1009</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:11">
       <x:c r="A331" s="0">
-        <x:v>534</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C331" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D331" s="0" t="s">
-        <x:v>1001</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E331" s="0" t="s">
-        <x:v>1002</x:v>
-[...2 lines deleted...]
-        <x:v>1003</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G331" s="0" t="s">
-        <x:v>1004</x:v>
+        <x:v>1010</x:v>
       </x:c>
       <x:c r="H331" s="0" t="s">
-        <x:v>1005</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I331" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J331" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
-        <x:v>1006</x:v>
+        <x:v>1011</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:11">
       <x:c r="A332" s="0">
-        <x:v>533</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="B332" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C332" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D332" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E332" s="0" t="s">
-        <x:v>1007</x:v>
+        <x:v>1012</x:v>
       </x:c>
       <x:c r="G332" s="0" t="s">
-        <x:v>1008</x:v>
+        <x:v>1013</x:v>
       </x:c>
       <x:c r="H332" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I332" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J332" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K332" s="0" t="s">
-        <x:v>1009</x:v>
+        <x:v>1014</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:11">
       <x:c r="A333" s="0">
-        <x:v>532</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C333" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D333" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E333" s="0" t="s">
-        <x:v>937</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G333" s="0" t="s">
-        <x:v>1010</x:v>
+        <x:v>1015</x:v>
+      </x:c>
+      <x:c r="H333" s="0" t="s">
+        <x:v>44</x:v>
       </x:c>
       <x:c r="I333" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J333" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
-        <x:v>1011</x:v>
+        <x:v>1016</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:11">
       <x:c r="A334" s="0">
-        <x:v>531</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="B334" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C334" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D334" s="0" t="s">
-        <x:v>1012</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E334" s="0" t="s">
-        <x:v>65</x:v>
-[...2 lines deleted...]
-        <x:v>1013</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="G334" s="0" t="s">
-        <x:v>1014</x:v>
+        <x:v>1017</x:v>
       </x:c>
       <x:c r="H334" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="I334" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J334" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K334" s="0" t="s">
-        <x:v>1015</x:v>
+        <x:v>1018</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:11">
       <x:c r="A335" s="0">
-        <x:v>530</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="C335" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="C335" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D335" s="0" t="s">
-        <x:v>1016</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E335" s="0" t="s">
+        <x:v>1019</x:v>
+      </x:c>
+      <x:c r="G335" s="0" t="s">
+        <x:v>1020</x:v>
+      </x:c>
+      <x:c r="H335" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
-      <x:c r="G335" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I335" s="0" t="s">
-        <x:v>418</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J335" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
-        <x:v>1018</x:v>
+        <x:v>1021</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:11">
       <x:c r="A336" s="0">
-        <x:v>529</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="B336" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="C336" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="C336" s="0" t="s">
+      <x:c r="D336" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
-      <x:c r="D336" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E336" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="G336" s="0" t="s">
-        <x:v>1020</x:v>
+        <x:v>1022</x:v>
+      </x:c>
+      <x:c r="H336" s="0" t="s">
+        <x:v>32</x:v>
       </x:c>
       <x:c r="I336" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J336" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K336" s="0" t="s">
-        <x:v>1021</x:v>
+        <x:v>1023</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:11">
       <x:c r="A337" s="0">
-        <x:v>528</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="C337" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="C337" s="0" t="s">
+      <x:c r="D337" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
-      <x:c r="D337" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E337" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="G337" s="0" t="s">
-        <x:v>1020</x:v>
+        <x:v>1024</x:v>
+      </x:c>
+      <x:c r="H337" s="0" t="s">
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I337" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J337" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
-        <x:v>533</x:v>
+        <x:v>1025</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:11">
       <x:c r="A338" s="0">
-        <x:v>527</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="B338" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C338" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D338" s="0" t="s">
-        <x:v>1023</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E338" s="0" t="s">
-        <x:v>414</x:v>
-[...2 lines deleted...]
-        <x:v>1024</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="G338" s="0" t="s">
-        <x:v>1025</x:v>
+        <x:v>1026</x:v>
       </x:c>
       <x:c r="H338" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I338" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J338" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K338" s="0" t="s">
-        <x:v>1026</x:v>
+        <x:v>1027</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:11">
       <x:c r="A339" s="0">
-        <x:v>526</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="C339" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="C339" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D339" s="0" t="s">
-        <x:v>1027</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E339" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>1028</x:v>
       </x:c>
       <x:c r="G339" s="0" t="s">
-        <x:v>1028</x:v>
+        <x:v>1029</x:v>
+      </x:c>
+      <x:c r="H339" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I339" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J339" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>1030</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:11">
       <x:c r="A340" s="0">
-        <x:v>525</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="B340" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C340" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D340" s="0" t="s">
-        <x:v>1029</x:v>
+        <x:v>1031</x:v>
       </x:c>
       <x:c r="E340" s="0" t="s">
-        <x:v>1030</x:v>
-[...2 lines deleted...]
-        <x:v>1031</x:v>
+        <x:v>1032</x:v>
       </x:c>
       <x:c r="G340" s="0" t="s">
-        <x:v>1032</x:v>
+        <x:v>1033</x:v>
       </x:c>
       <x:c r="H340" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I340" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J340" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K340" s="0" t="s">
-        <x:v>1033</x:v>
+        <x:v>1034</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:11">
       <x:c r="A341" s="0">
-        <x:v>524</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C341" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D341" s="0" t="s">
-        <x:v>1034</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E341" s="0" t="s">
-        <x:v>318</x:v>
-[...1 lines deleted...]
-      <x:c r="F341" s="0" t="s">
+        <x:v>540</x:v>
+      </x:c>
+      <x:c r="G341" s="0" t="s">
         <x:v>1035</x:v>
       </x:c>
-      <x:c r="G341" s="0" t="s">
+      <x:c r="H341" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="I341" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="J341" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K341" s="0" t="s">
         <x:v>1036</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1037</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:11">
       <x:c r="A342" s="0">
-        <x:v>521</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="B342" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="C342" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="C342" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D342" s="0" t="s">
+        <x:v>327</x:v>
+      </x:c>
+      <x:c r="E342" s="0" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="G342" s="0" t="s">
+        <x:v>1037</x:v>
+      </x:c>
+      <x:c r="H342" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="I342" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="J342" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K342" s="0" t="s">
         <x:v>1038</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>1040</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:11">
       <x:c r="A343" s="0">
-        <x:v>520</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C343" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>918</x:v>
       </x:c>
       <x:c r="D343" s="0" t="s">
+        <x:v>1039</x:v>
+      </x:c>
+      <x:c r="E343" s="0" t="s">
+        <x:v>1040</x:v>
+      </x:c>
+      <x:c r="G343" s="0" t="s">
         <x:v>1041</x:v>
       </x:c>
-      <x:c r="E343" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H343" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I343" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="J343" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
-        <x:v>1040</x:v>
+        <x:v>1042</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:11">
       <x:c r="A344" s="0">
-        <x:v>519</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="B344" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="C344" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="C344" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D344" s="0" t="s">
-        <x:v>1042</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E344" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="G344" s="0" t="s">
-        <x:v>1039</x:v>
+        <x:v>1043</x:v>
       </x:c>
       <x:c r="H344" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I344" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J344" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K344" s="0" t="s">
-        <x:v>1040</x:v>
+        <x:v>1044</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:11">
       <x:c r="A345" s="0">
-        <x:v>517</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C345" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D345" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>1045</x:v>
       </x:c>
       <x:c r="E345" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G345" s="0" t="s">
-        <x:v>1010</x:v>
+        <x:v>1046</x:v>
       </x:c>
       <x:c r="H345" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I345" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J345" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
-        <x:v>1043</x:v>
+        <x:v>1047</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:11">
       <x:c r="A346" s="0">
-        <x:v>516</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="B346" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C346" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="D346" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>1048</x:v>
       </x:c>
       <x:c r="E346" s="0" t="s">
-        <x:v>1044</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="G346" s="0" t="s">
-        <x:v>1045</x:v>
+        <x:v>1049</x:v>
       </x:c>
       <x:c r="H346" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I346" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="J346" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="K346" s="0" t="s">
-        <x:v>1046</x:v>
+        <x:v>1050</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:11">
       <x:c r="A347" s="0">
-        <x:v>515</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C347" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="D347" s="0" t="s">
-        <x:v>1047</x:v>
+        <x:v>1048</x:v>
       </x:c>
       <x:c r="E347" s="0" t="s">
-        <x:v>1048</x:v>
-[...2 lines deleted...]
-        <x:v>1049</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="G347" s="0" t="s">
-        <x:v>1050</x:v>
+        <x:v>1051</x:v>
       </x:c>
       <x:c r="H347" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I347" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="J347" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s">
-        <x:v>1051</x:v>
+        <x:v>1001</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:11">
       <x:c r="A348" s="0">
-        <x:v>514</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="B348" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C348" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="D348" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="E348" s="0" t="s">
+        <x:v>838</x:v>
+      </x:c>
+      <x:c r="G348" s="0" t="s">
         <x:v>1052</x:v>
       </x:c>
-      <x:c r="G348" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="I348" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="J348" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="K348" s="0" t="s">
-        <x:v>1054</x:v>
+        <x:v>1001</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:11">
       <x:c r="A349" s="0">
-        <x:v>513</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C349" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="D349" s="0" t="s">
-        <x:v>1055</x:v>
+        <x:v>1048</x:v>
       </x:c>
       <x:c r="E349" s="0" t="s">
-        <x:v>1056</x:v>
-[...2 lines deleted...]
-        <x:v>1057</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="G349" s="0" t="s">
-        <x:v>1058</x:v>
+        <x:v>1053</x:v>
       </x:c>
       <x:c r="H349" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I349" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="J349" s="0" t="s">
-        <x:v>42</x:v>
-[...2 lines deleted...]
-        <x:v>1059</x:v>
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="K349" s="2" t="s">
+        <x:v>1054</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:11">
       <x:c r="A350" s="0">
-        <x:v>512</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="B350" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C350" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="D350" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="E350" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="G350" s="0" t="s">
-        <x:v>1060</x:v>
+        <x:v>1055</x:v>
       </x:c>
       <x:c r="H350" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I350" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="J350" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="K350" s="0" t="s">
-        <x:v>1061</x:v>
+        <x:v>1001</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:11">
       <x:c r="A351" s="0">
-        <x:v>511</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C351" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D351" s="0" t="s">
-        <x:v>1062</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="E351" s="0" t="s">
-        <x:v>1063</x:v>
-[...2 lines deleted...]
-        <x:v>1064</x:v>
+        <x:v>1056</x:v>
       </x:c>
       <x:c r="G351" s="0" t="s">
-        <x:v>1065</x:v>
+        <x:v>1057</x:v>
       </x:c>
       <x:c r="H351" s="0" t="s">
-        <x:v>1066</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="I351" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J351" s="0" t="s">
-        <x:v>847</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K351" s="0" t="s">
-        <x:v>1067</x:v>
+        <x:v>1058</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:11">
       <x:c r="A352" s="0">
-        <x:v>510</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="B352" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="C352" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="C352" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D352" s="0" t="s">
-        <x:v>1068</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E352" s="0" t="s">
-        <x:v>1069</x:v>
-[...2 lines deleted...]
-        <x:v>1070</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="G352" s="0" t="s">
-        <x:v>1071</x:v>
+        <x:v>1059</x:v>
       </x:c>
       <x:c r="H352" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="I352" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J352" s="0" t="s">
-        <x:v>847</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K352" s="0" t="s">
-        <x:v>614</x:v>
+        <x:v>1060</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:11">
       <x:c r="A353" s="0">
-        <x:v>509</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="C353" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="C353" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D353" s="0" t="s">
-        <x:v>1072</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E353" s="0" t="s">
-        <x:v>1073</x:v>
-[...2 lines deleted...]
-        <x:v>1074</x:v>
+        <x:v>1061</x:v>
       </x:c>
       <x:c r="G353" s="0" t="s">
-        <x:v>1071</x:v>
+        <x:v>1062</x:v>
       </x:c>
       <x:c r="H353" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I353" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J353" s="0" t="s">
-        <x:v>847</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
-        <x:v>614</x:v>
+        <x:v>1063</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:11">
       <x:c r="A354" s="0">
-        <x:v>508</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="B354" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="C354" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="C354" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D354" s="0" t="s">
-        <x:v>1075</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E354" s="0" t="s">
-        <x:v>1076</x:v>
+        <x:v>1064</x:v>
       </x:c>
       <x:c r="G354" s="0" t="s">
-        <x:v>1077</x:v>
+        <x:v>1065</x:v>
       </x:c>
       <x:c r="H354" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="I354" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J354" s="0" t="s">
-        <x:v>1078</x:v>
-[...2 lines deleted...]
-        <x:v>1079</x:v>
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K354" s="0" t="s">
+        <x:v>1066</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:11">
       <x:c r="A355" s="0">
-        <x:v>507</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="C355" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="C355" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D355" s="0" t="s">
-        <x:v>1080</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E355" s="0" t="s">
-        <x:v>1081</x:v>
+        <x:v>1067</x:v>
       </x:c>
       <x:c r="G355" s="0" t="s">
-        <x:v>1077</x:v>
+        <x:v>1068</x:v>
       </x:c>
       <x:c r="H355" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I355" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J355" s="0" t="s">
-        <x:v>42</x:v>
-[...2 lines deleted...]
-        <x:v>1079</x:v>
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K355" s="0" t="s">
+        <x:v>1069</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:11">
       <x:c r="A356" s="0">
-        <x:v>506</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="B356" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C356" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D356" s="0" t="s">
-        <x:v>1082</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E356" s="0" t="s">
-        <x:v>1083</x:v>
+        <x:v>1070</x:v>
       </x:c>
       <x:c r="G356" s="0" t="s">
-        <x:v>1084</x:v>
+        <x:v>1071</x:v>
       </x:c>
       <x:c r="H356" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I356" s="0" t="s">
-        <x:v>358</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J356" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K356" s="0" t="s">
-        <x:v>1085</x:v>
+        <x:v>1072</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:11">
       <x:c r="A357" s="0">
-        <x:v>505</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="C357" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="C357" s="0" t="s">
+      <x:c r="D357" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
-      <x:c r="D357" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E357" s="0" t="s">
-        <x:v>414</x:v>
+        <x:v>1073</x:v>
       </x:c>
       <x:c r="G357" s="0" t="s">
-        <x:v>1087</x:v>
+        <x:v>1074</x:v>
       </x:c>
       <x:c r="H357" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="I357" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J357" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K357" s="0" t="s">
-        <x:v>1088</x:v>
+        <x:v>1075</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:11">
       <x:c r="A358" s="0">
-        <x:v>504</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="B358" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C358" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D358" s="0" t="s">
-        <x:v>1089</x:v>
+        <x:v>1076</x:v>
       </x:c>
       <x:c r="E358" s="0" t="s">
-        <x:v>1090</x:v>
+        <x:v>1077</x:v>
       </x:c>
       <x:c r="F358" s="0" t="s">
-        <x:v>1091</x:v>
+        <x:v>1078</x:v>
       </x:c>
       <x:c r="G358" s="0" t="s">
-        <x:v>1092</x:v>
+        <x:v>1079</x:v>
       </x:c>
       <x:c r="H358" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>1080</x:v>
       </x:c>
       <x:c r="I358" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J358" s="0" t="s">
-        <x:v>1093</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K358" s="0" t="s">
-        <x:v>1094</x:v>
+        <x:v>1081</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:11">
       <x:c r="A359" s="0">
-        <x:v>503</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="C359" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="C359" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D359" s="0" t="s">
-        <x:v>1095</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E359" s="0" t="s">
-        <x:v>1096</x:v>
-[...2 lines deleted...]
-        <x:v>1097</x:v>
+        <x:v>1082</x:v>
       </x:c>
       <x:c r="G359" s="0" t="s">
-        <x:v>1092</x:v>
+        <x:v>1083</x:v>
       </x:c>
       <x:c r="H359" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I359" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J359" s="0" t="s">
-        <x:v>1093</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
-        <x:v>1094</x:v>
+        <x:v>1084</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:11">
       <x:c r="A360" s="0">
-        <x:v>502</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="B360" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="C360" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="C360" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D360" s="0" t="s">
-        <x:v>1098</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E360" s="0" t="s">
-        <x:v>1099</x:v>
-[...2 lines deleted...]
-        <x:v>1100</x:v>
+        <x:v>1012</x:v>
       </x:c>
       <x:c r="G360" s="0" t="s">
-        <x:v>1092</x:v>
-[...2 lines deleted...]
-        <x:v>283</x:v>
+        <x:v>1085</x:v>
       </x:c>
       <x:c r="I360" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J360" s="0" t="s">
-        <x:v>1093</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K360" s="0" t="s">
-        <x:v>1094</x:v>
+        <x:v>1086</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:11">
       <x:c r="A361" s="0">
-        <x:v>501</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C361" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D361" s="0" t="s">
-        <x:v>1101</x:v>
+        <x:v>1087</x:v>
       </x:c>
       <x:c r="E361" s="0" t="s">
-        <x:v>1102</x:v>
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="F361" s="0" t="s">
+        <x:v>1088</x:v>
       </x:c>
       <x:c r="G361" s="0" t="s">
-        <x:v>1092</x:v>
+        <x:v>1089</x:v>
       </x:c>
       <x:c r="H361" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I361" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J361" s="0" t="s">
-        <x:v>1093</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
-        <x:v>1094</x:v>
+        <x:v>1090</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:11">
       <x:c r="A362" s="0">
-        <x:v>500</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="B362" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C362" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D362" s="0" t="s">
-        <x:v>1103</x:v>
+        <x:v>1091</x:v>
       </x:c>
       <x:c r="E362" s="0" t="s">
-        <x:v>1102</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="G362" s="0" t="s">
         <x:v>1092</x:v>
       </x:c>
-      <x:c r="H362" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I362" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="J362" s="0" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="K362" s="0" t="s">
         <x:v>1093</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1094</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:11">
       <x:c r="A363" s="0">
-        <x:v>499</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C363" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D363" s="0" t="s">
-        <x:v>1104</x:v>
+        <x:v>1094</x:v>
       </x:c>
       <x:c r="E363" s="0" t="s">
-        <x:v>1105</x:v>
-[...2 lines deleted...]
-        <x:v>1106</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="G363" s="0" t="s">
-        <x:v>1092</x:v>
-[...2 lines deleted...]
-        <x:v>283</x:v>
+        <x:v>1095</x:v>
       </x:c>
       <x:c r="I363" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J363" s="0" t="s">
-        <x:v>1093</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
-        <x:v>1094</x:v>
+        <x:v>1096</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:11">
       <x:c r="A364" s="0">
-        <x:v>498</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="B364" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C364" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D364" s="0" t="s">
-        <x:v>1107</x:v>
+        <x:v>1097</x:v>
       </x:c>
       <x:c r="E364" s="0" t="s">
-        <x:v>1073</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="G364" s="0" t="s">
-        <x:v>1108</x:v>
-[...2 lines deleted...]
-        <x:v>283</x:v>
+        <x:v>1095</x:v>
       </x:c>
       <x:c r="I364" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J364" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="K364" s="0" t="s">
-        <x:v>614</x:v>
+        <x:v>612</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:11">
       <x:c r="A365" s="0">
-        <x:v>497</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C365" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D365" s="0" t="s">
-        <x:v>1109</x:v>
+        <x:v>1098</x:v>
       </x:c>
       <x:c r="E365" s="0" t="s">
-        <x:v>1110</x:v>
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="F365" s="0" t="s">
+        <x:v>1099</x:v>
       </x:c>
       <x:c r="G365" s="0" t="s">
-        <x:v>1111</x:v>
+        <x:v>1100</x:v>
       </x:c>
       <x:c r="H365" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I365" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J365" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
-        <x:v>614</x:v>
+        <x:v>1101</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:11">
       <x:c r="A366" s="0">
-        <x:v>496</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="B366" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C366" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D366" s="0" t="s">
-        <x:v>1112</x:v>
+        <x:v>1102</x:v>
       </x:c>
       <x:c r="E366" s="0" t="s">
-        <x:v>1113</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="G366" s="0" t="s">
-        <x:v>1114</x:v>
-[...2 lines deleted...]
-        <x:v>17</x:v>
+        <x:v>1103</x:v>
       </x:c>
       <x:c r="I366" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J366" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K366" s="0" t="s">
-        <x:v>1115</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:11">
       <x:c r="A367" s="0">
-        <x:v>495</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C367" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="D367" s="0" t="s">
-        <x:v>1116</x:v>
+        <x:v>1104</x:v>
       </x:c>
       <x:c r="E367" s="0" t="s">
-        <x:v>1117</x:v>
+        <x:v>1105</x:v>
       </x:c>
       <x:c r="F367" s="0" t="s">
-        <x:v>1118</x:v>
+        <x:v>1106</x:v>
       </x:c>
       <x:c r="G367" s="0" t="s">
-        <x:v>1119</x:v>
+        <x:v>1107</x:v>
       </x:c>
       <x:c r="H367" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I367" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J367" s="0" t="s">
-        <x:v>847</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K367" s="0" t="s">
-        <x:v>1120</x:v>
+        <x:v>1108</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:11">
       <x:c r="A368" s="0">
-        <x:v>494</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="B368" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C368" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="D368" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>1109</x:v>
       </x:c>
       <x:c r="E368" s="0" t="s">
-        <x:v>1121</x:v>
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="F368" s="0" t="s">
+        <x:v>1110</x:v>
       </x:c>
       <x:c r="G368" s="0" t="s">
-        <x:v>1122</x:v>
+        <x:v>1111</x:v>
       </x:c>
       <x:c r="H368" s="0" t="s">
-        <x:v>594</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I368" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J368" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K368" s="0" t="s">
-        <x:v>1123</x:v>
+        <x:v>1112</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:11">
       <x:c r="A369" s="0">
-        <x:v>493</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C369" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D369" s="0" t="s">
-        <x:v>1124</x:v>
+        <x:v>1113</x:v>
       </x:c>
       <x:c r="E369" s="0" t="s">
-        <x:v>1125</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="G369" s="0" t="s">
-        <x:v>1126</x:v>
+        <x:v>1114</x:v>
       </x:c>
       <x:c r="H369" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I369" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J369" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
-        <x:v>1127</x:v>
+        <x:v>1115</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:11">
       <x:c r="A370" s="0">
-        <x:v>492</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="B370" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C370" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D370" s="0" t="s">
-        <x:v>1128</x:v>
+        <x:v>1116</x:v>
       </x:c>
       <x:c r="E370" s="0" t="s">
-        <x:v>1129</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="G370" s="0" t="s">
-        <x:v>1130</x:v>
+        <x:v>1114</x:v>
       </x:c>
       <x:c r="H370" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I370" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J370" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K370" s="0" t="s">
-        <x:v>1127</x:v>
+        <x:v>1115</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:11">
       <x:c r="A371" s="0">
-        <x:v>491</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C371" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D371" s="0" t="s">
-        <x:v>1131</x:v>
+        <x:v>1117</x:v>
       </x:c>
       <x:c r="E371" s="0" t="s">
-        <x:v>1132</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="G371" s="0" t="s">
-        <x:v>1133</x:v>
+        <x:v>1114</x:v>
       </x:c>
       <x:c r="H371" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I371" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J371" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
-        <x:v>1134</x:v>
+        <x:v>1115</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:11">
       <x:c r="A372" s="0">
-        <x:v>489</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="B372" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C372" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D372" s="0" t="s">
-        <x:v>1135</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E372" s="0" t="s">
-        <x:v>1136</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="G372" s="0" t="s">
-        <x:v>1137</x:v>
+        <x:v>1085</x:v>
       </x:c>
       <x:c r="H372" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="I372" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J372" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K372" s="0" t="s">
-        <x:v>1138</x:v>
+        <x:v>1118</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:11">
       <x:c r="A373" s="0">
-        <x:v>488</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C373" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D373" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E373" s="0" t="s">
-        <x:v>1139</x:v>
+        <x:v>1119</x:v>
       </x:c>
       <x:c r="G373" s="0" t="s">
-        <x:v>1140</x:v>
+        <x:v>1120</x:v>
       </x:c>
       <x:c r="H373" s="0" t="s">
-        <x:v>573</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I373" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J373" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
-        <x:v>1141</x:v>
+        <x:v>1121</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:11">
       <x:c r="A374" s="0">
-        <x:v>487</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="B374" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C374" s="0" t="s">
-        <x:v>1142</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D374" s="0" t="s">
-        <x:v>1143</x:v>
+        <x:v>1122</x:v>
       </x:c>
       <x:c r="E374" s="0" t="s">
-        <x:v>661</x:v>
+        <x:v>1123</x:v>
+      </x:c>
+      <x:c r="F374" s="0" t="s">
+        <x:v>1124</x:v>
       </x:c>
       <x:c r="G374" s="0" t="s">
-        <x:v>1144</x:v>
+        <x:v>1125</x:v>
       </x:c>
       <x:c r="H374" s="0" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="I374" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
-      <x:c r="I374" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J374" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K374" s="0" t="s">
-        <x:v>1145</x:v>
+        <x:v>1126</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:11">
       <x:c r="A375" s="0">
-        <x:v>486</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C375" s="0" t="s">
-        <x:v>822</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D375" s="0" t="s">
-        <x:v>1146</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E375" s="0" t="s">
-        <x:v>1147</x:v>
+        <x:v>1127</x:v>
       </x:c>
       <x:c r="G375" s="0" t="s">
-        <x:v>1148</x:v>
+        <x:v>1128</x:v>
       </x:c>
       <x:c r="H375" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I375" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J375" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
-        <x:v>1149</x:v>
+        <x:v>1129</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:11">
       <x:c r="A376" s="0">
-        <x:v>485</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="B376" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C376" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="D376" s="0" t="s">
-        <x:v>1150</x:v>
+        <x:v>1130</x:v>
       </x:c>
       <x:c r="E376" s="0" t="s">
-        <x:v>1151</x:v>
+        <x:v>1131</x:v>
+      </x:c>
+      <x:c r="F376" s="0" t="s">
+        <x:v>1132</x:v>
       </x:c>
       <x:c r="G376" s="0" t="s">
-        <x:v>1152</x:v>
+        <x:v>1133</x:v>
       </x:c>
       <x:c r="H376" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I376" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J376" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K376" s="0" t="s">
-        <x:v>1153</x:v>
+        <x:v>1134</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:11">
       <x:c r="A377" s="0">
-        <x:v>484</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C377" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D377" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E377" s="0" t="s">
-        <x:v>1154</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G377" s="0" t="s">
-        <x:v>1155</x:v>
+        <x:v>1135</x:v>
       </x:c>
       <x:c r="H377" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I377" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J377" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K377" s="0" t="s">
-        <x:v>1156</x:v>
+        <x:v>1136</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:11">
       <x:c r="A378" s="0">
-        <x:v>483</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="B378" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C378" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D378" s="0" t="s">
-        <x:v>1157</x:v>
+        <x:v>1137</x:v>
       </x:c>
       <x:c r="E378" s="0" t="s">
-        <x:v>1158</x:v>
+        <x:v>1138</x:v>
+      </x:c>
+      <x:c r="F378" s="0" t="s">
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="G378" s="0" t="s">
-        <x:v>1159</x:v>
+        <x:v>1140</x:v>
       </x:c>
       <x:c r="H378" s="0" t="s">
-        <x:v>594</x:v>
+        <x:v>1141</x:v>
       </x:c>
       <x:c r="I378" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J378" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="K378" s="0" t="s">
-        <x:v>1160</x:v>
+        <x:v>1142</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:11">
       <x:c r="A379" s="0">
-        <x:v>482</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C379" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D379" s="0" t="s">
-        <x:v>1161</x:v>
+        <x:v>1143</x:v>
       </x:c>
       <x:c r="E379" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>1144</x:v>
       </x:c>
       <x:c r="F379" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>1145</x:v>
       </x:c>
       <x:c r="G379" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="H379" s="0" t="s">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="I379" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
-      <x:c r="I379" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J379" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s">
-        <x:v>1026</x:v>
+        <x:v>691</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:11">
       <x:c r="A380" s="0">
-        <x:v>481</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="B380" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C380" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D380" s="0" t="s">
-        <x:v>1162</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="E380" s="0" t="s">
-        <x:v>1163</x:v>
+        <x:v>1148</x:v>
+      </x:c>
+      <x:c r="F380" s="0" t="s">
+        <x:v>1149</x:v>
       </x:c>
       <x:c r="G380" s="0" t="s">
-        <x:v>1164</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="H380" s="0" t="s">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="I380" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
-      <x:c r="I380" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J380" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="K380" s="0" t="s">
-        <x:v>1165</x:v>
+        <x:v>691</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:11">
       <x:c r="A381" s="0">
-        <x:v>480</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C381" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D381" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>1150</x:v>
       </x:c>
       <x:c r="E381" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>1151</x:v>
       </x:c>
       <x:c r="G381" s="0" t="s">
-        <x:v>1166</x:v>
+        <x:v>1152</x:v>
       </x:c>
       <x:c r="H381" s="0" t="s">
-        <x:v>375</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I381" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J381" s="0" t="s">
-        <x:v>42</x:v>
-[...2 lines deleted...]
-        <x:v>1167</x:v>
+        <x:v>1153</x:v>
+      </x:c>
+      <x:c r="K381" s="2" t="s">
+        <x:v>1154</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:11">
       <x:c r="A382" s="0">
-        <x:v>479</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="B382" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C382" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D382" s="0" t="s">
-        <x:v>1168</x:v>
+        <x:v>1155</x:v>
       </x:c>
       <x:c r="E382" s="0" t="s">
-        <x:v>1169</x:v>
+        <x:v>1156</x:v>
       </x:c>
       <x:c r="G382" s="0" t="s">
-        <x:v>1170</x:v>
+        <x:v>1152</x:v>
       </x:c>
       <x:c r="H382" s="0" t="s">
-        <x:v>594</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I382" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J382" s="0" t="s">
-        <x:v>42</x:v>
-[...2 lines deleted...]
-        <x:v>1171</x:v>
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K382" s="2" t="s">
+        <x:v>1154</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:11">
       <x:c r="A383" s="0">
-        <x:v>478</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C383" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D383" s="0" t="s">
-        <x:v>1172</x:v>
+        <x:v>1157</x:v>
       </x:c>
       <x:c r="E383" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>1158</x:v>
       </x:c>
       <x:c r="G383" s="0" t="s">
-        <x:v>1173</x:v>
+        <x:v>1159</x:v>
       </x:c>
       <x:c r="H383" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="I383" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="J383" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
-        <x:v>1174</x:v>
+        <x:v>1160</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:11">
       <x:c r="A384" s="0">
-        <x:v>477</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="B384" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C384" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D384" s="0" t="s">
-        <x:v>1175</x:v>
+        <x:v>1161</x:v>
       </x:c>
       <x:c r="E384" s="0" t="s">
-        <x:v>1176</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="G384" s="0" t="s">
-        <x:v>1177</x:v>
+        <x:v>1162</x:v>
       </x:c>
       <x:c r="H384" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I384" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J384" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="K384" s="0" t="s">
-        <x:v>1178</x:v>
+        <x:v>1163</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:11">
       <x:c r="A385" s="0">
-        <x:v>476</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C385" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D385" s="0" t="s">
-        <x:v>1179</x:v>
+        <x:v>1164</x:v>
       </x:c>
       <x:c r="E385" s="0" t="s">
-        <x:v>1180</x:v>
+        <x:v>1165</x:v>
+      </x:c>
+      <x:c r="F385" s="0" t="s">
+        <x:v>1166</x:v>
       </x:c>
       <x:c r="G385" s="0" t="s">
-        <x:v>1181</x:v>
+        <x:v>1167</x:v>
       </x:c>
       <x:c r="H385" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="I385" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J385" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>1168</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
-        <x:v>1182</x:v>
+        <x:v>1169</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:11">
       <x:c r="A386" s="0">
-        <x:v>475</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="B386" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C386" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D386" s="0" t="s">
-        <x:v>1179</x:v>
+        <x:v>1170</x:v>
       </x:c>
       <x:c r="E386" s="0" t="s">
-        <x:v>1183</x:v>
+        <x:v>1171</x:v>
+      </x:c>
+      <x:c r="F386" s="0" t="s">
+        <x:v>1172</x:v>
       </x:c>
       <x:c r="G386" s="0" t="s">
-        <x:v>593</x:v>
+        <x:v>1167</x:v>
       </x:c>
       <x:c r="H386" s="0" t="s">
-        <x:v>594</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="I386" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J386" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>1168</x:v>
       </x:c>
       <x:c r="K386" s="0" t="s">
-        <x:v>1184</x:v>
+        <x:v>1169</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:11">
       <x:c r="A387" s="0">
-        <x:v>474</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C387" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D387" s="0" t="s">
-        <x:v>1185</x:v>
+        <x:v>1173</x:v>
       </x:c>
       <x:c r="E387" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>1174</x:v>
+      </x:c>
+      <x:c r="F387" s="0" t="s">
+        <x:v>1175</x:v>
       </x:c>
       <x:c r="G387" s="0" t="s">
-        <x:v>1186</x:v>
+        <x:v>1167</x:v>
       </x:c>
       <x:c r="H387" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="I387" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J387" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>1168</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
-        <x:v>1187</x:v>
+        <x:v>1169</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:11">
       <x:c r="A388" s="0">
-        <x:v>473</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="B388" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C388" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D388" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>1176</x:v>
       </x:c>
       <x:c r="E388" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>1177</x:v>
       </x:c>
       <x:c r="G388" s="0" t="s">
-        <x:v>602</x:v>
+        <x:v>1167</x:v>
       </x:c>
       <x:c r="H388" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="I388" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J388" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>1168</x:v>
       </x:c>
       <x:c r="K388" s="0" t="s">
-        <x:v>1188</x:v>
+        <x:v>1169</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:11">
       <x:c r="A389" s="0">
-        <x:v>472</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C389" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D389" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>1178</x:v>
       </x:c>
       <x:c r="E389" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>1177</x:v>
       </x:c>
       <x:c r="G389" s="0" t="s">
-        <x:v>1189</x:v>
+        <x:v>1167</x:v>
+      </x:c>
+      <x:c r="H389" s="0" t="s">
+        <x:v>370</x:v>
       </x:c>
       <x:c r="I389" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J389" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>1168</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
-        <x:v>1190</x:v>
+        <x:v>1169</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:11">
       <x:c r="A390" s="0">
-        <x:v>471</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="B390" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C390" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D390" s="0" t="s">
-        <x:v>1191</x:v>
+        <x:v>1179</x:v>
       </x:c>
       <x:c r="E390" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>1180</x:v>
       </x:c>
       <x:c r="F390" s="0" t="s">
-        <x:v>1192</x:v>
+        <x:v>1181</x:v>
       </x:c>
       <x:c r="G390" s="0" t="s">
-        <x:v>1193</x:v>
+        <x:v>1167</x:v>
       </x:c>
       <x:c r="H390" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="I390" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J390" s="0" t="s">
-        <x:v>1194</x:v>
+        <x:v>1168</x:v>
       </x:c>
       <x:c r="K390" s="0" t="s">
-        <x:v>1195</x:v>
+        <x:v>1169</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:11">
       <x:c r="A391" s="0">
-        <x:v>470</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C391" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D391" s="0" t="s">
-        <x:v>1196</x:v>
+        <x:v>1182</x:v>
       </x:c>
       <x:c r="E391" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>1148</x:v>
       </x:c>
       <x:c r="G391" s="0" t="s">
-        <x:v>1197</x:v>
+        <x:v>1183</x:v>
       </x:c>
       <x:c r="H391" s="0" t="s">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="I391" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
-      <x:c r="I391" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J391" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
-        <x:v>1198</x:v>
+        <x:v>691</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:11">
       <x:c r="A392" s="0">
-        <x:v>469</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="B392" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C392" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D392" s="0" t="s">
-        <x:v>1199</x:v>
+        <x:v>1184</x:v>
       </x:c>
       <x:c r="E392" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>1185</x:v>
       </x:c>
       <x:c r="G392" s="0" t="s">
-        <x:v>1197</x:v>
+        <x:v>1186</x:v>
       </x:c>
       <x:c r="H392" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="I392" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
-      <x:c r="I392" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J392" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="K392" s="0" t="s">
-        <x:v>1198</x:v>
+        <x:v>691</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:11">
       <x:c r="A393" s="0">
-        <x:v>468</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C393" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D393" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>1187</x:v>
       </x:c>
       <x:c r="E393" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>1188</x:v>
       </x:c>
       <x:c r="G393" s="0" t="s">
-        <x:v>1197</x:v>
+        <x:v>1189</x:v>
       </x:c>
       <x:c r="H393" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I393" s="0" t="s">
-        <x:v>418</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J393" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
-        <x:v>1198</x:v>
+        <x:v>1190</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:11">
       <x:c r="A394" s="0">
-        <x:v>467</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="B394" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C394" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D394" s="0" t="s">
-        <x:v>1201</x:v>
+        <x:v>1191</x:v>
       </x:c>
       <x:c r="E394" s="0" t="s">
-        <x:v>1202</x:v>
+        <x:v>1192</x:v>
+      </x:c>
+      <x:c r="F394" s="0" t="s">
+        <x:v>1193</x:v>
       </x:c>
       <x:c r="G394" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1194</x:v>
       </x:c>
       <x:c r="H394" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I394" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J394" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="K394" s="0" t="s">
-        <x:v>1204</x:v>
+        <x:v>1195</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:11">
       <x:c r="A395" s="0">
-        <x:v>466</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C395" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D395" s="0" t="s">
-        <x:v>1205</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="E395" s="0" t="s">
-        <x:v>318</x:v>
-[...2 lines deleted...]
-        <x:v>1057</x:v>
+        <x:v>1196</x:v>
       </x:c>
       <x:c r="G395" s="0" t="s">
-        <x:v>1206</x:v>
+        <x:v>1197</x:v>
       </x:c>
       <x:c r="H395" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="I395" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J395" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
-        <x:v>1207</x:v>
+        <x:v>1198</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:11">
       <x:c r="A396" s="0">
-        <x:v>465</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="B396" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C396" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D396" s="0" t="s">
-        <x:v>1208</x:v>
+        <x:v>1199</x:v>
       </x:c>
       <x:c r="E396" s="0" t="s">
-        <x:v>1209</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="G396" s="0" t="s">
-        <x:v>1210</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="H396" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="I396" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J396" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="K396" s="0" t="s">
-        <x:v>1211</x:v>
+        <x:v>1202</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:11">
       <x:c r="A397" s="0">
-        <x:v>464</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C397" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D397" s="0" t="s">
-        <x:v>1210</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="E397" s="0" t="s">
-        <x:v>1209</x:v>
+        <x:v>1204</x:v>
       </x:c>
       <x:c r="G397" s="0" t="s">
-        <x:v>1210</x:v>
+        <x:v>1205</x:v>
       </x:c>
       <x:c r="H397" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="I397" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J397" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
-        <x:v>1211</x:v>
+        <x:v>1202</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:11">
       <x:c r="A398" s="0">
-        <x:v>462</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="B398" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C398" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D398" s="0" t="s">
-        <x:v>1212</x:v>
+        <x:v>1206</x:v>
       </x:c>
       <x:c r="E398" s="0" t="s">
-        <x:v>318</x:v>
-[...2 lines deleted...]
-        <x:v>318</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="G398" s="0" t="s">
-        <x:v>1213</x:v>
+        <x:v>1208</x:v>
       </x:c>
       <x:c r="H398" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="I398" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J398" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="K398" s="0" t="s">
-        <x:v>1214</x:v>
+        <x:v>1209</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:11">
       <x:c r="A399" s="0">
-        <x:v>459</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C399" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D399" s="0" t="s">
-        <x:v>1215</x:v>
+        <x:v>1210</x:v>
       </x:c>
       <x:c r="E399" s="0" t="s">
-        <x:v>1216</x:v>
+        <x:v>1211</x:v>
       </x:c>
       <x:c r="G399" s="0" t="s">
-        <x:v>1217</x:v>
+        <x:v>1212</x:v>
       </x:c>
       <x:c r="H399" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I399" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J399" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
-        <x:v>1218</x:v>
+        <x:v>1213</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:11">
       <x:c r="A400" s="0">
-        <x:v>458</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="B400" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C400" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D400" s="0" t="s">
-        <x:v>1219</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E400" s="0" t="s">
-        <x:v>873</x:v>
+        <x:v>1214</x:v>
       </x:c>
       <x:c r="G400" s="0" t="s">
-        <x:v>1220</x:v>
+        <x:v>1215</x:v>
       </x:c>
       <x:c r="H400" s="0" t="s">
-        <x:v>527</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I400" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J400" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K400" s="0" t="s">
-        <x:v>1221</x:v>
+        <x:v>1216</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:11">
       <x:c r="A401" s="0">
-        <x:v>457</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C401" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>1217</x:v>
       </x:c>
       <x:c r="D401" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>1218</x:v>
       </x:c>
       <x:c r="E401" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="G401" s="0" t="s">
-        <x:v>1222</x:v>
+        <x:v>1219</x:v>
       </x:c>
       <x:c r="H401" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I401" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J401" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
-        <x:v>1223</x:v>
+        <x:v>1220</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:11">
       <x:c r="A402" s="0">
-        <x:v>456</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="B402" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C402" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>897</x:v>
       </x:c>
       <x:c r="D402" s="0" t="s">
+        <x:v>1221</x:v>
+      </x:c>
+      <x:c r="E402" s="0" t="s">
+        <x:v>1222</x:v>
+      </x:c>
+      <x:c r="G402" s="0" t="s">
+        <x:v>1223</x:v>
+      </x:c>
+      <x:c r="H402" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="I402" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="J402" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K402" s="0" t="s">
         <x:v>1224</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>1226</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:11">
       <x:c r="A403" s="0">
-        <x:v>455</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C403" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D403" s="0" t="s">
+        <x:v>1225</x:v>
+      </x:c>
+      <x:c r="E403" s="0" t="s">
+        <x:v>1226</x:v>
+      </x:c>
+      <x:c r="G403" s="0" t="s">
         <x:v>1227</x:v>
       </x:c>
-      <x:c r="E403" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="G403" s="0" t="s">
+      <x:c r="H403" s="0" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="I403" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="J403" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K403" s="0" t="s">
         <x:v>1228</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1229</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:11">
       <x:c r="A404" s="0">
-        <x:v>454</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="B404" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C404" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D404" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="E404" s="0" t="s">
+        <x:v>1229</x:v>
+      </x:c>
+      <x:c r="G404" s="0" t="s">
         <x:v>1230</x:v>
       </x:c>
-      <x:c r="E404" s="0" t="s">
+      <x:c r="H404" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="I404" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="J404" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K404" s="0" t="s">
         <x:v>1231</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>1234</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:11">
       <x:c r="A405" s="0">
-        <x:v>453</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C405" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D405" s="0" t="s">
+        <x:v>1232</x:v>
+      </x:c>
+      <x:c r="E405" s="0" t="s">
+        <x:v>1233</x:v>
+      </x:c>
+      <x:c r="G405" s="0" t="s">
+        <x:v>1234</x:v>
+      </x:c>
+      <x:c r="H405" s="0" t="s">
+        <x:v>671</x:v>
+      </x:c>
+      <x:c r="I405" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="J405" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K405" s="0" t="s">
         <x:v>1235</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>1237</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:11">
       <x:c r="A406" s="0">
-        <x:v>452</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="B406" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C406" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D406" s="0" t="s">
-        <x:v>1238</x:v>
+        <x:v>1236</x:v>
       </x:c>
       <x:c r="E406" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="F406" s="0" t="s">
+        <x:v>178</x:v>
       </x:c>
       <x:c r="G406" s="0" t="s">
-        <x:v>1239</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H406" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I406" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J406" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="K406" s="0" t="s">
-        <x:v>1240</x:v>
+        <x:v>1101</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:11">
       <x:c r="A407" s="0">
-        <x:v>451</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C407" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="D407" s="0" t="s">
-        <x:v>1241</x:v>
+        <x:v>1237</x:v>
       </x:c>
       <x:c r="E407" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>1238</x:v>
       </x:c>
       <x:c r="G407" s="0" t="s">
-        <x:v>1242</x:v>
+        <x:v>1239</x:v>
       </x:c>
       <x:c r="H407" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I407" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J407" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
-        <x:v>1243</x:v>
+        <x:v>1240</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:11">
       <x:c r="A408" s="0">
-        <x:v>450</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="B408" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C408" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D408" s="0" t="s">
-        <x:v>1244</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E408" s="0" t="s">
-        <x:v>1216</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G408" s="0" t="s">
-        <x:v>1245</x:v>
+        <x:v>1241</x:v>
       </x:c>
       <x:c r="H408" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I408" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J408" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K408" s="0" t="s">
-        <x:v>1246</x:v>
+        <x:v>1242</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:11">
       <x:c r="A409" s="0">
-        <x:v>449</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C409" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D409" s="0" t="s">
-        <x:v>1247</x:v>
+        <x:v>1243</x:v>
       </x:c>
       <x:c r="E409" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>1244</x:v>
       </x:c>
       <x:c r="G409" s="0" t="s">
-        <x:v>1248</x:v>
+        <x:v>1245</x:v>
       </x:c>
       <x:c r="H409" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="I409" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J409" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
-        <x:v>1249</x:v>
+        <x:v>1246</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:11">
       <x:c r="A410" s="0">
-        <x:v>447</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="B410" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C410" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="D410" s="0" t="s">
-        <x:v>1250</x:v>
+        <x:v>1247</x:v>
       </x:c>
       <x:c r="E410" s="0" t="s">
-        <x:v>1251</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G410" s="0" t="s">
-        <x:v>1071</x:v>
+        <x:v>1248</x:v>
       </x:c>
       <x:c r="H410" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I410" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J410" s="0" t="s">
-        <x:v>847</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K410" s="0" t="s">
-        <x:v>614</x:v>
+        <x:v>1249</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:11">
       <x:c r="A411" s="0">
-        <x:v>446</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="C411" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="C411" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D411" s="0" t="s">
+        <x:v>1250</x:v>
+      </x:c>
+      <x:c r="E411" s="0" t="s">
+        <x:v>1251</x:v>
+      </x:c>
+      <x:c r="G411" s="0" t="s">
         <x:v>1252</x:v>
       </x:c>
-      <x:c r="E411" s="0" t="s">
+      <x:c r="H411" s="0" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="I411" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="J411" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K411" s="0" t="s">
         <x:v>1253</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>614</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:11">
       <x:c r="A412" s="0">
-        <x:v>445</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="B412" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="C412" s="0" t="s">
         <x:v>21</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>12</x:v>
       </x:c>
       <x:c r="D412" s="0" t="s">
         <x:v>1254</x:v>
       </x:c>
       <x:c r="E412" s="0" t="s">
-        <x:v>1253</x:v>
+        <x:v>1255</x:v>
       </x:c>
       <x:c r="G412" s="0" t="s">
-        <x:v>1071</x:v>
+        <x:v>1256</x:v>
       </x:c>
       <x:c r="H412" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="I412" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J412" s="0" t="s">
-        <x:v>847</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K412" s="0" t="s">
-        <x:v>614</x:v>
+        <x:v>1257</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:11">
       <x:c r="A413" s="0">
-        <x:v>444</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="C413" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="C413" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D413" s="0" t="s">
-        <x:v>1255</x:v>
+        <x:v>1254</x:v>
       </x:c>
       <x:c r="E413" s="0" t="s">
-        <x:v>1256</x:v>
+        <x:v>1258</x:v>
       </x:c>
       <x:c r="G413" s="0" t="s">
-        <x:v>1257</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="H413" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="I413" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J413" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K413" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>1259</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:11">
       <x:c r="A414" s="0">
-        <x:v>443</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="B414" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C414" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D414" s="0" t="s">
-        <x:v>1258</x:v>
+        <x:v>1260</x:v>
       </x:c>
       <x:c r="E414" s="0" t="s">
-        <x:v>1256</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G414" s="0" t="s">
-        <x:v>1257</x:v>
+        <x:v>1261</x:v>
       </x:c>
       <x:c r="H414" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I414" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J414" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K414" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>1262</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:11">
       <x:c r="A415" s="0">
-        <x:v>442</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="C415" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="C415" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D415" s="0" t="s">
-        <x:v>1259</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E415" s="0" t="s">
-        <x:v>1260</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="G415" s="0" t="s">
-        <x:v>1257</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="H415" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="I415" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J415" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K415" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>1263</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:11">
       <x:c r="A416" s="0">
-        <x:v>441</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="B416" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="C416" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="C416" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D416" s="0" t="s">
-        <x:v>1261</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E416" s="0" t="s">
-        <x:v>1262</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G416" s="0" t="s">
-        <x:v>1257</x:v>
-[...2 lines deleted...]
-        <x:v>283</x:v>
+        <x:v>1264</x:v>
       </x:c>
       <x:c r="I416" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J416" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K416" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>1265</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:11">
       <x:c r="A417" s="0">
-        <x:v>439</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C417" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="D417" s="0" t="s">
-        <x:v>1263</x:v>
+        <x:v>1266</x:v>
       </x:c>
       <x:c r="E417" s="0" t="s">
-        <x:v>414</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="F417" s="0" t="s">
-        <x:v>1264</x:v>
+        <x:v>1267</x:v>
       </x:c>
       <x:c r="G417" s="0" t="s">
-        <x:v>414</x:v>
+        <x:v>1268</x:v>
       </x:c>
       <x:c r="H417" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I417" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J417" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>1269</x:v>
       </x:c>
       <x:c r="K417" s="0" t="s">
-        <x:v>1265</x:v>
+        <x:v>1270</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:11">
       <x:c r="A418" s="0">
-        <x:v>438</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="B418" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C418" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D418" s="0" t="s">
-        <x:v>1266</x:v>
+        <x:v>1271</x:v>
       </x:c>
       <x:c r="E418" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="G418" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="H418" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I418" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="J418" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="K418" s="0" t="s">
-        <x:v>1269</x:v>
+        <x:v>1273</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:11">
       <x:c r="A419" s="0">
-        <x:v>437</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C419" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D419" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>1274</x:v>
       </x:c>
       <x:c r="E419" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="G419" s="0" t="s">
-        <x:v>1270</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="H419" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I419" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="J419" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="K419" s="0" t="s">
-        <x:v>1271</x:v>
+        <x:v>1273</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:11">
       <x:c r="A420" s="0">
-        <x:v>436</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="B420" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C420" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D420" s="0" t="s">
+        <x:v>1275</x:v>
+      </x:c>
+      <x:c r="E420" s="0" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="G420" s="0" t="s">
         <x:v>1272</x:v>
       </x:c>
-      <x:c r="E420" s="0" t="s">
+      <x:c r="H420" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="I420" s="0" t="s">
+        <x:v>499</x:v>
+      </x:c>
+      <x:c r="J420" s="0" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="K420" s="0" t="s">
         <x:v>1273</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>1276</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:11">
       <x:c r="A421" s="0">
-        <x:v>435</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C421" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D421" s="0" t="s">
-        <x:v>575</x:v>
+        <x:v>1276</x:v>
       </x:c>
       <x:c r="E421" s="0" t="s">
-        <x:v>840</x:v>
+        <x:v>1277</x:v>
       </x:c>
       <x:c r="G421" s="0" t="s">
-        <x:v>1277</x:v>
+        <x:v>1278</x:v>
       </x:c>
       <x:c r="H421" s="0" t="s">
-        <x:v>573</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="I421" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J421" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
-        <x:v>1278</x:v>
+        <x:v>1279</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:11">
       <x:c r="A422" s="0">
-        <x:v>434</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="B422" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C422" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="D422" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>1280</x:v>
       </x:c>
       <x:c r="E422" s="0" t="s">
-        <x:v>957</x:v>
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="F422" s="0" t="s">
+        <x:v>1132</x:v>
       </x:c>
       <x:c r="G422" s="0" t="s">
-        <x:v>1279</x:v>
+        <x:v>1281</x:v>
       </x:c>
       <x:c r="H422" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I422" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J422" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K422" s="0" t="s">
-        <x:v>1280</x:v>
+        <x:v>1282</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:11">
       <x:c r="A423" s="0">
-        <x:v>433</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C423" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D423" s="0" t="s">
-        <x:v>1281</x:v>
+        <x:v>1283</x:v>
       </x:c>
       <x:c r="E423" s="0" t="s">
-        <x:v>318</x:v>
-[...2 lines deleted...]
-        <x:v>318</x:v>
+        <x:v>1284</x:v>
       </x:c>
       <x:c r="G423" s="0" t="s">
-        <x:v>1282</x:v>
+        <x:v>1285</x:v>
       </x:c>
       <x:c r="H423" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="I423" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
-      <x:c r="I423" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J423" s="0" t="s">
-        <x:v>1283</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
-        <x:v>1284</x:v>
+        <x:v>1286</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:11">
       <x:c r="A424" s="0">
-        <x:v>432</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="B424" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C424" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D424" s="0" t="s">
         <x:v>1285</x:v>
       </x:c>
       <x:c r="E424" s="0" t="s">
-        <x:v>318</x:v>
-[...2 lines deleted...]
-        <x:v>318</x:v>
+        <x:v>1284</x:v>
       </x:c>
       <x:c r="G424" s="0" t="s">
+        <x:v>1285</x:v>
+      </x:c>
+      <x:c r="H424" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="I424" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="J424" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K424" s="0" t="s">
         <x:v>1286</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1288</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:11">
       <x:c r="A425" s="0">
-        <x:v>426</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C425" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="D425" s="0" t="s">
-        <x:v>575</x:v>
+        <x:v>1287</x:v>
       </x:c>
       <x:c r="E425" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="F425" s="0" t="s">
+        <x:v>405</x:v>
       </x:c>
       <x:c r="G425" s="0" t="s">
+        <x:v>1288</x:v>
+      </x:c>
+      <x:c r="H425" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="I425" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="J425" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K425" s="0" t="s">
         <x:v>1289</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1290</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:11">
       <x:c r="A426" s="0">
-        <x:v>425</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="B426" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C426" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="D426" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>1290</x:v>
       </x:c>
       <x:c r="E426" s="0" t="s">
-        <x:v>459</x:v>
+        <x:v>1291</x:v>
       </x:c>
       <x:c r="G426" s="0" t="s">
-        <x:v>1291</x:v>
+        <x:v>1292</x:v>
       </x:c>
       <x:c r="H426" s="0" t="s">
-        <x:v>527</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I426" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J426" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K426" s="0" t="s">
-        <x:v>1292</x:v>
+        <x:v>1293</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:11">
       <x:c r="A427" s="0">
-        <x:v>423</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C427" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="D427" s="0" t="s">
-        <x:v>1293</x:v>
+        <x:v>1294</x:v>
       </x:c>
       <x:c r="E427" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>948</x:v>
       </x:c>
       <x:c r="G427" s="0" t="s">
-        <x:v>1294</x:v>
+        <x:v>1295</x:v>
       </x:c>
       <x:c r="H427" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I427" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J427" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K427" s="0" t="s">
-        <x:v>1295</x:v>
+        <x:v>1296</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:11">
       <x:c r="A428" s="0">
-        <x:v>422</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="B428" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C428" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D428" s="0" t="s">
-        <x:v>1296</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E428" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G428" s="0" t="s">
         <x:v>1297</x:v>
       </x:c>
       <x:c r="H428" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I428" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J428" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K428" s="0" t="s">
         <x:v>1298</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:11">
       <x:c r="A429" s="0">
-        <x:v>419</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C429" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D429" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>1299</x:v>
       </x:c>
       <x:c r="E429" s="0" t="s">
-        <x:v>944</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="G429" s="0" t="s">
-        <x:v>1299</x:v>
+        <x:v>1300</x:v>
       </x:c>
       <x:c r="H429" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I429" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J429" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K429" s="0" t="s">
-        <x:v>1300</x:v>
+        <x:v>1301</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:11">
       <x:c r="A430" s="0">
-        <x:v>418</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="B430" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C430" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="D430" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>1302</x:v>
       </x:c>
       <x:c r="E430" s="0" t="s">
-        <x:v>1301</x:v>
+        <x:v>1291</x:v>
       </x:c>
       <x:c r="G430" s="0" t="s">
-        <x:v>1302</x:v>
+        <x:v>1303</x:v>
       </x:c>
       <x:c r="H430" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I430" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J430" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K430" s="0" t="s">
-        <x:v>1303</x:v>
+        <x:v>1304</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:11">
       <x:c r="A431" s="0">
-        <x:v>415</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="C431" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D431" s="0" t="s">
-        <x:v>1304</x:v>
+        <x:v>1305</x:v>
       </x:c>
       <x:c r="E431" s="0" t="s">
-        <x:v>1305</x:v>
+        <x:v>1306</x:v>
+      </x:c>
+      <x:c r="F431" s="0" t="s">
+        <x:v>1307</x:v>
       </x:c>
       <x:c r="G431" s="0" t="s">
-        <x:v>1306</x:v>
+        <x:v>1308</x:v>
       </x:c>
       <x:c r="H431" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I431" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J431" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="K431" s="0" t="s">
-        <x:v>1307</x:v>
+        <x:v>1309</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:11">
       <x:c r="A432" s="0">
-        <x:v>414</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="B432" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C432" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="D432" s="0" t="s">
-        <x:v>1308</x:v>
+        <x:v>1310</x:v>
       </x:c>
       <x:c r="E432" s="0" t="s">
-        <x:v>1309</x:v>
-[...2 lines deleted...]
-        <x:v>1310</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G432" s="0" t="s">
         <x:v>1311</x:v>
       </x:c>
+      <x:c r="H432" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
       <x:c r="I432" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J432" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K432" s="0" t="s">
         <x:v>1312</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:11">
       <x:c r="A433" s="0">
-        <x:v>411</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="C433" s="0" t="s">
         <x:v>21</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>22</x:v>
       </x:c>
       <x:c r="D433" s="0" t="s">
         <x:v>1313</x:v>
       </x:c>
       <x:c r="E433" s="0" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="G433" s="0" t="s">
         <x:v>1314</x:v>
       </x:c>
-      <x:c r="G433" s="0" t="s">
+      <x:c r="H433" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="I433" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="J433" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K433" s="0" t="s">
         <x:v>1315</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1317</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:11">
       <x:c r="A434" s="0">
-        <x:v>410</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="B434" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="C434" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="C434" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D434" s="0" t="s">
-        <x:v>1318</x:v>
+        <x:v>1316</x:v>
       </x:c>
       <x:c r="E434" s="0" t="s">
-        <x:v>1319</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="G434" s="0" t="s">
-        <x:v>1315</x:v>
+        <x:v>1317</x:v>
       </x:c>
       <x:c r="H434" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I434" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J434" s="0" t="s">
-        <x:v>1316</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K434" s="0" t="s">
-        <x:v>1317</x:v>
+        <x:v>1318</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:11">
       <x:c r="A435" s="0">
-        <x:v>409</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="C435" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="C435" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D435" s="0" t="s">
+        <x:v>1319</x:v>
+      </x:c>
+      <x:c r="E435" s="0" t="s">
+        <x:v>1291</x:v>
+      </x:c>
+      <x:c r="G435" s="0" t="s">
         <x:v>1320</x:v>
       </x:c>
-      <x:c r="E435" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H435" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I435" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J435" s="0" t="s">
-        <x:v>1316</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K435" s="0" t="s">
-        <x:v>1317</x:v>
+        <x:v>1321</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:11">
       <x:c r="A436" s="0">
-        <x:v>408</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="B436" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="C436" s="0" t="s">
         <x:v>21</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>22</x:v>
       </x:c>
       <x:c r="D436" s="0" t="s">
         <x:v>1322</x:v>
       </x:c>
       <x:c r="E436" s="0" t="s">
-        <x:v>1321</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="G436" s="0" t="s">
-        <x:v>1315</x:v>
+        <x:v>1323</x:v>
       </x:c>
       <x:c r="H436" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I436" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J436" s="0" t="s">
-        <x:v>1316</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K436" s="0" t="s">
-        <x:v>1317</x:v>
+        <x:v>1324</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:11">
       <x:c r="A437" s="0">
-        <x:v>407</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C437" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D437" s="0" t="s">
-        <x:v>1323</x:v>
+        <x:v>1325</x:v>
       </x:c>
       <x:c r="E437" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>1326</x:v>
       </x:c>
       <x:c r="G437" s="0" t="s">
-        <x:v>1324</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="H437" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="I437" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J437" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="K437" s="0" t="s">
-        <x:v>1325</x:v>
+        <x:v>691</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:11">
       <x:c r="A438" s="0">
-        <x:v>406</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="B438" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C438" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D438" s="0" t="s">
-        <x:v>1326</x:v>
+        <x:v>1327</x:v>
       </x:c>
       <x:c r="E438" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>1328</x:v>
       </x:c>
       <x:c r="G438" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="H438" s="0" t="s">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="I438" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
-      <x:c r="I438" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J438" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="K438" s="0" t="s">
-        <x:v>1327</x:v>
+        <x:v>691</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:11">
       <x:c r="A439" s="0">
-        <x:v>405</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C439" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D439" s="0" t="s">
+        <x:v>1329</x:v>
+      </x:c>
+      <x:c r="E439" s="0" t="s">
         <x:v>1328</x:v>
       </x:c>
-      <x:c r="E439" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G439" s="0" t="s">
-        <x:v>1329</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="H439" s="0" t="s">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="I439" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
-      <x:c r="I439" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J439" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="K439" s="0" t="s">
-        <x:v>1330</x:v>
+        <x:v>691</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:11">
       <x:c r="A440" s="0">
-        <x:v>401</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="B440" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C440" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D440" s="0" t="s">
+        <x:v>1330</x:v>
+      </x:c>
+      <x:c r="E440" s="0" t="s">
         <x:v>1331</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>318</x:v>
       </x:c>
       <x:c r="G440" s="0" t="s">
         <x:v>1332</x:v>
       </x:c>
       <x:c r="H440" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="I440" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J440" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="K440" s="0" t="s">
-        <x:v>1333</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:11">
       <x:c r="A441" s="0">
-        <x:v>400</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C441" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D441" s="0" t="s">
-        <x:v>1334</x:v>
+        <x:v>1333</x:v>
       </x:c>
       <x:c r="E441" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>1331</x:v>
       </x:c>
       <x:c r="G441" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>1332</x:v>
       </x:c>
       <x:c r="H441" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="I441" s="0" t="s">
-        <x:v>793</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J441" s="0" t="s">
-        <x:v>793</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="K441" s="0" t="s">
-        <x:v>1335</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:11">
       <x:c r="A442" s="0">
-        <x:v>391</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="B442" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C442" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D442" s="0" t="s">
-        <x:v>1336</x:v>
+        <x:v>1334</x:v>
       </x:c>
       <x:c r="E442" s="0" t="s">
-        <x:v>1337</x:v>
-[...2 lines deleted...]
-        <x:v>1338</x:v>
+        <x:v>1335</x:v>
       </x:c>
       <x:c r="G442" s="0" t="s">
-        <x:v>1311</x:v>
+        <x:v>1332</x:v>
       </x:c>
       <x:c r="H442" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="I442" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J442" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="K442" s="0" t="s">
-        <x:v>1339</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:11">
       <x:c r="A443" s="0">
-        <x:v>390</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C443" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D443" s="0" t="s">
-        <x:v>708</x:v>
+        <x:v>1336</x:v>
       </x:c>
       <x:c r="E443" s="0" t="s">
-        <x:v>1340</x:v>
-[...2 lines deleted...]
-        <x:v>1341</x:v>
+        <x:v>1337</x:v>
       </x:c>
       <x:c r="G443" s="0" t="s">
-        <x:v>1342</x:v>
+        <x:v>1332</x:v>
       </x:c>
       <x:c r="H443" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="I443" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J443" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="K443" s="0" t="s">
-        <x:v>1327</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:11">
       <x:c r="A444" s="0">
-        <x:v>389</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="B444" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C444" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="D444" s="0" t="s">
-        <x:v>1343</x:v>
+        <x:v>1338</x:v>
       </x:c>
       <x:c r="E444" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="F444" s="0" t="s">
+        <x:v>1339</x:v>
       </x:c>
       <x:c r="G444" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="H444" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I444" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J444" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K444" s="0" t="s">
-        <x:v>1327</x:v>
+        <x:v>1340</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:11">
       <x:c r="A445" s="0">
-        <x:v>388</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C445" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D445" s="0" t="s">
+        <x:v>1341</x:v>
+      </x:c>
+      <x:c r="E445" s="0" t="s">
+        <x:v>1342</x:v>
+      </x:c>
+      <x:c r="G445" s="0" t="s">
+        <x:v>1343</x:v>
+      </x:c>
+      <x:c r="H445" s="0" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="I445" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="J445" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K445" s="0" t="s">
         <x:v>1344</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>1346</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:11">
       <x:c r="A446" s="0">
-        <x:v>387</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="B446" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C446" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D446" s="0" t="s">
-        <x:v>1347</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E446" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="G446" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>1345</x:v>
       </x:c>
       <x:c r="H446" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="I446" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J446" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K446" s="0" t="s">
-        <x:v>1327</x:v>
+        <x:v>1346</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:11">
       <x:c r="A447" s="0">
-        <x:v>386</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C447" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D447" s="0" t="s">
+        <x:v>1347</x:v>
+      </x:c>
+      <x:c r="E447" s="0" t="s">
         <x:v>1348</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>318</x:v>
       </x:c>
       <x:c r="F447" s="0" t="s">
         <x:v>1349</x:v>
       </x:c>
       <x:c r="G447" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>1350</x:v>
       </x:c>
       <x:c r="H447" s="0" t="s">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="I447" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
-      <x:c r="I447" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J447" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="K447" s="0" t="s">
-        <x:v>1327</x:v>
+        <x:v>1351</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:11">
       <x:c r="A448" s="0">
-        <x:v>385</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="B448" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C448" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D448" s="0" t="s">
-        <x:v>1350</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="E448" s="0" t="s">
-        <x:v>318</x:v>
-[...2 lines deleted...]
-        <x:v>1351</x:v>
+        <x:v>915</x:v>
       </x:c>
       <x:c r="G448" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>1352</x:v>
       </x:c>
       <x:c r="H448" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I448" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J448" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K448" s="0" t="s">
-        <x:v>1327</x:v>
+        <x:v>1353</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:11">
       <x:c r="A449" s="0">
-        <x:v>384</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C449" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D449" s="0" t="s">
-        <x:v>1352</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E449" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>1032</x:v>
       </x:c>
       <x:c r="G449" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>1354</x:v>
       </x:c>
       <x:c r="H449" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I449" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J449" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K449" s="0" t="s">
-        <x:v>1327</x:v>
+        <x:v>1355</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:11">
       <x:c r="A450" s="0">
-        <x:v>376</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="B450" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C450" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D450" s="0" t="s">
-        <x:v>1353</x:v>
+        <x:v>1356</x:v>
       </x:c>
       <x:c r="E450" s="0" t="s">
-        <x:v>1354</x:v>
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="F450" s="0" t="s">
+        <x:v>405</x:v>
       </x:c>
       <x:c r="G450" s="0" t="s">
-        <x:v>1355</x:v>
+        <x:v>1357</x:v>
+      </x:c>
+      <x:c r="H450" s="0" t="s">
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I450" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J450" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>1358</x:v>
       </x:c>
       <x:c r="K450" s="0" t="s">
-        <x:v>1356</x:v>
+        <x:v>1359</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:11">
       <x:c r="A451" s="0">
-        <x:v>375</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C451" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D451" s="0" t="s">
-        <x:v>1357</x:v>
+        <x:v>1360</x:v>
       </x:c>
       <x:c r="E451" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="F451" s="0" t="s">
+        <x:v>405</x:v>
       </x:c>
       <x:c r="G451" s="0" t="s">
-        <x:v>1358</x:v>
+        <x:v>1361</x:v>
       </x:c>
       <x:c r="H451" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>1362</x:v>
       </x:c>
       <x:c r="I451" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J451" s="0" t="s">
-        <x:v>468</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="K451" s="0" t="s">
-        <x:v>1359</x:v>
+        <x:v>1363</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:11">
       <x:c r="A452" s="0">
-        <x:v>374</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="B452" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="C452" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="C452" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D452" s="0" t="s">
-        <x:v>1360</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="E452" s="0" t="s">
-        <x:v>1253</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G452" s="0" t="s">
-        <x:v>1108</x:v>
+        <x:v>1364</x:v>
       </x:c>
       <x:c r="H452" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I452" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J452" s="0" t="s">
-        <x:v>847</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K452" s="0" t="s">
-        <x:v>614</x:v>
+        <x:v>1365</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:11">
       <x:c r="A453" s="0">
-        <x:v>373</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="C453" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="C453" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D453" s="0" t="s">
-        <x:v>1361</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E453" s="0" t="s">
-        <x:v>1253</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="G453" s="0" t="s">
-        <x:v>1108</x:v>
+        <x:v>1366</x:v>
       </x:c>
       <x:c r="H453" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I453" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J453" s="0" t="s">
-        <x:v>847</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K453" s="0" t="s">
-        <x:v>614</x:v>
+        <x:v>1367</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:11">
       <x:c r="A454" s="0">
-        <x:v>372</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="B454" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C454" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="D454" s="0" t="s">
-        <x:v>1362</x:v>
+        <x:v>1368</x:v>
       </x:c>
       <x:c r="E454" s="0" t="s">
-        <x:v>1253</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="G454" s="0" t="s">
-        <x:v>1108</x:v>
+        <x:v>1369</x:v>
       </x:c>
       <x:c r="H454" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I454" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J454" s="0" t="s">
-        <x:v>847</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K454" s="0" t="s">
-        <x:v>614</x:v>
+        <x:v>1370</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:11">
       <x:c r="A455" s="0">
-        <x:v>371</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C455" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="D455" s="0" t="s">
-        <x:v>1363</x:v>
+        <x:v>1371</x:v>
       </x:c>
       <x:c r="E455" s="0" t="s">
-        <x:v>1253</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="G455" s="0" t="s">
-        <x:v>1108</x:v>
+        <x:v>1372</x:v>
       </x:c>
       <x:c r="H455" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I455" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J455" s="0" t="s">
-        <x:v>847</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K455" s="0" t="s">
-        <x:v>614</x:v>
+        <x:v>1373</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:11">
       <x:c r="A456" s="0">
-        <x:v>370</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="B456" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="C456" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="C456" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D456" s="0" t="s">
-        <x:v>1364</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E456" s="0" t="s">
-        <x:v>1253</x:v>
+        <x:v>1019</x:v>
       </x:c>
       <x:c r="G456" s="0" t="s">
-        <x:v>1108</x:v>
+        <x:v>1374</x:v>
       </x:c>
       <x:c r="H456" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I456" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J456" s="0" t="s">
-        <x:v>847</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K456" s="0" t="s">
-        <x:v>614</x:v>
+        <x:v>1375</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:11">
       <x:c r="A457" s="0">
-        <x:v>359</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="C457" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="C457" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D457" s="0" t="s">
-        <x:v>1365</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E457" s="0" t="s">
-        <x:v>1354</x:v>
-[...2 lines deleted...]
-        <x:v>1366</x:v>
+        <x:v>1376</x:v>
       </x:c>
       <x:c r="G457" s="0" t="s">
-        <x:v>1367</x:v>
+        <x:v>1377</x:v>
+      </x:c>
+      <x:c r="H457" s="0" t="s">
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I457" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J457" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K457" s="0" t="s">
-        <x:v>1368</x:v>
+        <x:v>1378</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:11">
       <x:c r="A458" s="0">
-        <x:v>357</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="B458" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C458" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D458" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>1379</x:v>
       </x:c>
       <x:c r="E458" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>1380</x:v>
       </x:c>
       <x:c r="G458" s="0" t="s">
-        <x:v>1369</x:v>
+        <x:v>1381</x:v>
+      </x:c>
+      <x:c r="H458" s="0" t="s">
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I458" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J458" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K458" s="0" t="s">
-        <x:v>1370</x:v>
+        <x:v>1382</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:11">
       <x:c r="A459" s="0">
-        <x:v>356</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C459" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D459" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>1383</x:v>
       </x:c>
       <x:c r="E459" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>1384</x:v>
+      </x:c>
+      <x:c r="F459" s="0" t="s">
+        <x:v>1385</x:v>
       </x:c>
       <x:c r="G459" s="0" t="s">
-        <x:v>1371</x:v>
+        <x:v>1386</x:v>
       </x:c>
       <x:c r="I459" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J459" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K459" s="0" t="s">
-        <x:v>1372</x:v>
+        <x:v>1387</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:11">
       <x:c r="A460" s="0">
-        <x:v>346</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="B460" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C460" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D460" s="0" t="s">
-        <x:v>1373</x:v>
+        <x:v>1388</x:v>
       </x:c>
       <x:c r="E460" s="0" t="s">
-        <x:v>1374</x:v>
+        <x:v>1389</x:v>
       </x:c>
       <x:c r="G460" s="0" t="s">
-        <x:v>1111</x:v>
+        <x:v>1390</x:v>
       </x:c>
       <x:c r="H460" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="I460" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J460" s="0" t="s">
-        <x:v>847</x:v>
+        <x:v>1391</x:v>
       </x:c>
       <x:c r="K460" s="0" t="s">
-        <x:v>614</x:v>
+        <x:v>1392</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:11">
       <x:c r="A461" s="0">
-        <x:v>345</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C461" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D461" s="0" t="s">
-        <x:v>1375</x:v>
+        <x:v>1393</x:v>
       </x:c>
       <x:c r="E461" s="0" t="s">
-        <x:v>1374</x:v>
+        <x:v>1394</x:v>
       </x:c>
       <x:c r="G461" s="0" t="s">
-        <x:v>1111</x:v>
+        <x:v>1390</x:v>
       </x:c>
       <x:c r="H461" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="I461" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J461" s="0" t="s">
-        <x:v>847</x:v>
+        <x:v>1391</x:v>
       </x:c>
       <x:c r="K461" s="0" t="s">
-        <x:v>614</x:v>
+        <x:v>1392</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:11">
       <x:c r="A462" s="0">
-        <x:v>343</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="B462" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C462" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D462" s="0" t="s">
-        <x:v>1376</x:v>
+        <x:v>1395</x:v>
       </x:c>
       <x:c r="E462" s="0" t="s">
-        <x:v>1374</x:v>
+        <x:v>1396</x:v>
       </x:c>
       <x:c r="G462" s="0" t="s">
-        <x:v>1111</x:v>
+        <x:v>1390</x:v>
       </x:c>
       <x:c r="H462" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="I462" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J462" s="0" t="s">
-        <x:v>847</x:v>
+        <x:v>1391</x:v>
       </x:c>
       <x:c r="K462" s="0" t="s">
-        <x:v>614</x:v>
+        <x:v>1392</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:11">
       <x:c r="A463" s="0">
-        <x:v>342</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C463" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D463" s="0" t="s">
-        <x:v>1377</x:v>
+        <x:v>1397</x:v>
       </x:c>
       <x:c r="E463" s="0" t="s">
-        <x:v>1374</x:v>
+        <x:v>1396</x:v>
       </x:c>
       <x:c r="G463" s="0" t="s">
-        <x:v>1111</x:v>
+        <x:v>1390</x:v>
       </x:c>
       <x:c r="H463" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="I463" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J463" s="0" t="s">
-        <x:v>847</x:v>
+        <x:v>1391</x:v>
       </x:c>
       <x:c r="K463" s="0" t="s">
-        <x:v>614</x:v>
+        <x:v>1392</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:11">
       <x:c r="A464" s="0">
-        <x:v>340</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="B464" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C464" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D464" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>1398</x:v>
       </x:c>
       <x:c r="E464" s="0" t="s">
-        <x:v>1378</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="G464" s="0" t="s">
-        <x:v>1379</x:v>
+        <x:v>1399</x:v>
+      </x:c>
+      <x:c r="H464" s="0" t="s">
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I464" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J464" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K464" s="0" t="s">
-        <x:v>1380</x:v>
+        <x:v>1400</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:11">
       <x:c r="A465" s="0">
-        <x:v>332</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C465" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D465" s="0" t="s">
-        <x:v>1381</x:v>
+        <x:v>1401</x:v>
       </x:c>
       <x:c r="E465" s="0" t="s">
-        <x:v>1382</x:v>
-[...2 lines deleted...]
-        <x:v>1274</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="G465" s="0" t="s">
-        <x:v>1275</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="H465" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I465" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J465" s="0" t="s">
-        <x:v>847</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="K465" s="0" t="s">
-        <x:v>1383</x:v>
+        <x:v>1402</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:11">
       <x:c r="A466" s="0">
-        <x:v>322</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="B466" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C466" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="D466" s="0" t="s">
-        <x:v>1384</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="E466" s="0" t="s">
-        <x:v>1385</x:v>
-[...2 lines deleted...]
-        <x:v>1386</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G466" s="0" t="s">
-        <x:v>1108</x:v>
+        <x:v>1404</x:v>
       </x:c>
       <x:c r="H466" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I466" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="J466" s="0" t="s">
-        <x:v>847</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K466" s="0" t="s">
-        <x:v>1387</x:v>
+        <x:v>1405</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:11">
       <x:c r="A467" s="0">
-        <x:v>321</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="C467" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D467" s="0" t="s">
-        <x:v>1388</x:v>
+        <x:v>1406</x:v>
       </x:c>
       <x:c r="E467" s="0" t="s">
-        <x:v>1389</x:v>
-[...2 lines deleted...]
-        <x:v>1390</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="G467" s="0" t="s">
-        <x:v>1108</x:v>
+        <x:v>1407</x:v>
       </x:c>
       <x:c r="H467" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="I467" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J467" s="0" t="s">
-        <x:v>847</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K467" s="0" t="s">
-        <x:v>1387</x:v>
+        <x:v>1408</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:11">
       <x:c r="A468" s="0">
-        <x:v>320</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="B468" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="C468" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="D468" s="0" t="s">
-        <x:v>1391</x:v>
+        <x:v>1409</x:v>
       </x:c>
       <x:c r="E468" s="0" t="s">
-        <x:v>1392</x:v>
-[...2 lines deleted...]
-        <x:v>1274</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="G468" s="0" t="s">
-        <x:v>1275</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="H468" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I468" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="J468" s="0" t="s">
-        <x:v>847</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="K468" s="0" t="s">
-        <x:v>1383</x:v>
+        <x:v>1410</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:11">
       <x:c r="A469" s="0">
-        <x:v>317</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C469" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D469" s="0" t="s">
-        <x:v>1393</x:v>
+        <x:v>1411</x:v>
       </x:c>
       <x:c r="E469" s="0" t="s">
-        <x:v>1394</x:v>
+        <x:v>1412</x:v>
       </x:c>
       <x:c r="F469" s="0" t="s">
-        <x:v>1395</x:v>
+        <x:v>1413</x:v>
       </x:c>
       <x:c r="G469" s="0" t="s">
-        <x:v>1396</x:v>
+        <x:v>1386</x:v>
       </x:c>
       <x:c r="H469" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I469" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J469" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="K469" s="0" t="s">
-        <x:v>1312</x:v>
+        <x:v>1414</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:11">
       <x:c r="A470" s="0">
-        <x:v>316</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="B470" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C470" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D470" s="0" t="s">
-        <x:v>1397</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="E470" s="0" t="s">
-        <x:v>1398</x:v>
+        <x:v>1415</x:v>
       </x:c>
       <x:c r="F470" s="0" t="s">
-        <x:v>1399</x:v>
+        <x:v>1416</x:v>
       </x:c>
       <x:c r="G470" s="0" t="s">
-        <x:v>1396</x:v>
+        <x:v>1417</x:v>
       </x:c>
       <x:c r="H470" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="I470" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J470" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="K470" s="0" t="s">
-        <x:v>1312</x:v>
+        <x:v>1402</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:11">
       <x:c r="A471" s="0">
-        <x:v>315</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C471" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D471" s="0" t="s">
-        <x:v>1400</x:v>
+        <x:v>1418</x:v>
       </x:c>
       <x:c r="E471" s="0" t="s">
-        <x:v>1401</x:v>
-[...1 lines deleted...]
-      <x:c r="F471" s="0" t="s">
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="G471" s="0" t="s">
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="H471" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="I471" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="J471" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="K471" s="0" t="s">
         <x:v>1402</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>1404</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:11">
       <x:c r="A472" s="0">
-        <x:v>314</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B472" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="C472" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="D472" s="0" t="s">
-        <x:v>1405</x:v>
+        <x:v>1419</x:v>
       </x:c>
       <x:c r="E472" s="0" t="s">
-        <x:v>1401</x:v>
-[...2 lines deleted...]
-        <x:v>1406</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="G472" s="0" t="s">
-        <x:v>1407</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="H472" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I472" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J472" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>1420</x:v>
       </x:c>
       <x:c r="K472" s="0" t="s">
-        <x:v>1408</x:v>
+        <x:v>1421</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:11">
       <x:c r="A473" s="0">
-        <x:v>313</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C473" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D473" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>1422</x:v>
       </x:c>
       <x:c r="E473" s="0" t="s">
-        <x:v>1409</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="G473" s="0" t="s">
-        <x:v>1379</x:v>
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="H473" s="0" t="s">
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I473" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J473" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="K473" s="0" t="s">
-        <x:v>1410</x:v>
+        <x:v>1402</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:11">
       <x:c r="A474" s="0">
-        <x:v>312</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="B474" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C474" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D474" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>1423</x:v>
       </x:c>
       <x:c r="E474" s="0" t="s">
-        <x:v>1154</x:v>
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="F474" s="0" t="s">
+        <x:v>1424</x:v>
       </x:c>
       <x:c r="G474" s="0" t="s">
-        <x:v>1411</x:v>
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="H474" s="0" t="s">
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I474" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J474" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="K474" s="0" t="s">
-        <x:v>1412</x:v>
+        <x:v>1402</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:11">
       <x:c r="A475" s="0">
-        <x:v>308</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C475" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D475" s="0" t="s">
-        <x:v>1413</x:v>
+        <x:v>1425</x:v>
       </x:c>
       <x:c r="E475" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="F475" s="0" t="s">
+        <x:v>1426</x:v>
       </x:c>
       <x:c r="G475" s="0" t="s">
-        <x:v>1414</x:v>
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="H475" s="0" t="s">
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I475" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J475" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="K475" s="0" t="s">
-        <x:v>1415</x:v>
+        <x:v>1402</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:11">
       <x:c r="A476" s="0">
-        <x:v>307</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="B476" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C476" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D476" s="0" t="s">
-        <x:v>1416</x:v>
+        <x:v>1427</x:v>
       </x:c>
       <x:c r="E476" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="G476" s="0" t="s">
-        <x:v>1417</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="H476" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="I476" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
-      <x:c r="I476" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J476" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="K476" s="0" t="s">
-        <x:v>1415</x:v>
+        <x:v>1402</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:11">
       <x:c r="A477" s="0">
-        <x:v>306</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C477" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D477" s="0" t="s">
-        <x:v>1418</x:v>
+        <x:v>1428</x:v>
       </x:c>
       <x:c r="E477" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>1429</x:v>
       </x:c>
       <x:c r="G477" s="0" t="s">
-        <x:v>1419</x:v>
-[...2 lines deleted...]
-        <x:v>17</x:v>
+        <x:v>1430</x:v>
       </x:c>
       <x:c r="I477" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J477" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K477" s="0" t="s">
-        <x:v>1415</x:v>
+        <x:v>1431</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:11">
       <x:c r="A478" s="0">
-        <x:v>287</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="B478" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C478" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="D478" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>1432</x:v>
       </x:c>
       <x:c r="E478" s="0" t="s">
-        <x:v>1420</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="G478" s="0" t="s">
-        <x:v>1421</x:v>
+        <x:v>1433</x:v>
+      </x:c>
+      <x:c r="H478" s="0" t="s">
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I478" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="J478" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="K478" s="0" t="s">
-        <x:v>1422</x:v>
+        <x:v>1434</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:11">
       <x:c r="A479" s="0">
-        <x:v>286</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C479" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D479" s="0" t="s">
-        <x:v>1423</x:v>
+        <x:v>1435</x:v>
       </x:c>
       <x:c r="E479" s="0" t="s">
-        <x:v>1424</x:v>
+        <x:v>1328</x:v>
       </x:c>
       <x:c r="G479" s="0" t="s">
-        <x:v>1425</x:v>
+        <x:v>1183</x:v>
       </x:c>
       <x:c r="H479" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="I479" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J479" s="0" t="s">
-        <x:v>1426</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="K479" s="0" t="s">
-        <x:v>1427</x:v>
+        <x:v>691</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:11">
       <x:c r="A480" s="0">
-        <x:v>280</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="B480" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C480" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D480" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>1436</x:v>
       </x:c>
       <x:c r="E480" s="0" t="s">
-        <x:v>592</x:v>
+        <x:v>1328</x:v>
       </x:c>
       <x:c r="G480" s="0" t="s">
-        <x:v>1428</x:v>
+        <x:v>1183</x:v>
+      </x:c>
+      <x:c r="H480" s="0" t="s">
+        <x:v>370</x:v>
       </x:c>
       <x:c r="I480" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J480" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="K480" s="0" t="s">
-        <x:v>1429</x:v>
+        <x:v>691</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:11">
       <x:c r="A481" s="0">
-        <x:v>263</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C481" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D481" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>1437</x:v>
       </x:c>
       <x:c r="E481" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>1328</x:v>
       </x:c>
       <x:c r="G481" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>1183</x:v>
+      </x:c>
+      <x:c r="H481" s="0" t="s">
+        <x:v>370</x:v>
       </x:c>
       <x:c r="I481" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J481" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="K481" s="0" t="s">
-        <x:v>1430</x:v>
+        <x:v>691</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:11">
       <x:c r="A482" s="0">
-        <x:v>253</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="B482" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C482" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D482" s="0" t="s">
-        <x:v>1431</x:v>
+        <x:v>1438</x:v>
       </x:c>
       <x:c r="E482" s="0" t="s">
-        <x:v>1432</x:v>
-[...2 lines deleted...]
-        <x:v>1433</x:v>
+        <x:v>1328</x:v>
       </x:c>
       <x:c r="G482" s="0" t="s">
-        <x:v>1425</x:v>
+        <x:v>1183</x:v>
       </x:c>
       <x:c r="H482" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="I482" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J482" s="0" t="s">
-        <x:v>1426</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="K482" s="0" t="s">
-        <x:v>1434</x:v>
+        <x:v>691</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:11">
       <x:c r="A483" s="0">
-        <x:v>252</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C483" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D483" s="0" t="s">
-        <x:v>1435</x:v>
+        <x:v>1439</x:v>
       </x:c>
       <x:c r="E483" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>1328</x:v>
       </x:c>
       <x:c r="G483" s="0" t="s">
-        <x:v>1436</x:v>
+        <x:v>1183</x:v>
       </x:c>
       <x:c r="H483" s="0" t="s">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="I483" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
-      <x:c r="I483" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J483" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="K483" s="0" t="s">
-        <x:v>1327</x:v>
+        <x:v>691</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:11">
       <x:c r="A484" s="0">
-        <x:v>251</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="B484" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C484" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D484" s="0" t="s">
-        <x:v>1437</x:v>
+        <x:v>1440</x:v>
       </x:c>
       <x:c r="E484" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>1429</x:v>
+      </x:c>
+      <x:c r="F484" s="0" t="s">
+        <x:v>1441</x:v>
       </x:c>
       <x:c r="G484" s="0" t="s">
-        <x:v>1438</x:v>
-[...2 lines deleted...]
-        <x:v>17</x:v>
+        <x:v>1442</x:v>
       </x:c>
       <x:c r="I484" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J484" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="K484" s="0" t="s">
-        <x:v>1327</x:v>
+        <x:v>1443</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:11">
       <x:c r="A485" s="0">
-        <x:v>250</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="C485" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="C485" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D485" s="0" t="s">
-        <x:v>1439</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="E485" s="0" t="s">
-        <x:v>1440</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="G485" s="0" t="s">
-        <x:v>1425</x:v>
-[...2 lines deleted...]
-        <x:v>283</x:v>
+        <x:v>1444</x:v>
       </x:c>
       <x:c r="I485" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J485" s="0" t="s">
-        <x:v>1441</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K485" s="0" t="s">
-        <x:v>1094</x:v>
+        <x:v>1445</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:11">
       <x:c r="A486" s="0">
-        <x:v>249</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="B486" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="C486" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="C486" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D486" s="0" t="s">
-        <x:v>1442</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E486" s="0" t="s">
-        <x:v>1443</x:v>
-[...2 lines deleted...]
-        <x:v>1274</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="G486" s="0" t="s">
-        <x:v>1275</x:v>
-[...2 lines deleted...]
-        <x:v>283</x:v>
+        <x:v>1446</x:v>
       </x:c>
       <x:c r="I486" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J486" s="0" t="s">
-        <x:v>847</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K486" s="0" t="s">
-        <x:v>1383</x:v>
+        <x:v>1447</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:11">
       <x:c r="A487" s="0">
-        <x:v>241</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C487" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D487" s="0" t="s">
-        <x:v>1444</x:v>
+        <x:v>1448</x:v>
       </x:c>
       <x:c r="E487" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>1449</x:v>
       </x:c>
       <x:c r="G487" s="0" t="s">
-        <x:v>1257</x:v>
+        <x:v>1186</x:v>
       </x:c>
       <x:c r="H487" s="0" t="s">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="I487" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
-      <x:c r="I487" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J487" s="0" t="s">
-        <x:v>1441</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="K487" s="0" t="s">
-        <x:v>1094</x:v>
+        <x:v>691</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:11">
       <x:c r="A488" s="0">
-        <x:v>240</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="B488" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C488" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D488" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="E488" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>1449</x:v>
       </x:c>
       <x:c r="G488" s="0" t="s">
-        <x:v>578</x:v>
+        <x:v>1186</x:v>
+      </x:c>
+      <x:c r="H488" s="0" t="s">
+        <x:v>370</x:v>
       </x:c>
       <x:c r="I488" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J488" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="K488" s="0" t="s">
-        <x:v>1445</x:v>
+        <x:v>691</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:11">
       <x:c r="A489" s="0">
-        <x:v>239</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C489" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D489" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>1451</x:v>
       </x:c>
       <x:c r="E489" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>1449</x:v>
       </x:c>
       <x:c r="G489" s="0" t="s">
-        <x:v>1446</x:v>
+        <x:v>1186</x:v>
+      </x:c>
+      <x:c r="H489" s="0" t="s">
+        <x:v>370</x:v>
       </x:c>
       <x:c r="I489" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J489" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="K489" s="0" t="s">
-        <x:v>1447</x:v>
+        <x:v>691</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:11">
       <x:c r="A490" s="0">
-        <x:v>225</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="B490" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C490" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D490" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>1452</x:v>
       </x:c>
       <x:c r="E490" s="0" t="s">
-        <x:v>459</x:v>
+        <x:v>1449</x:v>
       </x:c>
       <x:c r="G490" s="0" t="s">
-        <x:v>526</x:v>
+        <x:v>1186</x:v>
+      </x:c>
+      <x:c r="H490" s="0" t="s">
+        <x:v>370</x:v>
       </x:c>
       <x:c r="I490" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J490" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="K490" s="0" t="s">
-        <x:v>1448</x:v>
+        <x:v>691</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:11">
       <x:c r="A491" s="0">
-        <x:v>218</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="C491" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="C491" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D491" s="0" t="s">
-        <x:v>1449</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="E491" s="0" t="s">
-        <x:v>1450</x:v>
-[...2 lines deleted...]
-        <x:v>1451</x:v>
+        <x:v>1453</x:v>
       </x:c>
       <x:c r="G491" s="0" t="s">
-        <x:v>1452</x:v>
-[...2 lines deleted...]
-        <x:v>17</x:v>
+        <x:v>1454</x:v>
       </x:c>
       <x:c r="I491" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J491" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K491" s="0" t="s">
-        <x:v>1453</x:v>
+        <x:v>1455</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:11">
       <x:c r="A492" s="0">
-        <x:v>209</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="B492" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C492" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D492" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>1456</x:v>
       </x:c>
       <x:c r="E492" s="0" t="s">
-        <x:v>592</x:v>
+        <x:v>1457</x:v>
+      </x:c>
+      <x:c r="F492" s="0" t="s">
+        <x:v>1349</x:v>
       </x:c>
       <x:c r="G492" s="0" t="s">
-        <x:v>1454</x:v>
+        <x:v>1350</x:v>
+      </x:c>
+      <x:c r="H492" s="0" t="s">
+        <x:v>370</x:v>
       </x:c>
       <x:c r="I492" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J492" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="K492" s="0" t="s">
-        <x:v>1455</x:v>
+        <x:v>1458</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:11">
       <x:c r="A493" s="0">
-        <x:v>208</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C493" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D493" s="0" t="s">
-        <x:v>1456</x:v>
+        <x:v>1459</x:v>
       </x:c>
       <x:c r="E493" s="0" t="s">
-        <x:v>1457</x:v>
+        <x:v>1460</x:v>
+      </x:c>
+      <x:c r="F493" s="0" t="s">
+        <x:v>1461</x:v>
       </x:c>
       <x:c r="G493" s="0" t="s">
-        <x:v>1458</x:v>
+        <x:v>1183</x:v>
+      </x:c>
+      <x:c r="H493" s="0" t="s">
+        <x:v>20</x:v>
       </x:c>
       <x:c r="I493" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J493" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="K493" s="0" t="s">
-        <x:v>1459</x:v>
+        <x:v>1462</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:11">
       <x:c r="A494" s="0">
-        <x:v>206</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="B494" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C494" s="0" t="s">
-        <x:v>1142</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D494" s="0" t="s">
-        <x:v>1460</x:v>
+        <x:v>1463</x:v>
       </x:c>
       <x:c r="E494" s="0" t="s">
-        <x:v>1461</x:v>
+        <x:v>1464</x:v>
+      </x:c>
+      <x:c r="F494" s="0" t="s">
+        <x:v>1465</x:v>
       </x:c>
       <x:c r="G494" s="0" t="s">
+        <x:v>1183</x:v>
+      </x:c>
+      <x:c r="H494" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="I494" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="J494" s="0" t="s">
+        <x:v>922</x:v>
+      </x:c>
+      <x:c r="K494" s="0" t="s">
         <x:v>1462</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1463</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:11">
       <x:c r="A495" s="0">
-        <x:v>205</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C495" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D495" s="0" t="s">
-        <x:v>1464</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="E495" s="0" t="s">
-        <x:v>1465</x:v>
+        <x:v>1467</x:v>
       </x:c>
       <x:c r="F495" s="0" t="s">
-        <x:v>1466</x:v>
+        <x:v>1349</x:v>
       </x:c>
       <x:c r="G495" s="0" t="s">
-        <x:v>1311</x:v>
+        <x:v>1350</x:v>
       </x:c>
       <x:c r="H495" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="I495" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J495" s="0" t="s">
-        <x:v>847</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="K495" s="0" t="s">
-        <x:v>1467</x:v>
+        <x:v>1458</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:11">
       <x:c r="A496" s="0">
-        <x:v>204</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="B496" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C496" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D496" s="0" t="s">
         <x:v>1468</x:v>
       </x:c>
       <x:c r="E496" s="0" t="s">
         <x:v>1469</x:v>
       </x:c>
       <x:c r="F496" s="0" t="s">
         <x:v>1470</x:v>
       </x:c>
       <x:c r="G496" s="0" t="s">
-        <x:v>1071</x:v>
+        <x:v>1471</x:v>
       </x:c>
       <x:c r="H496" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="I496" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J496" s="0" t="s">
-        <x:v>847</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K496" s="0" t="s">
-        <x:v>1471</x:v>
+        <x:v>1387</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:11">
       <x:c r="A497" s="0">
-        <x:v>203</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C497" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D497" s="0" t="s">
         <x:v>1472</x:v>
       </x:c>
       <x:c r="E497" s="0" t="s">
         <x:v>1473</x:v>
       </x:c>
+      <x:c r="F497" s="0" t="s">
+        <x:v>1474</x:v>
+      </x:c>
       <x:c r="G497" s="0" t="s">
-        <x:v>1071</x:v>
+        <x:v>1471</x:v>
       </x:c>
       <x:c r="H497" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="I497" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J497" s="0" t="s">
-        <x:v>847</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K497" s="0" t="s">
-        <x:v>1471</x:v>
+        <x:v>1387</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:11">
       <x:c r="A498" s="0">
-        <x:v>202</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="B498" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C498" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D498" s="0" t="s">
-        <x:v>1474</x:v>
+        <x:v>1475</x:v>
       </x:c>
       <x:c r="E498" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>1476</x:v>
+      </x:c>
+      <x:c r="F498" s="0" t="s">
+        <x:v>1477</x:v>
       </x:c>
       <x:c r="G498" s="0" t="s">
-        <x:v>1257</x:v>
+        <x:v>1478</x:v>
+      </x:c>
+      <x:c r="H498" s="0" t="s">
+        <x:v>370</x:v>
       </x:c>
       <x:c r="I498" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J498" s="0" t="s">
-        <x:v>1441</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K498" s="0" t="s">
-        <x:v>1475</x:v>
+        <x:v>1479</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:11">
       <x:c r="A499" s="0">
-        <x:v>195</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C499" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D499" s="0" t="s">
+        <x:v>1480</x:v>
+      </x:c>
+      <x:c r="E499" s="0" t="s">
         <x:v>1476</x:v>
       </x:c>
-      <x:c r="E499" s="0" t="s">
-        <x:v>1477</x:v>
+      <x:c r="F499" s="0" t="s">
+        <x:v>1481</x:v>
       </x:c>
       <x:c r="G499" s="0" t="s">
-        <x:v>1478</x:v>
+        <x:v>1482</x:v>
       </x:c>
       <x:c r="H499" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="I499" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J499" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K499" s="0" t="s">
-        <x:v>1479</x:v>
+        <x:v>1483</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:11">
       <x:c r="A500" s="0">
-        <x:v>194</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="B500" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="C500" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="C500" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D500" s="0" t="s">
-        <x:v>1480</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="E500" s="0" t="s">
-        <x:v>1477</x:v>
+        <x:v>1484</x:v>
       </x:c>
       <x:c r="G500" s="0" t="s">
-        <x:v>1478</x:v>
-[...2 lines deleted...]
-        <x:v>283</x:v>
+        <x:v>1454</x:v>
       </x:c>
       <x:c r="I500" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J500" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K500" s="0" t="s">
-        <x:v>1479</x:v>
+        <x:v>1485</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:11">
       <x:c r="A501" s="0">
-        <x:v>191</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C501" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D501" s="0" t="s">
-        <x:v>1481</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E501" s="0" t="s">
-        <x:v>1482</x:v>
+        <x:v>1229</x:v>
       </x:c>
       <x:c r="G501" s="0" t="s">
-        <x:v>1483</x:v>
+        <x:v>1486</x:v>
       </x:c>
       <x:c r="I501" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J501" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K501" s="0" t="s">
-        <x:v>1484</x:v>
+        <x:v>1487</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:11">
       <x:c r="A502" s="0">
-        <x:v>190</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="B502" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C502" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D502" s="0" t="s">
-        <x:v>1485</x:v>
+        <x:v>1488</x:v>
       </x:c>
       <x:c r="E502" s="0" t="s">
-        <x:v>661</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="G502" s="0" t="s">
-        <x:v>1486</x:v>
+        <x:v>1489</x:v>
       </x:c>
       <x:c r="I502" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J502" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="K502" s="0" t="s">
-        <x:v>1487</x:v>
+        <x:v>1490</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:11">
       <x:c r="A503" s="0">
-        <x:v>189</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C503" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D503" s="0" t="s">
-        <x:v>1488</x:v>
+        <x:v>1491</x:v>
       </x:c>
       <x:c r="E503" s="0" t="s">
-        <x:v>414</x:v>
-[...2 lines deleted...]
-        <x:v>414</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="G503" s="0" t="s">
-        <x:v>1488</x:v>
+        <x:v>1492</x:v>
       </x:c>
       <x:c r="H503" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="I503" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
-      <x:c r="I503" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J503" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="K503" s="0" t="s">
-        <x:v>1489</x:v>
+        <x:v>1490</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:11">
       <x:c r="A504" s="0">
-        <x:v>185</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="B504" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C504" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D504" s="0" t="s">
+        <x:v>1493</x:v>
+      </x:c>
+      <x:c r="E504" s="0" t="s">
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="G504" s="0" t="s">
+        <x:v>1494</x:v>
+      </x:c>
+      <x:c r="H504" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="I504" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="J504" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="K504" s="0" t="s">
         <x:v>1490</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>1492</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:11">
       <x:c r="A505" s="0">
-        <x:v>184</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="C505" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="C505" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D505" s="0" t="s">
-        <x:v>1493</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="E505" s="0" t="s">
-        <x:v>1494</x:v>
+        <x:v>1495</x:v>
       </x:c>
       <x:c r="G505" s="0" t="s">
-        <x:v>1257</x:v>
-[...2 lines deleted...]
-        <x:v>283</x:v>
+        <x:v>1496</x:v>
       </x:c>
       <x:c r="I505" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J505" s="0" t="s">
-        <x:v>1441</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K505" s="0" t="s">
-        <x:v>1492</x:v>
+        <x:v>1497</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:11">
       <x:c r="A506" s="0">
-        <x:v>123</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="B506" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C506" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D506" s="0" t="s">
-        <x:v>1495</x:v>
+        <x:v>1498</x:v>
       </x:c>
       <x:c r="E506" s="0" t="s">
-        <x:v>1496</x:v>
-[...2 lines deleted...]
-        <x:v>1497</x:v>
+        <x:v>1499</x:v>
       </x:c>
       <x:c r="G506" s="0" t="s">
-        <x:v>1257</x:v>
+        <x:v>1500</x:v>
       </x:c>
       <x:c r="H506" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="I506" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J506" s="0" t="s">
-        <x:v>1441</x:v>
+        <x:v>1501</x:v>
       </x:c>
       <x:c r="K506" s="0" t="s">
-        <x:v>1498</x:v>
+        <x:v>1502</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:11">
       <x:c r="A507" s="0">
-        <x:v>122</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="C507" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="C507" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D507" s="0" t="s">
-        <x:v>1499</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E507" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="G507" s="0" t="s">
-        <x:v>1499</x:v>
-[...2 lines deleted...]
-        <x:v>283</x:v>
+        <x:v>1503</x:v>
       </x:c>
       <x:c r="I507" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J507" s="0" t="s">
-        <x:v>1441</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K507" s="0" t="s">
-        <x:v>1500</x:v>
+        <x:v>1504</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:11">
       <x:c r="A508" s="0">
-        <x:v>121</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="B508" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="C508" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="C508" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D508" s="0" t="s">
-        <x:v>1501</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E508" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="G508" s="0" t="s">
-        <x:v>1501</x:v>
-[...2 lines deleted...]
-        <x:v>283</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="I508" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J508" s="0" t="s">
-        <x:v>1441</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K508" s="0" t="s">
-        <x:v>1502</x:v>
+        <x:v>1505</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:11">
       <x:c r="A509" s="0">
-        <x:v>111</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C509" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D509" s="0" t="s">
-        <x:v>1503</x:v>
+        <x:v>1506</x:v>
       </x:c>
       <x:c r="E509" s="0" t="s">
-        <x:v>1504</x:v>
+        <x:v>1507</x:v>
       </x:c>
       <x:c r="F509" s="0" t="s">
-        <x:v>414</x:v>
+        <x:v>1508</x:v>
       </x:c>
       <x:c r="G509" s="0" t="s">
-        <x:v>1505</x:v>
+        <x:v>1500</x:v>
       </x:c>
       <x:c r="H509" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="I509" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J509" s="0" t="s">
-        <x:v>1506</x:v>
+        <x:v>1501</x:v>
       </x:c>
       <x:c r="K509" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>1509</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:11">
       <x:c r="A510" s="0">
-        <x:v>110</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="B510" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C510" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D510" s="0" t="s">
-        <x:v>1507</x:v>
+        <x:v>1510</x:v>
       </x:c>
       <x:c r="E510" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="G510" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>1511</x:v>
       </x:c>
       <x:c r="H510" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="I510" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
-      <x:c r="I510" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J510" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="K510" s="0" t="s">
-        <x:v>1508</x:v>
+        <x:v>1402</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:11">
       <x:c r="A511" s="0">
-        <x:v>109</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C511" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D511" s="0" t="s">
-        <x:v>1509</x:v>
+        <x:v>1512</x:v>
       </x:c>
       <x:c r="E511" s="0" t="s">
-        <x:v>318</x:v>
-[...2 lines deleted...]
-        <x:v>24</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="G511" s="0" t="s">
-        <x:v>1510</x:v>
+        <x:v>1513</x:v>
       </x:c>
       <x:c r="H511" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="I511" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
-      <x:c r="I511" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J511" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="K511" s="0" t="s">
-        <x:v>1511</x:v>
+        <x:v>1402</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:11">
       <x:c r="A512" s="0">
-        <x:v>108</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="B512" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C512" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D512" s="0" t="s">
-        <x:v>1512</x:v>
+        <x:v>1514</x:v>
       </x:c>
       <x:c r="E512" s="0" t="s">
-        <x:v>1513</x:v>
-[...2 lines deleted...]
-        <x:v>1514</x:v>
+        <x:v>1515</x:v>
       </x:c>
       <x:c r="G512" s="0" t="s">
-        <x:v>1515</x:v>
+        <x:v>1500</x:v>
       </x:c>
       <x:c r="H512" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="I512" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J512" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="K512" s="0" t="s">
-        <x:v>1516</x:v>
+        <x:v>1169</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:11">
       <x:c r="A513" s="0">
-        <x:v>100</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C513" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D513" s="0" t="s">
         <x:v>1517</x:v>
       </x:c>
       <x:c r="E513" s="0" t="s">
         <x:v>1518</x:v>
       </x:c>
       <x:c r="F513" s="0" t="s">
-        <x:v>1519</x:v>
+        <x:v>1349</x:v>
       </x:c>
       <x:c r="G513" s="0" t="s">
-        <x:v>1520</x:v>
+        <x:v>1350</x:v>
       </x:c>
       <x:c r="H513" s="0" t="s">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="I513" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
-      <x:c r="I513" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J513" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="K513" s="0" t="s">
-        <x:v>1521</x:v>
+        <x:v>1458</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:11">
       <x:c r="A514" s="0">
-        <x:v>99</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="B514" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C514" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D514" s="0" t="s">
-        <x:v>1522</x:v>
+        <x:v>1519</x:v>
       </x:c>
       <x:c r="E514" s="0" t="s">
-        <x:v>1523</x:v>
-[...2 lines deleted...]
-        <x:v>1519</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="G514" s="0" t="s">
-        <x:v>1520</x:v>
+        <x:v>1332</x:v>
       </x:c>
       <x:c r="H514" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I514" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J514" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="K514" s="0" t="s">
-        <x:v>1524</x:v>
+        <x:v>1169</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:11">
       <x:c r="A515" s="0">
-        <x:v>98</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="C515" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="C515" s="0" t="s">
+      <x:c r="D515" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
-      <x:c r="D515" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E515" s="0" t="s">
-        <x:v>1523</x:v>
-[...2 lines deleted...]
-        <x:v>1526</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="G515" s="0" t="s">
+        <x:v>655</x:v>
+      </x:c>
+      <x:c r="I515" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="J515" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K515" s="0" t="s">
         <x:v>1520</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1524</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:11">
       <x:c r="A516" s="0">
-        <x:v>96</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="B516" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C516" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D516" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E516" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="G516" s="0" t="s">
-        <x:v>1527</x:v>
+        <x:v>1521</x:v>
       </x:c>
       <x:c r="I516" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J516" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K516" s="0" t="s">
-        <x:v>1528</x:v>
+        <x:v>1522</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:11">
       <x:c r="A517" s="0">
-        <x:v>95</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C517" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D517" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E517" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="G517" s="0" t="s">
-        <x:v>1529</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="I517" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J517" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K517" s="0" t="s">
-        <x:v>1530</x:v>
+        <x:v>1523</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:11">
       <x:c r="A518" s="0">
-        <x:v>88</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="B518" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C518" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D518" s="0" t="s">
-        <x:v>1501</x:v>
+        <x:v>1524</x:v>
       </x:c>
       <x:c r="E518" s="0" t="s">
-        <x:v>1531</x:v>
+        <x:v>1525</x:v>
+      </x:c>
+      <x:c r="F518" s="0" t="s">
+        <x:v>1526</x:v>
       </x:c>
       <x:c r="G518" s="0" t="s">
-        <x:v>1257</x:v>
+        <x:v>1527</x:v>
       </x:c>
       <x:c r="H518" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I518" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J518" s="0" t="s">
-        <x:v>1441</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="K518" s="0" t="s">
-        <x:v>1532</x:v>
+        <x:v>1528</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:11">
       <x:c r="A519" s="0">
-        <x:v>87</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="C519" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="C519" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D519" s="0" t="s">
-        <x:v>1533</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E519" s="0" t="s">
-        <x:v>1534</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="G519" s="0" t="s">
-        <x:v>1257</x:v>
-[...2 lines deleted...]
-        <x:v>283</x:v>
+        <x:v>1529</x:v>
       </x:c>
       <x:c r="I519" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J519" s="0" t="s">
-        <x:v>1441</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K519" s="0" t="s">
-        <x:v>1532</x:v>
+        <x:v>1530</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:11">
       <x:c r="A520" s="0">
-        <x:v>85</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="B520" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C520" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D520" s="0" t="s">
-        <x:v>1535</x:v>
+        <x:v>1531</x:v>
       </x:c>
       <x:c r="E520" s="0" t="s">
-        <x:v>1536</x:v>
-[...2 lines deleted...]
-        <x:v>1537</x:v>
+        <x:v>1532</x:v>
       </x:c>
       <x:c r="G520" s="0" t="s">
-        <x:v>1538</x:v>
-[...2 lines deleted...]
-        <x:v>17</x:v>
+        <x:v>1533</x:v>
       </x:c>
       <x:c r="I520" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J520" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K520" s="0" t="s">
-        <x:v>1539</x:v>
+        <x:v>1534</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:11">
       <x:c r="A521" s="0">
-        <x:v>84</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C521" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>1217</x:v>
       </x:c>
       <x:c r="D521" s="0" t="s">
-        <x:v>1540</x:v>
+        <x:v>1535</x:v>
       </x:c>
       <x:c r="E521" s="0" t="s">
-        <x:v>1541</x:v>
-[...2 lines deleted...]
-        <x:v>318</x:v>
+        <x:v>1536</x:v>
       </x:c>
       <x:c r="G521" s="0" t="s">
-        <x:v>1542</x:v>
-[...2 lines deleted...]
-        <x:v>17</x:v>
+        <x:v>1537</x:v>
       </x:c>
       <x:c r="I521" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J521" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K521" s="0" t="s">
-        <x:v>1543</x:v>
+        <x:v>1538</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:11">
       <x:c r="A522" s="0">
-        <x:v>81</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="B522" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C522" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D522" s="0" t="s">
-        <x:v>1544</x:v>
+        <x:v>1539</x:v>
       </x:c>
       <x:c r="E522" s="0" t="s">
-        <x:v>1343</x:v>
+        <x:v>1540</x:v>
       </x:c>
       <x:c r="F522" s="0" t="s">
-        <x:v>1545</x:v>
+        <x:v>1541</x:v>
       </x:c>
       <x:c r="G522" s="0" t="s">
-        <x:v>1520</x:v>
+        <x:v>1386</x:v>
       </x:c>
       <x:c r="H522" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="I522" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
-      <x:c r="I522" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J522" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="K522" s="0" t="s">
-        <x:v>1546</x:v>
+        <x:v>1542</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:11">
       <x:c r="A523" s="0">
-        <x:v>80</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C523" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D523" s="0" t="s">
-        <x:v>1547</x:v>
+        <x:v>1543</x:v>
       </x:c>
       <x:c r="E523" s="0" t="s">
-        <x:v>1548</x:v>
+        <x:v>1544</x:v>
+      </x:c>
+      <x:c r="F523" s="0" t="s">
+        <x:v>1545</x:v>
       </x:c>
       <x:c r="G523" s="0" t="s">
-        <x:v>1257</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="H523" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="I523" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J523" s="0" t="s">
-        <x:v>1441</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="K523" s="0" t="s">
-        <x:v>1549</x:v>
+        <x:v>1546</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:11">
       <x:c r="A524" s="0">
-        <x:v>79</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="B524" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C524" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D524" s="0" t="s">
-        <x:v>1550</x:v>
+        <x:v>1547</x:v>
       </x:c>
       <x:c r="E524" s="0" t="s">
-        <x:v>1551</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="G524" s="0" t="s">
-        <x:v>1257</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="H524" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="I524" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J524" s="0" t="s">
-        <x:v>1441</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="K524" s="0" t="s">
-        <x:v>1532</x:v>
+        <x:v>1546</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:11">
       <x:c r="A525" s="0">
-        <x:v>78</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C525" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D525" s="0" t="s">
-        <x:v>1474</x:v>
+        <x:v>1549</x:v>
       </x:c>
       <x:c r="E525" s="0" t="s">
-        <x:v>1548</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="G525" s="0" t="s">
-        <x:v>1257</x:v>
-[...2 lines deleted...]
-        <x:v>283</x:v>
+        <x:v>1332</x:v>
       </x:c>
       <x:c r="I525" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J525" s="0" t="s">
-        <x:v>1441</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="K525" s="0" t="s">
-        <x:v>1552</x:v>
+        <x:v>1550</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:11">
       <x:c r="A526" s="0">
-        <x:v>77</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="B526" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C526" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D526" s="0" t="s">
+        <x:v>1551</x:v>
+      </x:c>
+      <x:c r="E526" s="0" t="s">
+        <x:v>1552</x:v>
+      </x:c>
+      <x:c r="G526" s="0" t="s">
         <x:v>1553</x:v>
       </x:c>
-      <x:c r="E526" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H526" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="I526" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J526" s="0" t="s">
-        <x:v>1441</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K526" s="0" t="s">
-        <x:v>1552</x:v>
+        <x:v>1554</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:11">
       <x:c r="A527" s="0">
-        <x:v>76</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="B527" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C527" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D527" s="0" t="s">
+        <x:v>1555</x:v>
+      </x:c>
+      <x:c r="E527" s="0" t="s">
+        <x:v>1552</x:v>
+      </x:c>
+      <x:c r="G527" s="0" t="s">
+        <x:v>1553</x:v>
+      </x:c>
+      <x:c r="H527" s="0" t="s">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="I527" s="0" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="J527" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K527" s="0" t="s">
         <x:v>1554</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>1552</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:11">
       <x:c r="A528" s="0">
-        <x:v>75</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="B528" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C528" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D528" s="0" t="s">
-        <x:v>1555</x:v>
+        <x:v>1556</x:v>
       </x:c>
       <x:c r="E528" s="0" t="s">
-        <x:v>1556</x:v>
+        <x:v>1557</x:v>
       </x:c>
       <x:c r="G528" s="0" t="s">
-        <x:v>1557</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="I528" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J528" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K528" s="0" t="s">
-        <x:v>1558</x:v>
+        <x:v>1559</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:11">
       <x:c r="A529" s="0">
-        <x:v>74</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="B529" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C529" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D529" s="0" t="s">
-        <x:v>1559</x:v>
+        <x:v>1560</x:v>
       </x:c>
       <x:c r="E529" s="0" t="s">
-        <x:v>1560</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="G529" s="0" t="s">
         <x:v>1561</x:v>
       </x:c>
       <x:c r="I529" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J529" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K529" s="0" t="s">
         <x:v>1562</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:11">
       <x:c r="A530" s="0">
-        <x:v>73</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="B530" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C530" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D530" s="0" t="s">
         <x:v>1563</x:v>
       </x:c>
       <x:c r="E530" s="0" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="F530" s="0" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="G530" s="0" t="s">
+        <x:v>1563</x:v>
+      </x:c>
+      <x:c r="H530" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="I530" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="J530" s="0" t="s">
+        <x:v>472</x:v>
+      </x:c>
+      <x:c r="K530" s="0" t="s">
         <x:v>1564</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1566</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:11">
       <x:c r="A531" s="0">
-        <x:v>72</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B531" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C531" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D531" s="0" t="s">
+        <x:v>1565</x:v>
+      </x:c>
+      <x:c r="E531" s="0" t="s">
+        <x:v>1566</x:v>
+      </x:c>
+      <x:c r="G531" s="0" t="s">
+        <x:v>1332</x:v>
+      </x:c>
+      <x:c r="H531" s="0" t="s">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="I531" s="0" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="J531" s="0" t="s">
+        <x:v>1516</x:v>
+      </x:c>
+      <x:c r="K531" s="0" t="s">
         <x:v>1567</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>1569</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:11">
       <x:c r="A532" s="0">
-        <x:v>71</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="B532" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C532" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D532" s="0" t="s">
-        <x:v>1570</x:v>
+        <x:v>1568</x:v>
       </x:c>
       <x:c r="E532" s="0" t="s">
-        <x:v>414</x:v>
-[...2 lines deleted...]
-        <x:v>414</x:v>
+        <x:v>1569</x:v>
       </x:c>
       <x:c r="G532" s="0" t="s">
-        <x:v>414</x:v>
+        <x:v>1332</x:v>
       </x:c>
       <x:c r="H532" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="I532" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J532" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="K532" s="0" t="s">
-        <x:v>1571</x:v>
+        <x:v>1567</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:11">
       <x:c r="A533" s="0">
-        <x:v>68</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B533" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C533" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D533" s="0" t="s">
+        <x:v>1570</x:v>
+      </x:c>
+      <x:c r="E533" s="0" t="s">
+        <x:v>1571</x:v>
+      </x:c>
+      <x:c r="F533" s="0" t="s">
         <x:v>1572</x:v>
       </x:c>
-      <x:c r="E533" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F533" s="0" t="s">
+      <x:c r="G533" s="0" t="s">
+        <x:v>1332</x:v>
+      </x:c>
+      <x:c r="H533" s="0" t="s">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="I533" s="0" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="J533" s="0" t="s">
+        <x:v>1516</x:v>
+      </x:c>
+      <x:c r="K533" s="0" t="s">
         <x:v>1573</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>1574</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:11">
       <x:c r="A534" s="0">
-        <x:v>62</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B534" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C534" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D534" s="0" t="s">
+        <x:v>1574</x:v>
+      </x:c>
+      <x:c r="E534" s="0" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="G534" s="0" t="s">
+        <x:v>1574</x:v>
+      </x:c>
+      <x:c r="H534" s="0" t="s">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="I534" s="0" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="J534" s="0" t="s">
+        <x:v>1516</x:v>
+      </x:c>
+      <x:c r="K534" s="0" t="s">
         <x:v>1575</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>1577</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:11">
       <x:c r="A535" s="0">
-        <x:v>61</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B535" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C535" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D535" s="0" t="s">
-        <x:v>1578</x:v>
+        <x:v>1576</x:v>
       </x:c>
       <x:c r="E535" s="0" t="s">
-        <x:v>318</x:v>
-[...2 lines deleted...]
-        <x:v>1579</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="G535" s="0" t="s">
-        <x:v>1580</x:v>
+        <x:v>1576</x:v>
       </x:c>
       <x:c r="H535" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="I535" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J535" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="K535" s="0" t="s">
-        <x:v>1581</x:v>
+        <x:v>1577</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:11">
       <x:c r="A536" s="0">
-        <x:v>60</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B536" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C536" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="D536" s="0" t="s">
-        <x:v>1582</x:v>
+        <x:v>1578</x:v>
       </x:c>
       <x:c r="E536" s="0" t="s">
-        <x:v>1568</x:v>
+        <x:v>1579</x:v>
       </x:c>
       <x:c r="F536" s="0" t="s">
-        <x:v>1583</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="G536" s="0" t="s">
-        <x:v>1584</x:v>
+        <x:v>1580</x:v>
       </x:c>
       <x:c r="H536" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I536" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J536" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>1581</x:v>
       </x:c>
       <x:c r="K536" s="0" t="s">
-        <x:v>1585</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:11">
       <x:c r="A537" s="0">
-        <x:v>59</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B537" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C537" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D537" s="0" t="s">
-        <x:v>1586</x:v>
+        <x:v>1582</x:v>
       </x:c>
       <x:c r="E537" s="0" t="s">
-        <x:v>1587</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="G537" s="0" t="s">
-        <x:v>1588</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="H537" s="0" t="s">
-        <x:v>1589</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I537" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J537" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="K537" s="0" t="s">
-        <x:v>1415</x:v>
+        <x:v>1583</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:11">
       <x:c r="A538" s="0">
-        <x:v>58</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B538" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C538" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D538" s="0" t="s">
-        <x:v>1590</x:v>
+        <x:v>1584</x:v>
       </x:c>
       <x:c r="E538" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="F538" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="G538" s="0" t="s">
-        <x:v>1591</x:v>
+        <x:v>1585</x:v>
       </x:c>
       <x:c r="H538" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="I538" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
-      <x:c r="I538" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J538" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="K538" s="0" t="s">
-        <x:v>1592</x:v>
+        <x:v>1586</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:11">
       <x:c r="A539" s="0">
-        <x:v>55</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B539" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C539" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="D539" s="0" t="s">
-        <x:v>1593</x:v>
+        <x:v>1587</x:v>
       </x:c>
       <x:c r="E539" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>1588</x:v>
       </x:c>
       <x:c r="F539" s="0" t="s">
-        <x:v>1594</x:v>
+        <x:v>1589</x:v>
       </x:c>
       <x:c r="G539" s="0" t="s">
-        <x:v>1595</x:v>
+        <x:v>1590</x:v>
       </x:c>
       <x:c r="H539" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I539" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J539" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="K539" s="0" t="s">
-        <x:v>1592</x:v>
+        <x:v>1591</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:11">
       <x:c r="A540" s="0">
-        <x:v>52</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B540" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C540" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D540" s="0" t="s">
+        <x:v>1592</x:v>
+      </x:c>
+      <x:c r="E540" s="0" t="s">
+        <x:v>1593</x:v>
+      </x:c>
+      <x:c r="F540" s="0" t="s">
+        <x:v>1594</x:v>
+      </x:c>
+      <x:c r="G540" s="0" t="s">
+        <x:v>1595</x:v>
+      </x:c>
+      <x:c r="H540" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="I540" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="J540" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="K540" s="0" t="s">
         <x:v>1596</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>1600</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:11">
       <x:c r="A541" s="0">
-        <x:v>48</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C541" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D541" s="0" t="s">
-        <x:v>1601</x:v>
+        <x:v>1597</x:v>
       </x:c>
       <x:c r="E541" s="0" t="s">
-        <x:v>1602</x:v>
+        <x:v>1598</x:v>
       </x:c>
       <x:c r="F541" s="0" t="s">
-        <x:v>1603</x:v>
+        <x:v>1594</x:v>
       </x:c>
       <x:c r="G541" s="0" t="s">
-        <x:v>1604</x:v>
+        <x:v>1595</x:v>
       </x:c>
       <x:c r="H541" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="I541" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
-      <x:c r="I541" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J541" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="K541" s="0" t="s">
-        <x:v>1605</x:v>
+        <x:v>1599</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:11">
       <x:c r="A542" s="0">
-        <x:v>47</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B542" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C542" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D542" s="0" t="s">
-        <x:v>1606</x:v>
+        <x:v>1600</x:v>
       </x:c>
       <x:c r="E542" s="0" t="s">
-        <x:v>1607</x:v>
+        <x:v>1598</x:v>
       </x:c>
       <x:c r="F542" s="0" t="s">
-        <x:v>1608</x:v>
+        <x:v>1601</x:v>
       </x:c>
       <x:c r="G542" s="0" t="s">
-        <x:v>1609</x:v>
+        <x:v>1595</x:v>
       </x:c>
       <x:c r="H542" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I542" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J542" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="K542" s="0" t="s">
-        <x:v>1610</x:v>
+        <x:v>1599</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:11">
       <x:c r="A543" s="0">
-        <x:v>46</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B543" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C543" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D543" s="0" t="s">
-        <x:v>1611</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E543" s="0" t="s">
-        <x:v>1612</x:v>
-[...2 lines deleted...]
-        <x:v>1613</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="G543" s="0" t="s">
-        <x:v>1614</x:v>
-[...2 lines deleted...]
-        <x:v>17</x:v>
+        <x:v>1602</x:v>
       </x:c>
       <x:c r="I543" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J543" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K543" s="0" t="s">
-        <x:v>1615</x:v>
+        <x:v>1603</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:11">
       <x:c r="A544" s="0">
-        <x:v>45</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B544" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C544" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D544" s="0" t="s">
-        <x:v>1616</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E544" s="0" t="s">
-        <x:v>1617</x:v>
-[...2 lines deleted...]
-        <x:v>1618</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="G544" s="0" t="s">
-        <x:v>1619</x:v>
-[...2 lines deleted...]
-        <x:v>17</x:v>
+        <x:v>1604</x:v>
       </x:c>
       <x:c r="I544" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J544" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K544" s="0" t="s">
-        <x:v>1620</x:v>
+        <x:v>1605</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:11">
       <x:c r="A545" s="0">
-        <x:v>39</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B545" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C545" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D545" s="0" t="s">
-        <x:v>1621</x:v>
+        <x:v>1576</x:v>
       </x:c>
       <x:c r="E545" s="0" t="s">
-        <x:v>1622</x:v>
+        <x:v>1606</x:v>
       </x:c>
       <x:c r="G545" s="0" t="s">
-        <x:v>1623</x:v>
+        <x:v>1332</x:v>
       </x:c>
       <x:c r="H545" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="I545" s="0" t="s">
-        <x:v>418</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J545" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="K545" s="0" t="s">
-        <x:v>1624</x:v>
+        <x:v>1607</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:11">
       <x:c r="A546" s="0">
-        <x:v>38</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B546" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C546" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D546" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>1608</x:v>
       </x:c>
       <x:c r="E546" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>1609</x:v>
       </x:c>
       <x:c r="G546" s="0" t="s">
-        <x:v>1625</x:v>
+        <x:v>1332</x:v>
+      </x:c>
+      <x:c r="H546" s="0" t="s">
+        <x:v>370</x:v>
       </x:c>
       <x:c r="I546" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J546" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="K546" s="0" t="s">
-        <x:v>1626</x:v>
+        <x:v>1607</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:11">
       <x:c r="A547" s="0">
-        <x:v>32</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B547" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C547" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D547" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>1610</x:v>
       </x:c>
       <x:c r="E547" s="0" t="s">
-        <x:v>592</x:v>
+        <x:v>1611</x:v>
+      </x:c>
+      <x:c r="F547" s="0" t="s">
+        <x:v>1612</x:v>
       </x:c>
       <x:c r="G547" s="0" t="s">
-        <x:v>1627</x:v>
+        <x:v>1613</x:v>
       </x:c>
       <x:c r="H547" s="0" t="s">
-        <x:v>594</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I547" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J547" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K547" s="0" t="s">
-        <x:v>1628</x:v>
+        <x:v>1614</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:11">
       <x:c r="A548" s="0">
-        <x:v>31</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B548" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C548" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="D548" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>1615</x:v>
       </x:c>
       <x:c r="E548" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>1616</x:v>
+      </x:c>
+      <x:c r="F548" s="0" t="s">
+        <x:v>405</x:v>
       </x:c>
       <x:c r="G548" s="0" t="s">
-        <x:v>1629</x:v>
+        <x:v>1617</x:v>
       </x:c>
       <x:c r="H548" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I548" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J548" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="K548" s="0" t="s">
-        <x:v>1630</x:v>
+        <x:v>1618</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:11">
       <x:c r="A549" s="0">
-        <x:v>30</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B549" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C549" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D549" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>1619</x:v>
       </x:c>
       <x:c r="E549" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>1418</x:v>
+      </x:c>
+      <x:c r="F549" s="0" t="s">
+        <x:v>1620</x:v>
       </x:c>
       <x:c r="G549" s="0" t="s">
-        <x:v>1631</x:v>
+        <x:v>1595</x:v>
       </x:c>
       <x:c r="H549" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I549" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J549" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="K549" s="0" t="s">
-        <x:v>1632</x:v>
+        <x:v>1621</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:11">
       <x:c r="A550" s="0">
-        <x:v>23</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B550" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C550" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D550" s="0" t="s">
-        <x:v>575</x:v>
+        <x:v>1622</x:v>
       </x:c>
       <x:c r="E550" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>1623</x:v>
       </x:c>
       <x:c r="G550" s="0" t="s">
-        <x:v>1633</x:v>
+        <x:v>1332</x:v>
       </x:c>
       <x:c r="H550" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="I550" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J550" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="K550" s="0" t="s">
-        <x:v>1634</x:v>
+        <x:v>1624</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:11">
       <x:c r="A551" s="0">
-        <x:v>22</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B551" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C551" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D551" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>1625</x:v>
       </x:c>
       <x:c r="E551" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>1626</x:v>
       </x:c>
       <x:c r="G551" s="0" t="s">
-        <x:v>1635</x:v>
+        <x:v>1332</x:v>
       </x:c>
       <x:c r="H551" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="I551" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J551" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="K551" s="0" t="s">
-        <x:v>1634</x:v>
+        <x:v>1607</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:11">
       <x:c r="A552" s="0">
-        <x:v>21</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B552" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C552" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D552" s="0" t="s">
-        <x:v>1636</x:v>
+        <x:v>1549</x:v>
       </x:c>
       <x:c r="E552" s="0" t="s">
-        <x:v>1637</x:v>
-[...2 lines deleted...]
-        <x:v>1638</x:v>
+        <x:v>1623</x:v>
       </x:c>
       <x:c r="G552" s="0" t="s">
-        <x:v>1639</x:v>
+        <x:v>1332</x:v>
+      </x:c>
+      <x:c r="H552" s="0" t="s">
+        <x:v>370</x:v>
       </x:c>
       <x:c r="I552" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J552" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="K552" s="0" t="s">
-        <x:v>1640</x:v>
+        <x:v>1627</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:11">
       <x:c r="A553" s="0">
-        <x:v>20</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B553" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C553" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D553" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>1628</x:v>
       </x:c>
       <x:c r="E553" s="0" t="s">
-        <x:v>1420</x:v>
+        <x:v>1623</x:v>
       </x:c>
       <x:c r="G553" s="0" t="s">
-        <x:v>1641</x:v>
+        <x:v>1332</x:v>
+      </x:c>
+      <x:c r="H553" s="0" t="s">
+        <x:v>370</x:v>
       </x:c>
       <x:c r="I553" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J553" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="K553" s="0" t="s">
-        <x:v>1642</x:v>
+        <x:v>1627</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:11">
       <x:c r="A554" s="0">
-        <x:v>19</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B554" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C554" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D554" s="0" t="s">
-        <x:v>1643</x:v>
+        <x:v>1629</x:v>
       </x:c>
       <x:c r="E554" s="0" t="s">
-        <x:v>1644</x:v>
+        <x:v>1623</x:v>
       </x:c>
       <x:c r="G554" s="0" t="s">
-        <x:v>1645</x:v>
+        <x:v>1332</x:v>
       </x:c>
       <x:c r="H554" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="I554" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J554" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="K554" s="0" t="s">
-        <x:v>1646</x:v>
+        <x:v>1627</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:11">
       <x:c r="A555" s="0">
-        <x:v>15</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B555" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C555" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D555" s="0" t="s">
-        <x:v>1647</x:v>
+        <x:v>1630</x:v>
       </x:c>
       <x:c r="E555" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>1631</x:v>
       </x:c>
       <x:c r="G555" s="0" t="s">
-        <x:v>1648</x:v>
-[...2 lines deleted...]
-        <x:v>17</x:v>
+        <x:v>1632</x:v>
       </x:c>
       <x:c r="I555" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J555" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K555" s="0" t="s">
-        <x:v>1649</x:v>
+        <x:v>1633</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:11">
       <x:c r="A556" s="0">
-        <x:v>12</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B556" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="C556" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="C556" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D556" s="0" t="s">
-        <x:v>1650</x:v>
+        <x:v>1634</x:v>
       </x:c>
       <x:c r="E556" s="0" t="s">
-        <x:v>1651</x:v>
-[...2 lines deleted...]
-        <x:v>1652</x:v>
+        <x:v>1635</x:v>
       </x:c>
       <x:c r="G556" s="0" t="s">
-        <x:v>1653</x:v>
-[...2 lines deleted...]
-        <x:v>122</x:v>
+        <x:v>1636</x:v>
       </x:c>
       <x:c r="I556" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J556" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K556" s="0" t="s">
-        <x:v>1654</x:v>
+        <x:v>1637</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:11">
       <x:c r="A557" s="0">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="B557" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="C557" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="D557" s="0" t="s">
+        <x:v>1638</x:v>
+      </x:c>
+      <x:c r="E557" s="0" t="s">
+        <x:v>1639</x:v>
+      </x:c>
+      <x:c r="G557" s="0" t="s">
+        <x:v>1640</x:v>
+      </x:c>
+      <x:c r="I557" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="J557" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K557" s="0" t="s">
+        <x:v>1641</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="558" spans="1:11">
+      <x:c r="A558" s="0">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="B558" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
-      <x:c r="B557" s="0" t="s">
+      <x:c r="C558" s="0" t="s">
+        <x:v>517</x:v>
+      </x:c>
+      <x:c r="D558" s="0" t="s">
+        <x:v>1642</x:v>
+      </x:c>
+      <x:c r="E558" s="0" t="s">
+        <x:v>1643</x:v>
+      </x:c>
+      <x:c r="F558" s="0" t="s">
+        <x:v>1643</x:v>
+      </x:c>
+      <x:c r="G558" s="0" t="s">
+        <x:v>1643</x:v>
+      </x:c>
+      <x:c r="H558" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="I558" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="J558" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K558" s="2" t="s">
+        <x:v>1644</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="559" spans="1:11">
+      <x:c r="A559" s="0">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="B559" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="C559" s="0" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="D559" s="0" t="s">
+        <x:v>1645</x:v>
+      </x:c>
+      <x:c r="E559" s="0" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="F559" s="0" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="G559" s="0" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="H559" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="I559" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="J559" s="0" t="s">
+        <x:v>472</x:v>
+      </x:c>
+      <x:c r="K559" s="0" t="s">
+        <x:v>1646</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="560" spans="1:11">
+      <x:c r="A560" s="0">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="B560" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="C560" s="0" t="s">
+        <x:v>517</x:v>
+      </x:c>
+      <x:c r="D560" s="0" t="s">
+        <x:v>1647</x:v>
+      </x:c>
+      <x:c r="E560" s="0" t="s">
+        <x:v>1643</x:v>
+      </x:c>
+      <x:c r="F560" s="0" t="s">
+        <x:v>1648</x:v>
+      </x:c>
+      <x:c r="G560" s="0" t="s">
+        <x:v>1643</x:v>
+      </x:c>
+      <x:c r="H560" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="I560" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="J560" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K560" s="0" t="s">
+        <x:v>1649</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="561" spans="1:11">
+      <x:c r="A561" s="0">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="B561" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="C561" s="0" t="s">
+        <x:v>517</x:v>
+      </x:c>
+      <x:c r="D561" s="0" t="s">
+        <x:v>1650</x:v>
+      </x:c>
+      <x:c r="E561" s="0" t="s">
+        <x:v>1643</x:v>
+      </x:c>
+      <x:c r="F561" s="0" t="s">
+        <x:v>1651</x:v>
+      </x:c>
+      <x:c r="G561" s="0" t="s">
+        <x:v>1643</x:v>
+      </x:c>
+      <x:c r="H561" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="I561" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="J561" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K561" s="0" t="s">
+        <x:v>1652</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="562" spans="1:11">
+      <x:c r="A562" s="0">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="B562" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="C562" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="D562" s="0" t="s">
+        <x:v>1653</x:v>
+      </x:c>
+      <x:c r="E562" s="0" t="s">
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="F562" s="0" t="s">
+        <x:v>1654</x:v>
+      </x:c>
+      <x:c r="G562" s="0" t="s">
+        <x:v>1655</x:v>
+      </x:c>
+      <x:c r="H562" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="I562" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="J562" s="0" t="s">
+        <x:v>472</x:v>
+      </x:c>
+      <x:c r="K562" s="0" t="s">
+        <x:v>1656</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="563" spans="1:11">
+      <x:c r="A563" s="0">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="B563" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="C563" s="0" t="s">
+        <x:v>517</x:v>
+      </x:c>
+      <x:c r="D563" s="0" t="s">
+        <x:v>1657</x:v>
+      </x:c>
+      <x:c r="E563" s="0" t="s">
+        <x:v>1643</x:v>
+      </x:c>
+      <x:c r="F563" s="0" t="s">
+        <x:v>1658</x:v>
+      </x:c>
+      <x:c r="G563" s="0" t="s">
+        <x:v>1659</x:v>
+      </x:c>
+      <x:c r="H563" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="I563" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="J563" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K563" s="0" t="s">
+        <x:v>1660</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="564" spans="1:11">
+      <x:c r="A564" s="0">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="B564" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="C564" s="0" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D564" s="0" t="s">
+        <x:v>1661</x:v>
+      </x:c>
+      <x:c r="E564" s="0" t="s">
+        <x:v>1662</x:v>
+      </x:c>
+      <x:c r="G564" s="0" t="s">
+        <x:v>1663</x:v>
+      </x:c>
+      <x:c r="H564" s="0" t="s">
+        <x:v>1664</x:v>
+      </x:c>
+      <x:c r="I564" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="J564" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="K564" s="0" t="s">
+        <x:v>1490</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="565" spans="1:11">
+      <x:c r="A565" s="0">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="B565" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="C565" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="D565" s="0" t="s">
+        <x:v>1665</x:v>
+      </x:c>
+      <x:c r="E565" s="0" t="s">
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="F565" s="0" t="s">
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="G565" s="0" t="s">
+        <x:v>1666</x:v>
+      </x:c>
+      <x:c r="H565" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="I565" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="J565" s="0" t="s">
+        <x:v>472</x:v>
+      </x:c>
+      <x:c r="K565" s="0" t="s">
+        <x:v>1667</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="566" spans="1:11">
+      <x:c r="A566" s="0">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="B566" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="C566" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="D566" s="0" t="s">
+        <x:v>1668</x:v>
+      </x:c>
+      <x:c r="E566" s="0" t="s">
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="F566" s="0" t="s">
+        <x:v>1669</x:v>
+      </x:c>
+      <x:c r="G566" s="0" t="s">
+        <x:v>1670</x:v>
+      </x:c>
+      <x:c r="H566" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="I566" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="J566" s="0" t="s">
+        <x:v>472</x:v>
+      </x:c>
+      <x:c r="K566" s="0" t="s">
+        <x:v>1667</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="567" spans="1:11">
+      <x:c r="A567" s="0">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="B567" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="C567" s="0" t="s">
+        <x:v>517</x:v>
+      </x:c>
+      <x:c r="D567" s="0" t="s">
+        <x:v>1671</x:v>
+      </x:c>
+      <x:c r="E567" s="0" t="s">
+        <x:v>1672</x:v>
+      </x:c>
+      <x:c r="F567" s="0" t="s">
+        <x:v>1673</x:v>
+      </x:c>
+      <x:c r="G567" s="0" t="s">
+        <x:v>1674</x:v>
+      </x:c>
+      <x:c r="H567" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="I567" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="J567" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K567" s="0" t="s">
+        <x:v>1675</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="568" spans="1:11">
+      <x:c r="A568" s="0">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B568" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="C568" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="D568" s="0" t="s">
+        <x:v>1676</x:v>
+      </x:c>
+      <x:c r="E568" s="0" t="s">
+        <x:v>1677</x:v>
+      </x:c>
+      <x:c r="F568" s="0" t="s">
+        <x:v>1678</x:v>
+      </x:c>
+      <x:c r="G568" s="0" t="s">
+        <x:v>1679</x:v>
+      </x:c>
+      <x:c r="H568" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="I568" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="J568" s="0" t="s">
+        <x:v>472</x:v>
+      </x:c>
+      <x:c r="K568" s="0" t="s">
+        <x:v>1680</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="569" spans="1:11">
+      <x:c r="A569" s="0">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B569" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="C569" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="D569" s="0" t="s">
+        <x:v>1681</x:v>
+      </x:c>
+      <x:c r="E569" s="0" t="s">
+        <x:v>1682</x:v>
+      </x:c>
+      <x:c r="F569" s="0" t="s">
+        <x:v>1683</x:v>
+      </x:c>
+      <x:c r="G569" s="0" t="s">
+        <x:v>1684</x:v>
+      </x:c>
+      <x:c r="H569" s="0" t="s">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="I569" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="J569" s="0" t="s">
+        <x:v>472</x:v>
+      </x:c>
+      <x:c r="K569" s="0" t="s">
+        <x:v>1685</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="570" spans="1:11">
+      <x:c r="A570" s="0">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="B570" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="C570" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="D570" s="0" t="s">
+        <x:v>1686</x:v>
+      </x:c>
+      <x:c r="E570" s="0" t="s">
+        <x:v>1687</x:v>
+      </x:c>
+      <x:c r="F570" s="0" t="s">
+        <x:v>1688</x:v>
+      </x:c>
+      <x:c r="G570" s="0" t="s">
+        <x:v>1689</x:v>
+      </x:c>
+      <x:c r="H570" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="I570" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="J570" s="0" t="s">
+        <x:v>472</x:v>
+      </x:c>
+      <x:c r="K570" s="0" t="s">
+        <x:v>1690</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="571" spans="1:11">
+      <x:c r="A571" s="0">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="B571" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="C571" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="D571" s="0" t="s">
+        <x:v>1691</x:v>
+      </x:c>
+      <x:c r="E571" s="0" t="s">
+        <x:v>1692</x:v>
+      </x:c>
+      <x:c r="F571" s="0" t="s">
+        <x:v>1693</x:v>
+      </x:c>
+      <x:c r="G571" s="0" t="s">
+        <x:v>1694</x:v>
+      </x:c>
+      <x:c r="H571" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="I571" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="J571" s="0" t="s">
+        <x:v>472</x:v>
+      </x:c>
+      <x:c r="K571" s="0" t="s">
+        <x:v>1695</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="572" spans="1:11">
+      <x:c r="A572" s="0">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="B572" s="0" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="C572" s="0" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="D572" s="0" t="s">
+        <x:v>1696</x:v>
+      </x:c>
+      <x:c r="E572" s="0" t="s">
+        <x:v>1697</x:v>
+      </x:c>
+      <x:c r="G572" s="0" t="s">
+        <x:v>1698</x:v>
+      </x:c>
+      <x:c r="H572" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="I572" s="0" t="s">
+        <x:v>499</x:v>
+      </x:c>
+      <x:c r="J572" s="0" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="K572" s="0" t="s">
+        <x:v>1699</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="573" spans="1:11">
+      <x:c r="A573" s="0">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B573" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="C573" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="C557" s="0" t="s">
+      <x:c r="D573" s="0" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="E573" s="0" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="G573" s="0" t="s">
+        <x:v>1700</x:v>
+      </x:c>
+      <x:c r="I573" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="J573" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K573" s="0" t="s">
+        <x:v>1701</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="574" spans="1:11">
+      <x:c r="A574" s="0">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="B574" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="C574" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="D574" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="E574" s="0" t="s">
+        <x:v>669</x:v>
+      </x:c>
+      <x:c r="G574" s="0" t="s">
+        <x:v>1702</x:v>
+      </x:c>
+      <x:c r="H574" s="0" t="s">
+        <x:v>671</x:v>
+      </x:c>
+      <x:c r="I574" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="J574" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K574" s="0" t="s">
+        <x:v>1703</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="575" spans="1:11">
+      <x:c r="A575" s="0">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="B575" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="C575" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="D575" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="E575" s="0" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="G575" s="0" t="s">
+        <x:v>1704</x:v>
+      </x:c>
+      <x:c r="H575" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="I575" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="J575" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K575" s="0" t="s">
+        <x:v>1705</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="576" spans="1:11">
+      <x:c r="A576" s="0">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="B576" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="C576" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="D576" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="E576" s="0" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="G576" s="0" t="s">
+        <x:v>1706</x:v>
+      </x:c>
+      <x:c r="H576" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="I576" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="J576" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K576" s="0" t="s">
+        <x:v>1707</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="577" spans="1:11">
+      <x:c r="A577" s="0">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="B577" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="C577" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="D577" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="E577" s="0" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="G577" s="0" t="s">
+        <x:v>1708</x:v>
+      </x:c>
+      <x:c r="H577" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="I577" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="J577" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K577" s="0" t="s">
+        <x:v>1709</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="578" spans="1:11">
+      <x:c r="A578" s="0">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B578" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="C578" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="D578" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="E578" s="0" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="G578" s="0" t="s">
+        <x:v>1710</x:v>
+      </x:c>
+      <x:c r="H578" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="I578" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="J578" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K578" s="0" t="s">
+        <x:v>1709</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="579" spans="1:11">
+      <x:c r="A579" s="0">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B579" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="C579" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
-      <x:c r="D557" s="0" t="s">
-[...8 lines deleted...]
-      <x:c r="H557" s="0" t="s">
+      <x:c r="D579" s="0" t="s">
+        <x:v>1711</x:v>
+      </x:c>
+      <x:c r="E579" s="0" t="s">
+        <x:v>1712</x:v>
+      </x:c>
+      <x:c r="F579" s="0" t="s">
+        <x:v>1713</x:v>
+      </x:c>
+      <x:c r="G579" s="0" t="s">
+        <x:v>1714</x:v>
+      </x:c>
+      <x:c r="I579" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
-      <x:c r="I557" s="0" t="s">
-[...6 lines deleted...]
-        <x:v>1383</x:v>
+      <x:c r="J579" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K579" s="0" t="s">
+        <x:v>1715</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="580" spans="1:11">
+      <x:c r="A580" s="0">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="B580" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="C580" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="D580" s="0" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="E580" s="0" t="s">
+        <x:v>1495</x:v>
+      </x:c>
+      <x:c r="G580" s="0" t="s">
+        <x:v>1716</x:v>
+      </x:c>
+      <x:c r="I580" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="J580" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K580" s="0" t="s">
+        <x:v>1717</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="581" spans="1:11">
+      <x:c r="A581" s="0">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="B581" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="C581" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="D581" s="0" t="s">
+        <x:v>1718</x:v>
+      </x:c>
+      <x:c r="E581" s="0" t="s">
+        <x:v>1719</x:v>
+      </x:c>
+      <x:c r="G581" s="0" t="s">
+        <x:v>1720</x:v>
+      </x:c>
+      <x:c r="H581" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="I581" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="J581" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K581" s="0" t="s">
+        <x:v>1721</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="582" spans="1:11">
+      <x:c r="A582" s="0">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="B582" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="C582" s="0" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="D582" s="0" t="s">
+        <x:v>1722</x:v>
+      </x:c>
+      <x:c r="E582" s="0" t="s">
+        <x:v>416</x:v>
+      </x:c>
+      <x:c r="G582" s="0" t="s">
+        <x:v>1723</x:v>
+      </x:c>
+      <x:c r="H582" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="I582" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="J582" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K582" s="0" t="s">
+        <x:v>1724</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="583" spans="1:11">
+      <x:c r="A583" s="0">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="B583" s="0" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="C583" s="0" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D583" s="0" t="s">
+        <x:v>1725</x:v>
+      </x:c>
+      <x:c r="E583" s="0" t="s">
+        <x:v>1726</x:v>
+      </x:c>
+      <x:c r="F583" s="0" t="s">
+        <x:v>1727</x:v>
+      </x:c>
+      <x:c r="G583" s="0" t="s">
+        <x:v>1728</x:v>
+      </x:c>
+      <x:c r="H583" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="I583" s="0" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="J583" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K583" s="0" t="s">
+        <x:v>1729</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="584" spans="1:11">
+      <x:c r="A584" s="0">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="B584" s="0" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="C584" s="0" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D584" s="0" t="s">
+        <x:v>1350</x:v>
+      </x:c>
+      <x:c r="E584" s="0" t="s">
+        <x:v>1730</x:v>
+      </x:c>
+      <x:c r="G584" s="0" t="s">
+        <x:v>1731</x:v>
+      </x:c>
+      <x:c r="H584" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="I584" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="J584" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="K584" s="0" t="s">
+        <x:v>1458</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>Sheet 1</vt:lpstr>
       <vt:lpstr>Sheet 1!Print_Area</vt:lpstr>
       <vt:lpstr>Sheet 1!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>